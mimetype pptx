--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -1,90 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...1 lines deleted...]
-  </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="257" r:id="rId3"/>
-[...5 lines deleted...]
-    <p:sldId id="268" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="268" r:id="rId5"/>
+    <p:sldId id="267" r:id="rId6"/>
+    <p:sldId id="266" r:id="rId7"/>
+    <p:sldId id="270" r:id="rId8"/>
+    <p:sldId id="269" r:id="rId9"/>
     <p:sldId id="261" r:id="rId10"/>
     <p:sldId id="263" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6797675" cy="9926638"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -200,524 +194,83 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="31824"/>
-    <p:restoredTop sz="94635"/>
+    <p:restoredLeft sz="15627"/>
+    <p:restoredTop sz="94624"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="142" d="100"/>
           <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="312" y="222"/>
+        <p:origin x="714" y="120"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
-[...440 lines deleted...]
-</p:notes>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3761,248 +3314,255 @@
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Группа 3"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="395536" y="289560"/>
-[...2 lines deleted...]
-            <a:chExt cx="10170625" cy="6255753"/>
+            <a:off x="827585" y="267494"/>
+            <a:ext cx="8294215" cy="4433719"/>
+            <a:chOff x="1698431" y="399440"/>
+            <a:chExt cx="9844536" cy="6287042"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="TextBox 4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2382169" y="430729"/>
-              <a:ext cx="8888613" cy="785573"/>
+              <a:off x="2467636" y="399440"/>
+              <a:ext cx="9075331" cy="785573"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ҒЫЛЫМ ЖӘНЕ ЖОҒАРЫ БІЛІМ МИНИСТРЛІГІ</a:t>
+                <a:t>МИНИСТЕРСТВО НАУКИ И ВЫСШЕГО ОБРАЗОВАНИЯ РЕСПУБЛИКИ КАЗАХСТАН</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ҰЛТТЫҚ ТЕСТІЛЕУ ОРТАЛЫҒЫ</a:t>
+                <a:t>НАЦИОНАЛЬНЫЙ ЦЕНТР ТЕСТИРОВАНИЯ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="TextBox 5"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1185625" y="3054243"/>
-              <a:ext cx="10170625" cy="1440217"/>
+              <a:off x="1698431" y="3054243"/>
+              <a:ext cx="9145016" cy="1440217"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>9 </a:t>
+                <a:t>ДОСТАВКА ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ ИТОГОВОЙ АТТЕСТАЦИИ ОБУЧАЮЩИХСЯ 9</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>(10) </a:t>
+                <a:t>(10) И </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ЖӘНЕ 11(12) - СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ </a:t>
-[...12 lines deleted...]
-                <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЖЕТКІЗУ</a:t>
+                <a:t>11(12) КЛАССОВ</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="TextBox 6"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2634534" y="6250052"/>
               <a:ext cx="7272808" cy="436430"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Астана қ. 2025</a:t>
+                <a:t>г. </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Астана</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>, 2025</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4098" name="AutoShape 2" descr="http://testcenter.kz/local/templates/testcenter.kz/images/logo.svg"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-136525"/>
             <a:ext cx="298450" cy="298450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
@@ -4143,71 +3703,71 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="38" name="Группа 37"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2671834" y="792218"/>
-[...2 lines deleted...]
-            <a:chExt cx="3765942" cy="3743763"/>
+            <a:off x="2650239" y="891593"/>
+            <a:ext cx="3765942" cy="3743764"/>
+            <a:chOff x="2648480" y="964798"/>
+            <a:chExt cx="3765942" cy="3743764"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Block Arc 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{318C2E1B-EC3B-4D1F-AD14-B959940C5018}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2658006" y="970409"/>
+              <a:off x="2660273" y="964798"/>
               <a:ext cx="3619171" cy="3619170"/>
             </a:xfrm>
             <a:prstGeom prst="blockArc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 11665054"/>
                 <a:gd name="adj2" fmla="val 16188267"/>
                 <a:gd name="adj3" fmla="val 29857"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:ln w="76200">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
@@ -4438,51 +3998,51 @@
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Teardrop 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E216DA0-B739-4BB5-AC55-76518F73D15E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="8100000">
-            <a:off x="3925318" y="2014576"/>
+            <a:off x="3916931" y="2165770"/>
             <a:ext cx="1195410" cy="1195410"/>
           </a:xfrm>
           <a:prstGeom prst="teardrop">
             <a:avLst>
               <a:gd name="adj" fmla="val 182889"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -4503,241 +4063,542 @@
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93983EA5-752F-476E-B71A-1620C5A16D65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6179938" y="1309123"/>
-            <a:ext cx="3168352" cy="1015663"/>
+            <a:off x="6142269" y="1246545"/>
+            <a:ext cx="3111500" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="-19" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ФАЙЛДАР АШЫЛҒАН СОҢ </a:t>
+              <a:t>ПОСЛЕ </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="26" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫ БАСЫП ШЫҒАРЫЛАДЫ ЖӘНЕ ЕМТИХАНДАРДЫ ӨТКІЗУ ҮШІН БЕРІЛЕДІ</a:t>
+              <a:t>РАЗАРХИВИРОВАНИЯ  </a:t>
             </a:r>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" spc="45" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ФАЙЛОВ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="34" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭКЗАМЕНАЦИОННЫЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-4" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>МАТЕРИАЛЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="30" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>РАСПЕЧАТЫВАЮТСЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>И </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-8" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПЕРЕДАЮТСЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-53" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОВЕДЕНИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="30" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭКЗАМЕНОВ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{465A1A29-52BE-4AC9-AF81-521240F87180}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6401343" y="3170551"/>
+            <a:off x="6481969" y="3015053"/>
             <a:ext cx="2771800" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" spc="8" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БАСЫП ШЫҒАРЫЛҒАН МАТЕРИАЛДАР ҮШІН БІЛІМ БӨЛІМДЕРІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫ ЖАУАП БЕРЕДІ</a:t>
+              <a:t>ОТВЕТСТВЕННОСТЬ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-49" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЗА </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="8" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>РАСПЕЧАТАННЫЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-4" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>МАТЕРИАЛЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="8" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>НЕСУТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-26" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОТДЕЛЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>И </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="49" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="15" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАНИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7324D5F1-228C-4872-A00C-F3DBBF0C0D9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="13855" y="1343838"/>
-            <a:ext cx="2915816" cy="1015663"/>
+            <a:off x="11628" y="1269929"/>
+            <a:ext cx="2934893" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="-83" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚР ОАМ-МЕН БЕЛГІЛЕНГЕН УАҚЫТТА БІЛІМ БЕРУ ҰЙЫМДАРЫ ФАЙЛДАРДЫ МҰРАҒАТТАН ШЫҒАРУ ҮШІН ҰТО-ДАН ҚҰПИЯ СӨЗ САҒАТ 07:00-ДЕ АЛАДЫ</a:t>
+              <a:t>В </a:t>
             </a:r>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" spc="45" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="-83" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="8" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>УСТАНОВЛЕННЫЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="23" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>МП </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="30" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>РК </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="49" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>СРОКИ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="30" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="49" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАНИЯ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="15" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПОЛУЧАЮТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПАРОЛЬ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="15" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-8" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="26" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>НЦТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-53" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="26" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>РАЗАРХИВИРОВАНИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-30" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ФАЙЛОВ В 7:00 Ч. В ДЕНЬ ПРОВЕДЕНИЯ ЭКЗАМЕНА </a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D508484C-5B6D-4ACE-B90F-625F32E35582}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="183216" y="3107087"/>
+            <a:off x="-9277" y="3067476"/>
             <a:ext cx="2520280" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="-26" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БІЛІМ БӨЛІМІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫ МҰРАҒАТТАЛҒАН ФАЙЛДЫ ЖҮКТЕП АЛУ ҮШІН СІЛТЕМЕНІ 27.05.2025 ж.алады</a:t>
+              <a:t>ОТДЕЛЫ </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1200" spc="45" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-26" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАНИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="15" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПОЛУЧАЮТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ССЫЛКУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-53" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>СКАЧИВАНИЯ АРХИВИРОВАННОГО </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" spc="-41" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ФАЙЛА 27 МАЯ 2025 ГОДА</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rounded Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24BEE717-A09F-4978-9ECA-470B331686BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5112486" y="1398255"/>
+            <a:off x="5116387" y="1490840"/>
             <a:ext cx="493148" cy="501378"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3186824" h="3060919">
                 <a:moveTo>
                   <a:pt x="1045874" y="2696689"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="2125874" y="2696689"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="2125874" y="2804689"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1045874" y="2804689"/>
                 </a:lnTo>
                 <a:close/>
                 <a:moveTo>
                   <a:pt x="1045874" y="2410468"/>
@@ -5119,51 +4980,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Rectangle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41454D26-A65D-42D2-89C1-34372A47F8E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4136389" y="2277766"/>
+            <a:off x="4133863" y="2419404"/>
             <a:ext cx="792088" cy="648072"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 833935 w 3239999"/>
               <a:gd name="connsiteY0" fmla="*/ 22 h 3032924"/>
               <a:gd name="connsiteX1" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY1" fmla="*/ 402054 h 3032924"/>
               <a:gd name="connsiteX2" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY2" fmla="*/ 430441 h 3032924"/>
               <a:gd name="connsiteX3" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY3" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX4" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY4" fmla="*/ 2765302 h 3032924"/>
               <a:gd name="connsiteX5" fmla="*/ 378630 w 3239999"/>
               <a:gd name="connsiteY5" fmla="*/ 2472117 h 3032924"/>
               <a:gd name="connsiteX6" fmla="*/ 384918 w 3239999"/>
               <a:gd name="connsiteY6" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX7" fmla="*/ 239143 w 3239999"/>
               <a:gd name="connsiteY7" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX8" fmla="*/ 239143 w 3239999"/>
               <a:gd name="connsiteY8" fmla="*/ 2776423 h 3032924"/>
               <a:gd name="connsiteX9" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY9" fmla="*/ 2776423 h 3032924"/>
@@ -6940,51 +6801,51 @@
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{319E467E-1F19-4CBB-A070-3B6CE4078D17}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3393385" y="1324908"/>
+            <a:off x="3290547" y="1486062"/>
             <a:ext cx="576064" cy="648072"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3220460" h="3186731">
                 <a:moveTo>
                   <a:pt x="1762834" y="1282034"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="273698" y="2771171"/>
                 </a:lnTo>
                 <a:cubicBezTo>
                   <a:pt x="253145" y="2791724"/>
                   <a:pt x="253145" y="2825048"/>
                   <a:pt x="273698" y="2845601"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
                   <a:pt x="294251" y="2866154"/>
                   <a:pt x="327575" y="2866154"/>
                   <a:pt x="348128" y="2845601"/>
@@ -7211,75 +7072,75 @@
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19460" name="Picture 4" descr="Folder Zip Icon - Unified Icons - SoftIcons.com"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2959989" y="2881500"/>
+            <a:off x="2946522" y="3001218"/>
             <a:ext cx="576064" cy="576064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Frame 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1278BF84-DDF3-43F8-88E4-A0F28E4079EF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5528813" y="2972523"/>
-            <a:ext cx="508153" cy="508153"/>
+            <a:off x="5573851" y="3067476"/>
+            <a:ext cx="493148" cy="465661"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3240000" h="3240000">
                 <a:moveTo>
                   <a:pt x="415456" y="380544"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="415456" y="385333"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="385333" y="385333"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="385333" y="2854667"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1529120" y="2854667"/>
                 </a:lnTo>
                 <a:cubicBezTo>
@@ -7369,51 +7230,51 @@
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1190041" y="2582755"/>
+            <a:off x="1017055" y="2591992"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7439,51 +7300,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1205614" y="843261"/>
+            <a:off x="1093235" y="794445"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7509,51 +7370,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7480333" y="813988"/>
+            <a:off x="7708189" y="764081"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7579,51 +7440,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7491958" y="2654034"/>
+            <a:off x="7470447" y="2525734"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7643,162 +7504,205 @@
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>04</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="TextBox 49"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="108520" y="131253"/>
-            <a:ext cx="9144000" cy="346249"/>
+            <a:off x="11629" y="4286"/>
+            <a:ext cx="9144000" cy="623248"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЭЛЕКТРОНДЫ ФОРМАТТА ЖІБЕРУ</a:t>
+              <a:t>ПЕРЕДАЧА </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЭЛЕКТРОННОМ ФОРМАТЕ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="TextBox 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF75D9B9-0A92-469E-BD54-0C8A639ACF87}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9354D0D-DADE-49C6-899D-C3D775E30C46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-31342" y="4449611"/>
-            <a:ext cx="9175342" cy="577081"/>
+            <a:off x="122259" y="4469895"/>
+            <a:ext cx="9049140" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="ctr" fontAlgn="base">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚЫЗМЕТТІК АҚПАРАТТАРДЫ ЖЕКЕ МАҚСАТТАРДА ПАЙДАЛАНУҒА ЖОЛ БЕРІЛМЕЙДІ. </a:t>
+              <a:t>НЕ ДОПУСКАЕТСЯ ИСПОЛЬЗОВАНИЕ СЛУЖЕБНОЙ ИНФОРМАЦИИ В КОРЫСТНЫХ И ИНЫХ ЛИЧНЫХ ЦЕЛЯХ. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="ctr" fontAlgn="base">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЖІБЕРІЛГЕН АРХИВТІК ФАЙЛ АШЫЛМАҒАН ЖАҒДАЙДА ҰТО-НЫҢ БАЙЛАНЫС ТЕЛЕФОН НОМІРЛЕРІНЕ ХАБАРЛАСА АЛАСЫЗ:  </a:t>
+              <a:t>В СЛУЧАЕ, ЕСЛИ АРХИВИРОВАННЫЙ ФАЙЛ НЕ СМОГЛИ ОТКРЫТЬ, НУЖНО ОБРАТИТЬСЯ ПО ТЕЛЕФОНАМ:         +7 (7172)79-98-89 (</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr algn="ctr" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1200" spc="38" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>+7 (7172)79-98-89 (</a:t>
+              <a:t>внт. 197, 194, 121, 169</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1050" spc="38" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ішкі нөмірлер 197, 194, 121, 169</a:t>
-[...6 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>) В НЦТ. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -7836,186 +7740,178 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>9(10) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 9 (10) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1" y="699542"/>
+            <a:off x="0" y="666078"/>
             <a:ext cx="9144000" cy="561692"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІМДЕРІ</a:t>
+              <a:t>СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АТТЕСТАЦИИ </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>202</a:t>
+              <a:t>C </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>5</a:t>
+              <a:t>29 МАЯ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ЖЫЛҒЫ </a:t>
-[...20 lines deleted...]
-              <a:t>1</a:t>
+              <a:t> ПО 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> МАУСЫМ АРАЛЫҒЫ</a:t>
+              <a:t> ИЮНЯ 2025 ГОДА</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="70" name="Группа 69"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="886046" y="1954367"/>
-[...2 lines deleted...]
-            <a:chExt cx="6552000" cy="576000"/>
+            <a:off x="795129" y="1250092"/>
+            <a:ext cx="7685877" cy="1259398"/>
+            <a:chOff x="887500" y="1289705"/>
+            <a:chExt cx="7284900" cy="1236169"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Donut 61">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3734CE86-0D8A-428B-9293-B459E6FD979B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="899592" y="1851670"/>
+              <a:off x="887500" y="1949874"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
@@ -8037,149 +7933,199 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="9" name="Straight Connector 59">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20426694-F6CE-4A81-BC71-1AA689B9786B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
               <a:stCxn id="8" idx="6"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1475592" y="2139670"/>
-              <a:ext cx="5976000" cy="32"/>
+              <a:off x="1463500" y="2237874"/>
+              <a:ext cx="5855080" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
-        <p:sp>
-[...1 lines deleted...]
-            <p:cNvPr id="13" name="TextBox 12">
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="10" name="그룹 5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E636FA-15A7-4026-96F7-617317F80522}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5075B16A-8A48-4597-BCAC-57A1E037B183}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr txBox="1"/>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
-          </p:nvSpPr>
-          <p:spPr>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
             <a:xfrm>
-              <a:off x="4456807" y="1889366"/>
-              <a:ext cx="2994785" cy="307777"/>
+              <a:off x="3491880" y="1289705"/>
+              <a:ext cx="4680520" cy="330323"/>
+              <a:chOff x="10311099" y="2432703"/>
+              <a:chExt cx="3895030" cy="330323"/>
             </a:xfrm>
-            <a:prstGeom prst="rect">
-[...12 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="12" name="TextBox 11">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{909FECC7-0930-4DB7-BE5E-E4F37171ED71}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="10311099" y="2509110"/>
+                <a:ext cx="3895030" cy="253916"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" rtlCol="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="r"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:rPr>
-[...3 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="13" name="TextBox 12">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E636FA-15A7-4026-96F7-617317F80522}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="11269409" y="2432703"/>
+                <a:ext cx="2589185" cy="307777"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" rtlCol="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="r"/>
+                <a:r>
+                  <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
+                    <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                    <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  </a:rPr>
+                  <a:t>29мая</a:t>
+                </a:r>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:rPr>
-[...14 lines deleted...]
-        </p:sp>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rectangle 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB9BEC4-D1B5-4B64-982C-2F77E9E3766D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1043608" y="1995686"/>
+              <a:off x="1060718" y="2071154"/>
               <a:ext cx="288032" cy="291685"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3240000" h="3230531">
                   <a:moveTo>
                     <a:pt x="720000" y="2697973"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="680235" y="2697973"/>
                     <a:pt x="648000" y="2730208"/>
                     <a:pt x="648000" y="2769973"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="648000" y="2809738"/>
                     <a:pt x="680235" y="2841973"/>
                     <a:pt x="720000" y="2841973"/>
                   </a:cubicBezTo>
                   <a:lnTo>
                     <a:pt x="2520000" y="2841973"/>
@@ -8754,52 +8700,52 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1100" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="76" name="Группа 75"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="898970" y="3727010"/>
-            <a:ext cx="7272808" cy="576000"/>
+            <a:off x="802794" y="3731940"/>
+            <a:ext cx="7238346" cy="576000"/>
             <a:chOff x="899592" y="4131826"/>
             <a:chExt cx="7272808" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="4131826"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
@@ -8848,56 +8794,57 @@
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="49" name="Группа 48"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1475656" y="4146053"/>
               <a:ext cx="6696744" cy="307777"/>
               <a:chOff x="1475592" y="4146053"/>
               <a:chExt cx="6696744" cy="307777"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="21" name="Straight Connector 54">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2D2EF5-2977-4CE7-B366-AEE416AFFDD7}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks/>
+                <a:stCxn id="37" idx="6"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="1475592" y="4446539"/>
+                <a:off x="1475592" y="4419826"/>
                 <a:ext cx="6696000" cy="178"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:tailEnd type="oval"/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:lnRef>
               <a:fillRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="tx1"/>
               </a:fontRef>
@@ -8911,88 +8858,68 @@
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88BACC61-B7AA-4239-9907-D91F9C42B406}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4454216" y="4146053"/>
                 <a:ext cx="3718120" cy="307777"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="r"/>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
-[...8 lines deleted...]
-                <a:r>
                   <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t>0</a:t>
+                  <a:t>10</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="x-none" sz="1400" b="1">
+                  <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t> </a:t>
-[...9 lines deleted...]
-                  <a:t>маусым</a:t>
+                  <a:t> июня</a:t>
                 </a:r>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="75000"/>
                       <a:lumOff val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Rectangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444E6227-4972-4DE6-BEB0-C3FC42991182}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
@@ -10794,54 +10721,54 @@
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="52" name="Группа 51"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="898970" y="2975842"/>
-[...2 lines deleted...]
-            <a:chExt cx="6552728" cy="576064"/>
+            <a:off x="802794" y="2840991"/>
+            <a:ext cx="6923692" cy="576000"/>
+            <a:chOff x="899592" y="3363838"/>
+            <a:chExt cx="6552728" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="3363838"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -10922,85 +10849,78 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="TextBox 34">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4313514" y="3363774"/>
+              <a:off x="4313514" y="3384656"/>
               <a:ext cx="3138806" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>5</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...6 lines deleted...]
-                <a:t>маусым</a:t>
+                <a:t> июня</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Oval 44">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94195A6D-E3B2-4E10-BD54-AC5E4FED7A15}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeAspect="1"/>
@@ -11154,98 +11074,105 @@
             <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="93" name="Группа 92"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="1350920"/>
-[...2 lines deleted...]
-            <a:chExt cx="7334331" cy="595777"/>
+            <a:off x="802794" y="1252388"/>
+            <a:ext cx="7237606" cy="992198"/>
+            <a:chOff x="899592" y="1308128"/>
+            <a:chExt cx="7272064" cy="946565"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="TextBox 19">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D51668-9F79-420B-8048-B425EDD788E2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3452123" y="1288351"/>
-              <a:ext cx="4781800" cy="307777"/>
+              <a:off x="3060918" y="1960174"/>
+              <a:ext cx="4676593" cy="294519"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>29 </a:t>
+                <a:t>2</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>мамыр</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>июня</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="73" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
@@ -13147,286 +13074,220 @@
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Прямоугольник 1"/>
-[...38 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2326287" y="1626207"/>
-            <a:ext cx="5907636" cy="249877"/>
+            <a:off x="1890263" y="1566974"/>
+            <a:ext cx="5418041" cy="403765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>математика (алгебра) </a:t>
+              <a:t>письменный экзамен (контрольная работа) по математике (алгебре)</a:t>
             </a:r>
-            <a:r>
-[...68 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475762" y="3263874"/>
-            <a:ext cx="5976664" cy="557653"/>
+            <a:off x="1622348" y="3151537"/>
+            <a:ext cx="6269910" cy="711541"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1352158" y="4042486"/>
+            <a:ext cx="6890861" cy="865430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>письменный экзамен (работа с текстом, выполнение заданий по тексту) по казахскому языку и литературе в классах с русским/ узбекским/ уйгурским/ таджикским языком обучения и письменный экзамен (работа с текстом, выполнение заданий по тексту) по русскому языку и литературе в классах с казахским языком обучения</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Прямоугольник 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1431860" y="2217748"/>
+            <a:ext cx="6089318" cy="711541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика)</a:t>
+              <a:t>письменный экзамен по казахскому языку/русскому языку и родному языку для школ с уйгурским/таджикским/узбекским языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе)</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...53 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1606226100"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13459,186 +13320,178 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11 (12) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="699542"/>
             <a:ext cx="9144000" cy="561692"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІМДЕРІ</a:t>
+              <a:t>СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АТТЕСТАЦИИ </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>202</a:t>
+              <a:t>C </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>5</a:t>
+              <a:t>30 МАЯ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ЖЫЛҒЫ </a:t>
-[...20 lines deleted...]
-              <a:t>1</a:t>
+              <a:t> ПО 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> МАУСЫМ АРАЛЫҒЫ</a:t>
+              <a:t> ИЮНЯ 2025 ГОДА</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="70" name="Группа 69"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="1945182"/>
-[...2 lines deleted...]
-            <a:chExt cx="6571571" cy="576000"/>
+            <a:off x="899592" y="1801200"/>
+            <a:ext cx="6567846" cy="582965"/>
+            <a:chOff x="899592" y="1775109"/>
+            <a:chExt cx="6567846" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Donut 61">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3734CE86-0D8A-428B-9293-B459E6FD979B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="899592" y="1851670"/>
+              <a:off x="899592" y="1775109"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
@@ -13660,113 +13513,113 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="9" name="Straight Connector 59">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20426694-F6CE-4A81-BC71-1AA689B9786B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
               <a:stCxn id="8" idx="6"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1475592" y="2139670"/>
+              <a:off x="1475592" y="2063109"/>
               <a:ext cx="5976000" cy="32"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="TextBox 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E636FA-15A7-4026-96F7-617317F80522}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4476378" y="1854856"/>
+              <a:off x="4472653" y="1795809"/>
               <a:ext cx="2994785" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>4 маусым</a:t>
+                <a:t>4 июня</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rectangle 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB9BEC4-D1B5-4B64-982C-2F77E9E3766D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1043608" y="1995686"/>
               <a:ext cx="288032" cy="291685"/>
             </a:xfrm>
@@ -14328,90 +14181,90 @@
             </a:lstStyle>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="TextBox 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFE7DD31-327A-4374-8C06-6C9D3D3D0266}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1918988" y="4337302"/>
+            <a:off x="1907704" y="4406263"/>
             <a:ext cx="3707098" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1100" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="76" name="Группа 75"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="4059187"/>
-            <a:ext cx="7317196" cy="576000"/>
+            <a:off x="899592" y="4181643"/>
+            <a:ext cx="7272808" cy="576000"/>
             <a:chOff x="899592" y="4131826"/>
-            <a:chExt cx="7317196" cy="576000"/>
+            <a:chExt cx="7272808" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="4131826"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -14441,155 +14294,149 @@
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="49" name="Группа 48"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="1475656" y="4193890"/>
-[...2 lines deleted...]
-              <a:chExt cx="6741132" cy="307777"/>
+              <a:off x="1475656" y="4144119"/>
+              <a:ext cx="6696744" cy="307777"/>
+              <a:chOff x="1475592" y="4144119"/>
+              <a:chExt cx="6696744" cy="307777"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="21" name="Straight Connector 54">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2D2EF5-2977-4CE7-B366-AEE416AFFDD7}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks/>
+                <a:stCxn id="37" idx="6"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="1475592" y="4446539"/>
+                <a:off x="1475592" y="4419826"/>
                 <a:ext cx="6696000" cy="178"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:tailEnd type="oval"/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:lnRef>
               <a:fillRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="tx1"/>
               </a:fontRef>
             </p:style>
           </p:cxnSp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="42" name="TextBox 41">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88BACC61-B7AA-4239-9907-D91F9C42B406}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="4498604" y="4193890"/>
+                <a:off x="4454216" y="4144119"/>
                 <a:ext cx="3718120" cy="307777"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="r"/>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                  <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>16</a:t>
                 </a:r>
                 <a:r>
                   <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t> </a:t>
-[...6 lines deleted...]
-                  <a:t>маусым</a:t>
+                  <a:t> июня</a:t>
                 </a:r>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="75000"/>
                       <a:lumOff val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Rectangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444E6227-4972-4DE6-BEB0-C3FC42991182}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
@@ -16391,54 +16238,54 @@
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="52" name="Группа 51"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="3363902"/>
-            <a:ext cx="6560028" cy="576000"/>
+            <a:off x="899592" y="3302942"/>
+            <a:ext cx="6552728" cy="576000"/>
             <a:chOff x="899592" y="3363838"/>
-            <a:chExt cx="6560028" cy="576000"/>
+            <a:chExt cx="6552728" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="3363838"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -16519,85 +16366,78 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="TextBox 34">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4320814" y="3394821"/>
+              <a:off x="4313514" y="3384656"/>
               <a:ext cx="3138806" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>12</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...6 lines deleted...]
-                <a:t>маусым</a:t>
+                <a:t> июня</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Oval 44">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94195A6D-E3B2-4E10-BD54-AC5E4FED7A15}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeAspect="1"/>
@@ -16751,54 +16591,54 @@
             <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="67" name="Группа 66"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="921921" y="2556316"/>
-            <a:ext cx="5862643" cy="576000"/>
+            <a:off x="885681" y="2422182"/>
+            <a:ext cx="6264696" cy="576000"/>
             <a:chOff x="899592" y="2571750"/>
-            <a:chExt cx="5832000" cy="576000"/>
+            <a:chExt cx="5879312" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="2571750"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -16879,85 +16719,78 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="TextBox 27">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3520768" y="2593472"/>
+              <a:off x="3568080" y="2593472"/>
               <a:ext cx="3210824" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>9</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...6 lines deleted...]
-                <a:t>маусым</a:t>
+                <a:t> июня</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="59" name="Group 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20C2B74B-BECB-4535-B502-06DC80D74B06}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
@@ -17655,105 +17488,168 @@
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="93" name="Группа 92"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="1338175"/>
-[...2 lines deleted...]
-            <a:chExt cx="7272805" cy="608522"/>
+            <a:off x="903813" y="1188952"/>
+            <a:ext cx="7546070" cy="4800036"/>
+            <a:chOff x="899592" y="1283123"/>
+            <a:chExt cx="7546070" cy="4800036"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:sp>
-[...1 lines deleted...]
-            <p:cNvPr id="20" name="TextBox 19">
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="17" name="그룹 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D51668-9F79-420B-8048-B425EDD788E2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{783E384A-1F56-4C47-88EE-8DAE280C29A2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr txBox="1"/>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
-          </p:nvSpPr>
-          <p:spPr>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
             <a:xfrm>
-              <a:off x="3390597" y="1275606"/>
-              <a:ext cx="4781800" cy="307777"/>
+              <a:off x="1748919" y="1283123"/>
+              <a:ext cx="6696743" cy="4800036"/>
+              <a:chOff x="8423913" y="1873435"/>
+              <a:chExt cx="4794879" cy="4800036"/>
             </a:xfrm>
-            <a:prstGeom prst="rect">
-[...12 lines deleted...]
-                <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="19" name="TextBox 18">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65526170-35D0-484C-B780-84ABB98E8330}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="8423913" y="6411861"/>
+                <a:ext cx="4794879" cy="261610"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" rtlCol="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="r"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:rPr>
-[...14 lines deleted...]
-        </p:sp>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="20" name="TextBox 19">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D51668-9F79-420B-8048-B425EDD788E2}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="9595804" y="1873435"/>
+                <a:ext cx="3423777" cy="307777"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" rtlCol="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="r"/>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                    <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  </a:rPr>
+                  <a:t>30 мая</a:t>
+                </a:r>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="73" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="1308128"/>
               <a:ext cx="576064" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
@@ -19641,377 +19537,325 @@
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1961772" y="2216166"/>
-            <a:ext cx="6045189" cy="249877"/>
+            <a:off x="1506991" y="2013750"/>
+            <a:ext cx="5976294" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>письменный экзамен по алгебре и началам анализа</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1584632" y="2632006"/>
+            <a:ext cx="5524057" cy="738664"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>письменный экзамен по казахскому языку/русскому языку и родному языку для школ/классов с уйгурским/ таджикским/узбекским языком обучения (язык обучения)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1465948" y="3585212"/>
+            <a:ext cx="6058380" cy="711541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>алгебра </a:t>
-[...105 lines deleted...]
-              <a:t>Қазақстан тарихы бойынша ауызша емтихан</a:t>
+              <a:t>письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1578297" y="2761364"/>
-[...50 lines deleted...]
-            <a:ext cx="5976664" cy="561757"/>
+            <a:off x="1548034" y="4457771"/>
+            <a:ext cx="6696374" cy="711541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, дүниежүзілік тарих, құқық негіздері, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика)</a:t>
+              <a:t>письменный экзамен по казахскому языку и литературе в школах/классах с русским/узбекским/уйгурским/таджикским языком обучения и по русскому языку и литературе в школах/классах с казахским языком обучения</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...42 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1548034" y="1461890"/>
+            <a:ext cx="6685904" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>устный экзамен по истории Казахстана</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="TextBox 37">
+          <p:cNvPr id="38" name="Прямоугольник 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3" y="2"/>
+            <a:ext cx="9143998" cy="627532"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="TextBox 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1403647" y="1019166"/>
-            <a:ext cx="6336704" cy="615553"/>
+            <a:ext cx="6336704" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
@@ -20020,486 +19864,181 @@
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>30 мамыр</a:t>
+              <a:t>30</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мая</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қазақстан тарихынан ауызша емтихан </a:t>
+              <a:t>Устный экзамен по предмету «История Казахстана»</a:t>
             </a:r>
-            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="TextBox 38">
+          <p:cNvPr id="40" name="TextBox 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2283482" y="2667094"/>
-            <a:ext cx="4577034" cy="1366528"/>
+            <a:ext cx="4577034" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...15 lines deleted...]
-            </a:r>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Обучающиеся выбирают один из тридцати предложенных билетов. В каждом билете даны три темы, на основании которых обучающиеся должны дать устный ответ.</a:t>
             </a:r>
-            <a:r>
-[...305 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1800" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="TextBox 39">
+          <p:cNvPr id="41" name="TextBox 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3032350" y="4299942"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -20530,537 +20069,455 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максималды балл – 30</a:t>
+              <a:t>Максимальный балл – 30</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="41" name="Прямая со стрелкой 40">
+          <p:cNvPr id="42" name="Прямая со стрелкой 41">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="38" idx="2"/>
-            <a:endCxn id="39" idx="0"/>
+            <a:stCxn id="39" idx="2"/>
+            <a:endCxn id="40" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4571999" y="1634719"/>
-            <a:ext cx="0" cy="1032375"/>
+            <a:off x="4571999" y="1665497"/>
+            <a:ext cx="0" cy="1001597"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="42" name="Прямая со стрелкой 41">
+          <p:cNvPr id="43" name="Прямая со стрелкой 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="39" idx="2"/>
-            <a:endCxn id="40" idx="0"/>
+            <a:stCxn id="40" idx="2"/>
+            <a:endCxn id="41" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4571999" y="4033622"/>
-            <a:ext cx="1" cy="266320"/>
+            <a:off x="4571999" y="3867423"/>
+            <a:ext cx="1" cy="432519"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="43" name="Группа 42">
+          <p:cNvPr id="44" name="Группа 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3017FA2-4CBB-4BDA-A29C-4888EA75E741}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3707904" y="1670220"/>
             <a:ext cx="1778495" cy="914400"/>
             <a:chOff x="3713782" y="1599929"/>
             <a:chExt cx="1778495" cy="914400"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="44" name="TextBox 43">
+            <p:cNvPr id="45" name="TextBox 44">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1025C7D-05D1-4E4C-B5CD-D7662861A69C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4577876" y="1872463"/>
               <a:ext cx="914401" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>3 </a:t>
-[...6 lines deleted...]
-                <a:t>сағат</a:t>
+                <a:t>3 часа</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="45" name="Рисунок 44" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="46" name="Рисунок 45" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59236C50-116F-4C78-92E4-2508A0C59DFB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3713782" y="1599929"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2252500476"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="Прямоугольник 45">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="19" name="Прямоугольник 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="TextBox 18">
+          <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683568" y="794724"/>
-            <a:ext cx="7704856" cy="799899"/>
+            <a:ext cx="7704856" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="450215" algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4 маусым</a:t>
+              <a:t>4 июня</a:t>
             </a:r>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="450215" algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«Алгебра </a:t>
+              <a:t>Письменный экзамен по предмету </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>және</a:t>
+              <a:t>«Алгебра и начала анализа»</a:t>
             </a:r>
-            <a:r>
-[...71 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="2400" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="TextBox 19">
+          <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6073650" y="2288185"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -21091,938 +20548,382 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>В </a:t>
-[...23 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Часть В</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="21" name="Прямая со стрелкой 20">
+          <p:cNvPr id="22" name="Прямая со стрелкой 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="19" idx="2"/>
-            <a:endCxn id="20" idx="0"/>
+            <a:stCxn id="20" idx="2"/>
+            <a:endCxn id="21" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4535996" y="1594623"/>
-            <a:ext cx="2185726" cy="693562"/>
+            <a:off x="4535996" y="1810387"/>
+            <a:ext cx="2185726" cy="477798"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="TextBox 21">
+          <p:cNvPr id="23" name="TextBox 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683567" y="3003798"/>
-            <a:ext cx="3405412" cy="1477328"/>
-[...341 lines deleted...]
-            <a:ext cx="3333404" cy="1477328"/>
+            <a:ext cx="3405412" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қысқа</a:t>
+              <a:t>15 заданий с выбором одного правильного ответа из пяти предложенных. </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Задания оцениваются в 1 балл.</a:t>
             </a:r>
-            <a:r>
-[...10 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="x-none" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5055020" y="3003798"/>
+            <a:ext cx="3333404" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:tint val="66000"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="44500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="23500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:effectLst>
+            <a:glow rad="101600">
+              <a:schemeClr val="accent4">
+                <a:satMod val="175000"/>
+                <a:alpha val="40000"/>
+              </a:schemeClr>
+            </a:glow>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...248 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>10-12 заданий, требующих краткого или развернутого ответов. Задания оцениваются в 2-8 баллов.</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="24" name="Прямая со стрелкой 23">
+          <p:cNvPr id="25" name="Прямая со стрелкой 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="26" idx="2"/>
-            <a:endCxn id="22" idx="0"/>
+            <a:endCxn id="23" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2386273" y="2670522"/>
-            <a:ext cx="0" cy="333276"/>
+            <a:off x="2378436" y="2575121"/>
+            <a:ext cx="7837" cy="428677"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="25" name="Прямая со стрелкой 24">
+          <p:cNvPr id="26" name="Прямая со стрелкой 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="20" idx="2"/>
-            <a:endCxn id="23" idx="0"/>
+            <a:stCxn id="21" idx="2"/>
+            <a:endCxn id="24" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6721722" y="2699067"/>
             <a:ext cx="0" cy="304731"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="TextBox 25">
+          <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1592938" y="2259640"/>
-            <a:ext cx="1586669" cy="410882"/>
+            <a:off x="1738201" y="2283718"/>
+            <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
@@ -22040,88 +20941,64 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>А </a:t>
-[...23 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Часть А</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="TextBox 26">
+          <p:cNvPr id="28" name="TextBox 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3023827" y="4515966"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -22152,1064 +21029,708 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максималды балл – 60</a:t>
+              <a:t>Максимальный балл – 60</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="28" name="Прямая со стрелкой 27">
+          <p:cNvPr id="29" name="Прямая со стрелкой 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="19" idx="2"/>
-[...42 lines deleted...]
-            <a:stCxn id="23" idx="2"/>
+            <a:stCxn id="20" idx="2"/>
             <a:endCxn id="27" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4563477" y="4481126"/>
-            <a:ext cx="2158245" cy="34840"/>
+            <a:off x="2386273" y="1810387"/>
+            <a:ext cx="2149723" cy="473331"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="30" name="Прямая со стрелкой 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="24" idx="2"/>
+            <a:endCxn id="28" idx="0"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="4563477" y="4204127"/>
+            <a:ext cx="2158245" cy="311839"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="31" name="Прямая со стрелкой 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="22" idx="2"/>
-            <a:endCxn id="27" idx="0"/>
+            <a:stCxn id="23" idx="2"/>
+            <a:endCxn id="28" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2386273" y="4481126"/>
-            <a:ext cx="2177204" cy="34840"/>
+            <a:off x="2386273" y="4204127"/>
+            <a:ext cx="2177204" cy="311839"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="TextBox 30">
+          <p:cNvPr id="32" name="TextBox 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F3A56C8-E1C1-4CF8-B0A6-69C69C263A48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6372200" y="4500576"/>
-            <a:ext cx="2465235" cy="461665"/>
+            <a:off x="6444208" y="4515966"/>
+            <a:ext cx="2465235" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="151515"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Калькуляторды</a:t>
+              <a:t>Не разрешается пользоваться калькулятором</a:t>
             </a:r>
-            <a:r>
-[...71 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="700" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Символ &quot;Запрещено&quot; 15">
+          <p:cNvPr id="33" name="Символ &quot;Запрещено&quot; 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18526ADD-1F1A-4C2B-9FCA-8BAE2D1CCE70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6372200" y="4579380"/>
+            <a:off x="6488532" y="4579380"/>
             <a:ext cx="274596" cy="304058"/>
           </a:xfrm>
           <a:prstGeom prst="noSmoking">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="33" name="Рисунок 32" descr="Секундомер со сплошной заливкой">
+          <p:cNvPr id="34" name="Рисунок 33" descr="Секундомер со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA95B39B-786F-40DB-951B-DAA2DA755A47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4081142" y="1848004"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="34" name="Группа 33">
+          <p:cNvPr id="35" name="Группа 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EEF3E85-9B54-4F77-BB50-99578935010D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4080858" y="1852338"/>
             <a:ext cx="1670663" cy="914400"/>
             <a:chOff x="4080858" y="1852338"/>
             <a:chExt cx="1670663" cy="914400"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="35" name="TextBox 34">
+            <p:cNvPr id="36" name="TextBox 35">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75C16224-E767-41C9-914E-3718DB06B635}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4837120" y="2099052"/>
               <a:ext cx="914401" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>5 </a:t>
-[...6 lines deleted...]
-                <a:t>сағат</a:t>
+                <a:t>5 часов</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="36" name="Рисунок 35" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="37" name="Рисунок 36" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39539B-D2A9-4F27-9E4D-C55055719A7C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4080858" y="1852338"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2200789025"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Прямоугольник 36">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="45" name="Прямоугольник 44"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="TextBox 42">
+          <p:cNvPr id="46" name="TextBox 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="755524"/>
-            <a:ext cx="8928991" cy="923330"/>
+            <a:ext cx="8928991" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="450215" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>9 </a:t>
-[...9 lines deleted...]
-              <a:t>маусым</a:t>
+              <a:t>9 июня</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="450215" algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Письменный экзамен по предметам </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Қазақ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>тілі</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>», «</a:t>
+              <a:t>», «Русский язык», «Уйгурский язык», «Узбекский язык», «Таджикский язык»</a:t>
             </a:r>
-            <a:r>
-[...275 lines deleted...]
-            <a:endParaRPr lang="x-none" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="TextBox 43">
+          <p:cNvPr id="48" name="TextBox 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6142740" y="1980553"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -23240,1879 +21761,427 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2-бөлім</a:t>
+              <a:t>Часть 2</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="45" name="Прямая со стрелкой 44">
+          <p:cNvPr id="50" name="Прямая со стрелкой 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="43" idx="2"/>
-            <a:endCxn id="44" idx="0"/>
+            <a:stCxn id="46" idx="2"/>
+            <a:endCxn id="48" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4572000" y="1678854"/>
-            <a:ext cx="2218812" cy="301699"/>
+            <a:off x="4572000" y="1617298"/>
+            <a:ext cx="2218812" cy="363255"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="TextBox 45">
+          <p:cNvPr id="53" name="TextBox 52">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="395537" y="2792454"/>
-            <a:ext cx="3708532" cy="1107996"/>
+            <a:off x="1037769" y="2792454"/>
+            <a:ext cx="2664297" cy="1223412"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:tint val="66000"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="44500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="23500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:effectLst>
+            <a:glow rad="101600">
+              <a:schemeClr val="accent4">
+                <a:satMod val="175000"/>
+                <a:alpha val="40000"/>
+              </a:schemeClr>
+            </a:glow>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="177800" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 текста (общий объём текстов – 600-650 слов)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> На основе текстов обучающиеся отвечают на 15 вопросов, из которых: 10 вопросов с одним правильным ответом и 5 вопросов, требующих краткого и развёрнутого ответов. </a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Общее количество баллов – 20.</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="TextBox 53">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4594572" y="2735967"/>
+            <a:ext cx="4392480" cy="1223412"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Екі</a:t>
+              <a:t>Обучающиеся в классах </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1100" dirty="0">
-[...812 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Жаратылыстану-математикалық</a:t>
+              <a:t>Естественно-математического направления выполняют одну письменную работу – эссе (200-250 слов). Обучающиеся в классах общественно-гуманитарного направления выбирают одно задание из трех предложенных, где необходимо написать письменную работу (статья, эссе, публичное выступление, рецензия и другие) объёмом 200-250 слов. </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+              <a:rPr lang="ru-RU" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Общее количество баллов – 20.</a:t>
             </a:r>
-            <a:r>
-[...755 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="100" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="50" name="Прямая со стрелкой 49">
+          <p:cNvPr id="55" name="Прямая со стрелкой 54">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="54" idx="2"/>
-            <a:endCxn id="46" idx="0"/>
+            <a:stCxn id="57" idx="2"/>
+            <a:endCxn id="53" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2249803" y="2407559"/>
-            <a:ext cx="0" cy="384895"/>
+            <a:off x="2369917" y="2391435"/>
+            <a:ext cx="1" cy="401019"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="53" name="Прямая со стрелкой 52">
+          <p:cNvPr id="56" name="Прямая со стрелкой 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="44" idx="2"/>
-            <a:endCxn id="48" idx="0"/>
+            <a:stCxn id="48" idx="2"/>
+            <a:endCxn id="54" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6790812" y="2391435"/>
             <a:ext cx="0" cy="344532"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="TextBox 53">
+          <p:cNvPr id="57" name="TextBox 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1601731" y="1996677"/>
+            <a:off x="1721845" y="1980553"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -25131,64 +22200,64 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1-бөлім</a:t>
+              <a:t>Часть 1</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="55" name="TextBox 54">
+          <p:cNvPr id="58" name="TextBox 57">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3026508" y="4478445"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -25219,328 +22288,271 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максималды балл – 40</a:t>
+              <a:t>Максимальный балл – 40</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="56" name="Прямая со стрелкой 55">
+          <p:cNvPr id="68" name="Прямая со стрелкой 67">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="43" idx="2"/>
-            <a:endCxn id="54" idx="0"/>
+            <a:stCxn id="46" idx="2"/>
+            <a:endCxn id="57" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2249803" y="1678854"/>
-            <a:ext cx="2322197" cy="317823"/>
+            <a:off x="2369917" y="1617298"/>
+            <a:ext cx="2202083" cy="363255"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="57" name="Прямая со стрелкой 56">
+          <p:cNvPr id="69" name="Прямая со стрелкой 68">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="48" idx="2"/>
-            <a:endCxn id="55" idx="0"/>
+            <a:stCxn id="54" idx="2"/>
+            <a:endCxn id="58" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4566158" y="3767018"/>
-            <a:ext cx="2224654" cy="711427"/>
+            <a:off x="4566158" y="3959379"/>
+            <a:ext cx="2224654" cy="519066"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="58" name="Прямая со стрелкой 57">
+          <p:cNvPr id="71" name="Прямая со стрелкой 70">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="46" idx="2"/>
-            <a:endCxn id="55" idx="0"/>
+            <a:stCxn id="53" idx="2"/>
+            <a:endCxn id="58" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2249803" y="3900450"/>
-            <a:ext cx="2316355" cy="577995"/>
+            <a:off x="2369918" y="4015866"/>
+            <a:ext cx="2196240" cy="462579"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="68" name="TextBox 67">
+          <p:cNvPr id="72" name="TextBox 71">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD851788-E3F4-4B68-9FBC-78955FEC9E38}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6521817" y="4439717"/>
             <a:ext cx="2465235" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="263525" algn="ctr"/>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="151515"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сөздіктерді</a:t>
+              <a:t>Пользоваться словарями </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="151515"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>запрещается.</a:t>
             </a:r>
-            <a:r>
-[...59 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="800" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1100" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="69" name="Символ &quot;Запрещено&quot; 1">
+          <p:cNvPr id="75" name="Символ &quot;Запрещено&quot; 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{081F0AC7-BC4D-4B81-8D11-6B60533B0D6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6653514" y="4501729"/>
             <a:ext cx="274596" cy="304058"/>
           </a:xfrm>
           <a:prstGeom prst="noSmoking">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
@@ -25556,1133 +22568,660 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="71" name="TextBox 70">
+          <p:cNvPr id="77" name="TextBox 76">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA9FB376-5AA8-435D-AE63-81A01C0AC273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4885171" y="1981228"/>
+            <a:off x="4857406" y="1862444"/>
             <a:ext cx="914401" cy="377642"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3 </a:t>
-[...6 lines deleted...]
-              <a:t>сағат</a:t>
+              <a:t>3 часа</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="72" name="Рисунок 71" descr="Секундомер со сплошной заливкой">
+          <p:cNvPr id="78" name="Рисунок 77" descr="Секундомер со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE1BA020-853F-46B0-BA26-5FFCFDD99D19}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4104069" y="1708783"/>
+            <a:off x="4104069" y="1590069"/>
             <a:ext cx="914400" cy="934975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="223393882"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="75" name="Прямоугольник 74">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="27" name="Прямоугольник 26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="TextBox 26">
+          <p:cNvPr id="28" name="TextBox 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="686905" y="1993363"/>
-            <a:ext cx="4464496" cy="1569660"/>
+            <a:off x="686905" y="1870252"/>
+            <a:ext cx="4464496" cy="1600438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>12 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>12 маусым</a:t>
+              <a:t>июня</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="357188" algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Таңдау пәні (Физика, Химия, Биология, География, Геометрия, Дүниежүзі тарихы, Құқық негіздері, Әдебиет, Шет тілі (ағылшын/француз/неміс), Информатика) бойынша жазбаша емтихан </a:t>
+              <a:t>Письменный экзамен по предмету по выбору (Физика, Химия, Биология, География, Геометрия, Всемирная история, Основы права, Литература, Иностранный язык (английский/ французский/ немецкий), Информатика) </a:t>
             </a:r>
-            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="TextBox 27">
+          <p:cNvPr id="29" name="TextBox 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6372201" y="1923678"/>
-            <a:ext cx="1800199" cy="2031325"/>
+            <a:off x="6106141" y="1500921"/>
+            <a:ext cx="2232248" cy="2554545"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Емтихан</a:t>
+              <a:t>Экзаменационная работа состоит из 2-3 частей: задания с выбором од </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>ного</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>жұмысы</a:t>
+              <a:t> правильного ответа из предложенных;  4-5 заданий, требующих краткого или развернутого ответов; мини исследование.</a:t>
             </a:r>
-            <a:r>
-[...460 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
+            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="29" name="Прямая со стрелкой 28">
+          <p:cNvPr id="30" name="Прямая со стрелкой 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
+            <a:stCxn id="28" idx="3"/>
+            <a:endCxn id="29" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5139208" y="2732879"/>
-            <a:ext cx="1232992" cy="0"/>
+            <a:off x="5151401" y="2670471"/>
+            <a:ext cx="954740" cy="107723"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="TextBox 29">
+          <p:cNvPr id="31" name="TextBox 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5498CBB-D338-453E-85B5-18E290AEE7A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5177667" y="2765478"/>
             <a:ext cx="914401" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3 </a:t>
-[...6 lines deleted...]
-              <a:t>сағат</a:t>
+              <a:t>3 часа</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="31" name="Рисунок 30" descr="Секундомер со сплошной заливкой">
+          <p:cNvPr id="32" name="Рисунок 31" descr="Секундомер со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{613DBB2A-EBA1-4558-B8A9-6306A0599551}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5139208" y="1884711"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1824005720"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Прямоугольник 31">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="TextBox 10">
+          <p:cNvPr id="12" name="TextBox 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="756163"/>
-            <a:ext cx="9143998" cy="864852"/>
+            <a:off x="758964" y="756163"/>
+            <a:ext cx="7621420" cy="1138773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
@@ -26691,105 +23230,145 @@
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>16 маусым</a:t>
+              <a:t>16</a:t>
             </a:r>
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>июня</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr">
-[...6 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Орыс/өзбек/ұйғыр/тәжік тілдерінде оқытатын мектептерде/сыныптарда қазақ тілі және әдебиетінен және қазақ тілінде оқытатын мектептерде/сыныптарда орыс тілі және әдебиетінен жазбаша емтихан</a:t>
+              <a:t>Письменный экзамен по предмету «Казахский язык и литература», «Русский язык и литература»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Задания содержат четыре коротких текста, общий объём которых не превышает 400 слов.</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="TextBox 11">
+          <p:cNvPr id="13" name="TextBox 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6448836" y="2042751"/>
+            <a:off x="5725805" y="2375669"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -26808,1251 +23387,409 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2 </a:t>
-[...11 lines deleted...]
-              <a:t>бөлім</a:t>
+              <a:t>Часть 2</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="13" name="Прямая со стрелкой 12">
+          <p:cNvPr id="14" name="Прямая со стрелкой 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="11" idx="2"/>
-            <a:endCxn id="12" idx="0"/>
+            <a:stCxn id="12" idx="2"/>
+            <a:endCxn id="13" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4571999" y="1621015"/>
-            <a:ext cx="2524909" cy="421736"/>
+            <a:off x="4569674" y="1894936"/>
+            <a:ext cx="1804203" cy="480733"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="TextBox 13">
+          <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="26240" y="2710162"/>
-            <a:ext cx="4093639" cy="1569660"/>
+            <a:off x="1259632" y="3101825"/>
+            <a:ext cx="3415003" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
+              <a:t>Обучающиеся определяют связь между идеями, выраженными в отрывках, и 10 утверждениями, а также определяют, к какому тексту относятся данные утверждения (A, B, C и D). </a:t>
             </a:r>
+            <a:endParaRPr lang="x-none" sz="1200" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...559 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>Количество баллов – 10 баллов.</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="TextBox 14">
+          <p:cNvPr id="16" name="TextBox 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5076056" y="2708590"/>
-            <a:ext cx="4041704" cy="830997"/>
+            <a:off x="5212478" y="3100748"/>
+            <a:ext cx="2322798" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
+              <a:t>Обучающиеся дают письменный ответ (150-200 слов) на вопрос на основе текстов, в котором они выражают своё мнение.</a:t>
             </a:r>
+            <a:endParaRPr lang="x-none" sz="1200" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...307 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>Количество баллов – 30 баллов. </a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="16" name="Прямая со стрелкой 15">
+          <p:cNvPr id="17" name="Прямая со стрелкой 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="18" idx="2"/>
-            <a:endCxn id="14" idx="0"/>
+            <a:stCxn id="19" idx="2"/>
+            <a:endCxn id="15" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2073059" y="2445322"/>
-            <a:ext cx="1" cy="264840"/>
+            <a:off x="2967134" y="2786552"/>
+            <a:ext cx="0" cy="315273"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="17" name="Прямая со стрелкой 16">
+          <p:cNvPr id="18" name="Прямая со стрелкой 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="12" idx="2"/>
-            <a:endCxn id="15" idx="0"/>
+            <a:stCxn id="13" idx="2"/>
+            <a:endCxn id="16" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7096908" y="2453633"/>
-            <a:ext cx="0" cy="254957"/>
+            <a:off x="6373877" y="2786551"/>
+            <a:ext cx="0" cy="314197"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="TextBox 17">
+          <p:cNvPr id="19" name="TextBox 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1424987" y="2034440"/>
+            <a:off x="2319062" y="2375670"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -28071,88 +23808,76 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1 </a:t>
-[...11 lines deleted...]
-              <a:t>бөлім</a:t>
+              <a:t>Часть 1</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="TextBox 18">
+          <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3134985" y="4605281"/>
+            <a:off x="3092128" y="4484534"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -28171,366 +23896,296 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максималды балл– 40</a:t>
+              <a:t>Максимальный балл – 40</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="20" name="Прямая со стрелкой 19">
+          <p:cNvPr id="21" name="Прямая со стрелкой 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="11" idx="2"/>
-[...42 lines deleted...]
-            <a:stCxn id="15" idx="2"/>
+            <a:stCxn id="12" idx="2"/>
             <a:endCxn id="19" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4674635" y="3539587"/>
-            <a:ext cx="2422273" cy="1065694"/>
+            <a:off x="2967134" y="1894936"/>
+            <a:ext cx="1602540" cy="480734"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Прямая со стрелкой 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="16" idx="2"/>
+            <a:endCxn id="20" idx="0"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="4631778" y="4116411"/>
+            <a:ext cx="1742099" cy="368123"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="23" name="Прямая со стрелкой 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="14" idx="2"/>
-            <a:endCxn id="19" idx="0"/>
+            <a:stCxn id="15" idx="2"/>
+            <a:endCxn id="20" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2073060" y="4279822"/>
-            <a:ext cx="2601575" cy="325459"/>
+            <a:off x="2967134" y="4117488"/>
+            <a:ext cx="1664644" cy="367046"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="23" name="Группа 22">
+          <p:cNvPr id="24" name="Группа 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF7CB83-F802-4901-BD7C-EC3C99D3FAA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4119879" y="1876736"/>
-            <a:ext cx="956177" cy="1129386"/>
+            <a:ext cx="914400" cy="1129386"/>
             <a:chOff x="4080858" y="1852338"/>
-            <a:chExt cx="956177" cy="1129386"/>
+            <a:chExt cx="914400" cy="1129386"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="24" name="TextBox 23">
+            <p:cNvPr id="25" name="TextBox 24">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E13987D-3A90-47D2-8F4F-CA7F079A0DE6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4155806" y="2612392"/>
-              <a:ext cx="881229" cy="369332"/>
+              <a:off x="4178333" y="2612392"/>
+              <a:ext cx="792746" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>3 </a:t>
-[...6 lines deleted...]
-                <a:t>сағат</a:t>
+                <a:t>3 часа</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="25" name="Рисунок 24" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="26" name="Рисунок 25" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BEE0952-C24E-4A62-9A85-60EE56150F6A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4080858" y="1852338"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
-      <p:sp>
-[...61 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2124201890"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2438672911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -28673,173 +24328,271 @@
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="TextBox 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17848961-64E5-4350-8A7A-81EFB7D070C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851920" y="1635646"/>
-            <a:ext cx="4464496" cy="738664"/>
+            <a:ext cx="4104456" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1400" spc="56" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
+              <a:t>НАЦИОНАЛЬНЫЙ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" spc="19" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БҰЛТТЫҚ </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="56">
+              <a:rPr lang="ru-RU" sz="1400" spc="49" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>САҚТАУ»-ҒА ЖҮКТЕЙДІ</a:t>
+              <a:t>ЦЕНТР</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" spc="56" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕСТИРОВАНИЯ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-34" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ВЫГРУЖАЕТ ЭКЗАМЕНАЦИОННЫЕ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="11" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>МАТЕРИАЛЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="-79" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="26" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="19" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОБЛАКО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFD7E776-6FF1-490E-8BA8-02F3FA4724B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5148064" y="3346415"/>
             <a:ext cx="3995936" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="16669" marR="10953"/>
+            <a:pPr marL="16669" marR="10953" algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="60" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БІЛІМ БАСҚАРМАСЫНЫҢ ЖАУАПТЫ ТҰЛҒАСЫ </a:t>
+              <a:t>ОТВЕТСТВЕННОЕ ЛИЦО  УПРАВЛЕНИЯ ОБРАЗОВАНИЯ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" spc="56" dirty="0">
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
+              <a:t>,</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БҰЛТТЫҚ САҚТАУ</a:t>
+              <a:t> ПОЛУЧИВ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="56">
-[...6 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" spc="60">
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" spc="60" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СІЛТЕМЕСІН БІЛІМ БӨЛІМІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫНА ЖІБЕРЕДІ</a:t>
+              <a:t>ССЫЛКУ ОБЛАКА,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>РАССЫЛАЕТ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЕЕ В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОТДЕЛЫ И ОРГАНИЗАЦИИ ОБРАЗОВАНИЯ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" spc="60" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Oval 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BC03FB-7842-4D4B-8F60-AD67E6802EFA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="611560" y="2931790"/>
             <a:ext cx="2736304" cy="1872208"/>
           </a:xfrm>
@@ -28874,73 +24627,73 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="TextBox 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FFDFC3A-FE80-40C6-92E4-23B32F45C6D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755576" y="3435846"/>
-            <a:ext cx="2448272" cy="830997"/>
+            <a:ext cx="2592288" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЖІБЕРУ</a:t>
+              <a:t>ОТПРАВКА ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Прямоугольник 69"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -28952,125 +24705,155 @@
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...28 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="TextBox 70"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1" y="699542"/>
-            <a:ext cx="9144000" cy="315471"/>
+            <a:off x="-3" y="4286"/>
+            <a:ext cx="9144000" cy="623248"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="685800">
+            <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx2"/>
+                  <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЭЛЕКТРОНДЫ ФОРМАТТА ЖІБЕРУ</a:t>
+              <a:t>ПЕРЕДАЧА </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЭЛЕКТРОННОМ ФОРМАТЕ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="97" name="Группа 96"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2483768" y="1131590"/>
             <a:ext cx="2789049" cy="3096344"/>
             <a:chOff x="2699792" y="1131590"/>
             <a:chExt cx="2789049" cy="3096344"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="5" name="Group 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EEC74D-AFED-4B4B-B22D-87C132F66466}"/>
                 </a:ext>
               </a:extLst>
@@ -29340,194 +25123,151 @@
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="TextBox 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FFDFC3A-FE80-40C6-92E4-23B32F45C6D6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2744848" y="1552411"/>
-[...72 lines deleted...]
-              <a:ext cx="1143546" cy="830997"/>
+              <a:off x="2798234" y="1503498"/>
+              <a:ext cx="1080120" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ББ-</a:t>
+                <a:t>С НЦТ                    </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:rPr lang="kk-KZ" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>нан</a:t>
+                <a:t>в</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> ББ/ББҰ-на </a:t>
+                <a:t> УО до </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>27.05.2025 г.</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="TextBox 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10C89658-710F-4531-9F5D-5946312B65CF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4148534" y="3267430"/>
+              <a:ext cx="1116595" cy="461665"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>27.05.2025 ж. </a:t>
+                <a:t>С УО в ОО до </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                  </a:solidFill>
+                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>дейін</a:t>
+                <a:t>27.05.2025 г.</a:t>
               </a:r>
-              <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
-[...5 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Oval 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BC03FB-7842-4D4B-8F60-AD67E6802EFA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3590762" y="1131590"/>
               <a:ext cx="522312" cy="522312"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
@@ -31345,354 +27085,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>950</Words>
+  <Words>957</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (16:9)</PresentationFormat>
   <Paragraphs>94</Paragraphs>
   <Slides>10</Slides>
-  <Notes>1</Notes>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>