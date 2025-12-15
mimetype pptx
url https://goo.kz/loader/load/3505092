--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,84 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId12"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="265" r:id="rId3"/>
-[...5 lines deleted...]
-    <p:sldId id="269" r:id="rId9"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="264" r:id="rId4"/>
+    <p:sldId id="267" r:id="rId5"/>
+    <p:sldId id="266" r:id="rId6"/>
+    <p:sldId id="265" r:id="rId7"/>
+    <p:sldId id="269" r:id="rId8"/>
+    <p:sldId id="268" r:id="rId9"/>
     <p:sldId id="261" r:id="rId10"/>
     <p:sldId id="263" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6797675" cy="9926638"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -194,83 +200,524 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15627"/>
-    <p:restoredTop sz="94624"/>
+    <p:restoredLeft sz="31824"/>
+    <p:restoredTop sz="94635"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="142" d="100"/>
           <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="714" y="120"/>
+        <p:origin x="312" y="222"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2945659" cy="498056"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3850443" y="0"/>
+            <a:ext cx="2945659" cy="498056"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{4E97AD41-49CD-4DF6-ACB1-619096D2CF72}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>22.05.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Образ слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="422275" y="1241425"/>
+            <a:ext cx="5953125" cy="3349625"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заметки 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="679768" y="4777194"/>
+            <a:ext cx="5438140" cy="3908614"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="9428584"/>
+            <a:ext cx="2945659" cy="498055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3850443" y="9428584"/>
+            <a:ext cx="2945659" cy="498055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9610E5B2-C48A-4348-A7C7-022C8A66B2B8}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="279368672"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9610E5B2-C48A-4348-A7C7-022C8A66B2B8}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2604857617"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3314,255 +3761,248 @@
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Группа 3"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="827585" y="267494"/>
-[...2 lines deleted...]
-            <a:chExt cx="9844536" cy="6287042"/>
+            <a:off x="395536" y="289560"/>
+            <a:ext cx="8568952" cy="4411653"/>
+            <a:chOff x="1185625" y="430729"/>
+            <a:chExt cx="10170625" cy="6255753"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="TextBox 4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2467636" y="399440"/>
-              <a:ext cx="9075331" cy="785573"/>
+              <a:off x="2382169" y="430729"/>
+              <a:ext cx="8888613" cy="785573"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>МИНИСТЕРСТВО НАУКИ И ВЫСШЕГО ОБРАЗОВАНИЯ РЕСПУБЛИКИ КАЗАХСТАН</a:t>
+                <a:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ҒЫЛЫМ ЖӘНЕ ЖОҒАРЫ БІЛІМ МИНИСТРЛІГІ</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>НАЦИОНАЛЬНЫЙ ЦЕНТР ТЕСТИРОВАНИЯ</a:t>
+                <a:t>ҰЛТТЫҚ ТЕСТІЛЕУ ОРТАЛЫҒЫ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="TextBox 5"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1698431" y="3054243"/>
-              <a:ext cx="9145016" cy="1440217"/>
+              <a:off x="1185625" y="3054243"/>
+              <a:ext cx="10170625" cy="1440217"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ДОСТАВКА ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ ИТОГОВОЙ АТТЕСТАЦИИ ОБУЧАЮЩИХСЯ 9</a:t>
+                <a:t>9 </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>(10) И </a:t>
+                <a:t>(10) </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>11(12) КЛАССОВ</a:t>
+                <a:t>ЖӘНЕ 11(12) - СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЖЕТКІЗУ</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="TextBox 6"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2634534" y="6250052"/>
               <a:ext cx="7272808" cy="436430"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>г. </a:t>
-[...19 lines deleted...]
-                <a:t>, 2025</a:t>
+                <a:t>Астана қ. 2025</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4098" name="AutoShape 2" descr="http://testcenter.kz/local/templates/testcenter.kz/images/logo.svg"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-136525"/>
             <a:ext cx="298450" cy="298450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
@@ -3703,71 +4143,71 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="38" name="Группа 37"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2650239" y="891593"/>
-[...2 lines deleted...]
-            <a:chExt cx="3765942" cy="3743764"/>
+            <a:off x="2671834" y="792218"/>
+            <a:ext cx="3765942" cy="3743763"/>
+            <a:chOff x="2648480" y="964799"/>
+            <a:chExt cx="3765942" cy="3743763"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Block Arc 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{318C2E1B-EC3B-4D1F-AD14-B959940C5018}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2660273" y="964798"/>
+              <a:off x="2658006" y="970409"/>
               <a:ext cx="3619171" cy="3619170"/>
             </a:xfrm>
             <a:prstGeom prst="blockArc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 11665054"/>
                 <a:gd name="adj2" fmla="val 16188267"/>
                 <a:gd name="adj3" fmla="val 29857"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:ln w="76200">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
@@ -3998,51 +4438,51 @@
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Teardrop 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E216DA0-B739-4BB5-AC55-76518F73D15E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="8100000">
-            <a:off x="3916931" y="2165770"/>
+            <a:off x="3925318" y="2014576"/>
             <a:ext cx="1195410" cy="1195410"/>
           </a:xfrm>
           <a:prstGeom prst="teardrop">
             <a:avLst>
               <a:gd name="adj" fmla="val 182889"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -4063,542 +4503,241 @@
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93983EA5-752F-476E-B71A-1620C5A16D65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6142269" y="1246545"/>
-            <a:ext cx="3111500" cy="830997"/>
+            <a:off x="6179938" y="1309123"/>
+            <a:ext cx="3168352" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" spc="-19" dirty="0">
-[...75 lines deleted...]
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ФАЙЛДАР АШЫЛҒАН СОҢ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫ БАСЫП ШЫҒАРЫЛАДЫ ЖӘНЕ ЕМТИХАНДАРДЫ ӨТКІЗУ ҮШІН БЕРІЛЕДІ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" spc="45" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{465A1A29-52BE-4AC9-AF81-521240F87180}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6481969" y="3015053"/>
+            <a:off x="6401343" y="3170551"/>
             <a:ext cx="2771800" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" spc="8" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ОТВЕТСТВЕННОСТЬ </a:t>
-[...55 lines deleted...]
-              <a:t>ОБРАЗОВАНИЯ</a:t>
+              <a:t>БАСЫП ШЫҒАРЫЛҒАН МАТЕРИАЛДАР ҮШІН БІЛІМ БӨЛІМДЕРІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫ ЖАУАП БЕРЕДІ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7324D5F1-228C-4872-A00C-F3DBBF0C0D9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11628" y="1269929"/>
-            <a:ext cx="2934893" cy="1015663"/>
+            <a:off x="13855" y="1343838"/>
+            <a:ext cx="2915816" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" spc="-83" dirty="0">
-[...124 lines deleted...]
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҚР ОАМ-МЕН БЕЛГІЛЕНГЕН УАҚЫТТА БІЛІМ БЕРУ ҰЙЫМДАРЫ ФАЙЛДАРДЫ МҰРАҒАТТАН ШЫҒАРУ ҮШІН ҰТО-ДАН ҚҰПИЯ СӨЗ САҒАТ 07:00-ДЕ АЛАДЫ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1200" spc="45" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D508484C-5B6D-4ACE-B90F-625F32E35582}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-9277" y="3067476"/>
+            <a:off x="183216" y="3107087"/>
             <a:ext cx="2520280" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" spc="-26" dirty="0">
-[...74 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="1200" spc="45" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БІЛІМ БӨЛІМІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫ МҰРАҒАТТАЛҒАН ФАЙЛДЫ ЖҮКТЕП АЛУ ҮШІН СІЛТЕМЕНІ 27.05.2025 ж.алады</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" spc="45" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rounded Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24BEE717-A09F-4978-9ECA-470B331686BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5116387" y="1490840"/>
+            <a:off x="5112486" y="1398255"/>
             <a:ext cx="493148" cy="501378"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3186824" h="3060919">
                 <a:moveTo>
                   <a:pt x="1045874" y="2696689"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="2125874" y="2696689"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="2125874" y="2804689"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1045874" y="2804689"/>
                 </a:lnTo>
                 <a:close/>
                 <a:moveTo>
                   <a:pt x="1045874" y="2410468"/>
@@ -4980,51 +5119,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Rectangle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41454D26-A65D-42D2-89C1-34372A47F8E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4133863" y="2419404"/>
+            <a:off x="4136389" y="2277766"/>
             <a:ext cx="792088" cy="648072"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 833935 w 3239999"/>
               <a:gd name="connsiteY0" fmla="*/ 22 h 3032924"/>
               <a:gd name="connsiteX1" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY1" fmla="*/ 402054 h 3032924"/>
               <a:gd name="connsiteX2" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY2" fmla="*/ 430441 h 3032924"/>
               <a:gd name="connsiteX3" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY3" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX4" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY4" fmla="*/ 2765302 h 3032924"/>
               <a:gd name="connsiteX5" fmla="*/ 378630 w 3239999"/>
               <a:gd name="connsiteY5" fmla="*/ 2472117 h 3032924"/>
               <a:gd name="connsiteX6" fmla="*/ 384918 w 3239999"/>
               <a:gd name="connsiteY6" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX7" fmla="*/ 239143 w 3239999"/>
               <a:gd name="connsiteY7" fmla="*/ 526981 h 3032924"/>
               <a:gd name="connsiteX8" fmla="*/ 239143 w 3239999"/>
               <a:gd name="connsiteY8" fmla="*/ 2776423 h 3032924"/>
               <a:gd name="connsiteX9" fmla="*/ 1576606 w 3239999"/>
               <a:gd name="connsiteY9" fmla="*/ 2776423 h 3032924"/>
@@ -6801,51 +6940,51 @@
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{319E467E-1F19-4CBB-A070-3B6CE4078D17}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3290547" y="1486062"/>
+            <a:off x="3393385" y="1324908"/>
             <a:ext cx="576064" cy="648072"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3220460" h="3186731">
                 <a:moveTo>
                   <a:pt x="1762834" y="1282034"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="273698" y="2771171"/>
                 </a:lnTo>
                 <a:cubicBezTo>
                   <a:pt x="253145" y="2791724"/>
                   <a:pt x="253145" y="2825048"/>
                   <a:pt x="273698" y="2845601"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
                   <a:pt x="294251" y="2866154"/>
                   <a:pt x="327575" y="2866154"/>
                   <a:pt x="348128" y="2845601"/>
@@ -7072,75 +7211,75 @@
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19460" name="Picture 4" descr="Folder Zip Icon - Unified Icons - SoftIcons.com"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2946522" y="3001218"/>
+            <a:off x="2959989" y="2881500"/>
             <a:ext cx="576064" cy="576064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Frame 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1278BF84-DDF3-43F8-88E4-A0F28E4079EF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5573851" y="3067476"/>
-            <a:ext cx="493148" cy="465661"/>
+            <a:off x="5528813" y="2972523"/>
+            <a:ext cx="508153" cy="508153"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3240000" h="3240000">
                 <a:moveTo>
                   <a:pt x="415456" y="380544"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="415456" y="385333"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="385333" y="385333"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="385333" y="2854667"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1529120" y="2854667"/>
                 </a:lnTo>
                 <a:cubicBezTo>
@@ -7230,51 +7369,51 @@
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1017055" y="2591992"/>
+            <a:off x="1190041" y="2582755"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7300,51 +7439,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1093235" y="794445"/>
+            <a:off x="1205614" y="843261"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7370,51 +7509,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7708189" y="764081"/>
+            <a:off x="7480333" y="813988"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7440,51 +7579,51 @@
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Oval 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BC24C4-33F9-47A1-886C-1C148A6D06DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7470447" y="2525734"/>
+            <a:off x="7491958" y="2654034"/>
             <a:ext cx="475484" cy="475484"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -7504,205 +7643,162 @@
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>04</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="TextBox 49"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11629" y="4286"/>
-            <a:ext cx="9144000" cy="623248"/>
+            <a:off x="108520" y="131253"/>
+            <a:ext cx="9144000" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПЕРЕДАЧА </a:t>
-[...60 lines deleted...]
-            </a:r>
+              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЭЛЕКТРОНДЫ ФОРМАТТА ЖІБЕРУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="TextBox 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9354D0D-DADE-49C6-899D-C3D775E30C46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF75D9B9-0A92-469E-BD54-0C8A639ACF87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="122259" y="4469895"/>
-            <a:ext cx="9049140" cy="646331"/>
+            <a:off x="-31342" y="4449611"/>
+            <a:ext cx="9175342" cy="577081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="ctr" fontAlgn="base">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
-[...3 lines deleted...]
-              <a:t>НЕ ДОПУСКАЕТСЯ ИСПОЛЬЗОВАНИЕ СЛУЖЕБНОЙ ИНФОРМАЦИИ В КОРЫСТНЫХ И ИНЫХ ЛИЧНЫХ ЦЕЛЯХ. </a:t>
+              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҚЫЗМЕТТІК АҚПАРАТТАРДЫ ЖЕКЕ МАҚСАТТАРДА ПАЙДАЛАНУҒА ЖОЛ БЕРІЛМЕЙДІ. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="ctr" fontAlgn="base">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" spc="38" dirty="0">
-[...17 lines deleted...]
-              <a:t>) В НЦТ. </a:t>
+              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖІБЕРІЛГЕН АРХИВТІК ФАЙЛ АШЫЛМАҒАН ЖАҒДАЙДА ҰТО-НЫҢ БАЙЛАНЫС ТЕЛЕФОН НОМІРЛЕРІНЕ ХАБАРЛАСА АЛАСЫЗ:  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>+7 (7172)79-98-89 (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1050" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ішкі нөмірлер 197, 194, 121, 169</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" spc="38" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -7740,178 +7836,186 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 9 (10) КЛАССОВ</a:t>
+              <a:t>9(10) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="666078"/>
+            <a:off x="1" y="699542"/>
             <a:ext cx="9144000" cy="561692"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ</a:t>
-[...20 lines deleted...]
-            </a:r>
+              <a:t>ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІМДЕРІ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>C </a:t>
+              <a:t>202</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>29 МАЯ</a:t>
+              <a:t>5</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ПО 1</a:t>
+              <a:t> ЖЫЛҒЫ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>29</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> МАМЫР – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ИЮНЯ 2025 ГОДА</a:t>
+              <a:t> МАУСЫМ АРАЛЫҒЫ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="70" name="Группа 69"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="795129" y="1250092"/>
-[...2 lines deleted...]
-            <a:chExt cx="7284900" cy="1236169"/>
+            <a:off x="886046" y="1954367"/>
+            <a:ext cx="6552728" cy="576000"/>
+            <a:chOff x="899592" y="1851670"/>
+            <a:chExt cx="6552000" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Donut 61">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3734CE86-0D8A-428B-9293-B459E6FD979B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="887500" y="1949874"/>
+              <a:off x="899592" y="1851670"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
@@ -7933,199 +8037,149 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="9" name="Straight Connector 59">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20426694-F6CE-4A81-BC71-1AA689B9786B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
               <a:stCxn id="8" idx="6"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1463500" y="2237874"/>
-              <a:ext cx="5855080" cy="0"/>
+              <a:off x="1475592" y="2139670"/>
+              <a:ext cx="5976000" cy="32"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
-        <p:grpSp>
-[...1 lines deleted...]
-            <p:cNvPr id="10" name="그룹 5">
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="TextBox 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5075B16A-8A48-4597-BCAC-57A1E037B183}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E636FA-15A7-4026-96F7-617317F80522}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvGrpSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
-          </p:nvGrpSpPr>
-          <p:grpSpPr>
+          </p:nvSpPr>
+          <p:spPr>
             <a:xfrm>
-              <a:off x="3491880" y="1289705"/>
-[...2 lines deleted...]
-              <a:chExt cx="3895030" cy="330323"/>
+              <a:off x="4456807" y="1889366"/>
+              <a:ext cx="2994785" cy="307777"/>
             </a:xfrm>
-          </p:grpSpPr>
-[...35 lines deleted...]
-                  </a:solidFill>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="r"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:endParaRPr>
-[...39 lines deleted...]
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" b="1" dirty="0">
+                </a:rPr>
+                <a:t>2 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:endParaRPr>
-[...3 lines deleted...]
-        </p:grpSp>
+                </a:rPr>
+                <a:t>маусым</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rectangle 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB9BEC4-D1B5-4B64-982C-2F77E9E3766D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1060718" y="2071154"/>
+              <a:off x="1043608" y="1995686"/>
               <a:ext cx="288032" cy="291685"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3240000" h="3230531">
                   <a:moveTo>
                     <a:pt x="720000" y="2697973"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="680235" y="2697973"/>
                     <a:pt x="648000" y="2730208"/>
                     <a:pt x="648000" y="2769973"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="648000" y="2809738"/>
                     <a:pt x="680235" y="2841973"/>
                     <a:pt x="720000" y="2841973"/>
                   </a:cubicBezTo>
                   <a:lnTo>
                     <a:pt x="2520000" y="2841973"/>
@@ -8700,52 +8754,52 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1100" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="76" name="Группа 75"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="802794" y="3731940"/>
-            <a:ext cx="7238346" cy="576000"/>
+            <a:off x="898970" y="3727010"/>
+            <a:ext cx="7272808" cy="576000"/>
             <a:chOff x="899592" y="4131826"/>
             <a:chExt cx="7272808" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="4131826"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
@@ -8794,57 +8848,56 @@
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="49" name="Группа 48"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1475656" y="4146053"/>
               <a:ext cx="6696744" cy="307777"/>
               <a:chOff x="1475592" y="4146053"/>
               <a:chExt cx="6696744" cy="307777"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="21" name="Straight Connector 54">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2D2EF5-2977-4CE7-B366-AEE416AFFDD7}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks/>
-                <a:stCxn id="37" idx="6"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="1475592" y="4419826"/>
+                <a:off x="1475592" y="4446539"/>
                 <a:ext cx="6696000" cy="178"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:tailEnd type="oval"/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:lnRef>
               <a:fillRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="tx1"/>
               </a:fontRef>
@@ -8858,68 +8911,88 @@
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88BACC61-B7AA-4239-9907-D91F9C42B406}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4454216" y="4146053"/>
                 <a:ext cx="3718120" cy="307777"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="r"/>
                 <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="191919"/>
+                    </a:solidFill>
+                    <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                    <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  </a:rPr>
+                  <a:t>1</a:t>
+                </a:r>
+                <a:r>
                   <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t>10</a:t>
+                  <a:t>0</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
+                  <a:rPr lang="x-none" sz="1400" b="1">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t> июня</a:t>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="191919"/>
+                    </a:solidFill>
+                    <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                    <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  </a:rPr>
+                  <a:t>маусым</a:t>
                 </a:r>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="75000"/>
                       <a:lumOff val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Rectangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444E6227-4972-4DE6-BEB0-C3FC42991182}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
@@ -10721,54 +10794,54 @@
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="52" name="Группа 51"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="802794" y="2840991"/>
-[...2 lines deleted...]
-            <a:chExt cx="6552728" cy="576000"/>
+            <a:off x="898970" y="2975842"/>
+            <a:ext cx="6552728" cy="576064"/>
+            <a:chOff x="899592" y="3363774"/>
+            <a:chExt cx="6552728" cy="576064"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="3363838"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -10849,78 +10922,85 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="TextBox 34">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4313514" y="3384656"/>
+              <a:off x="4313514" y="3363774"/>
               <a:ext cx="3138806" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>5</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
+                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> июня</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>маусым</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Oval 44">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94195A6D-E3B2-4E10-BD54-AC5E4FED7A15}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeAspect="1"/>
@@ -11074,105 +11154,98 @@
             <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="93" name="Группа 92"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="802794" y="1252388"/>
-[...2 lines deleted...]
-            <a:chExt cx="7272064" cy="946565"/>
+            <a:off x="899592" y="1350920"/>
+            <a:ext cx="7334331" cy="595777"/>
+            <a:chOff x="899592" y="1288351"/>
+            <a:chExt cx="7334331" cy="595777"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="TextBox 19">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D51668-9F79-420B-8048-B425EDD788E2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3060918" y="1960174"/>
-              <a:ext cx="4676593" cy="294519"/>
+              <a:off x="3452123" y="1288351"/>
+              <a:ext cx="4781800" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>2</a:t>
+                <a:t>29 </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...6 lines deleted...]
-                <a:t>июня</a:t>
+                <a:t>мамыр</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="73" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
@@ -13074,220 +13147,286 @@
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Прямоугольник 2"/>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1890263" y="1566974"/>
-            <a:ext cx="5418041" cy="403765"/>
+            <a:off x="1458983" y="2241900"/>
+            <a:ext cx="5991987" cy="711541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
-[...11 lines deleted...]
-            </a:pPr>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ тілі/орыс тілі және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп білім алушылары үшін - жазбаша жұмыс (мақала, әңгіме, эссе)</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1622348" y="3151537"/>
-[...83 lines deleted...]
-            <a:ext cx="6089318" cy="711541"/>
+            <a:off x="2326287" y="1626207"/>
+            <a:ext cx="5907636" cy="249877"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>письменный экзамен по казахскому языку/русскому языку и родному языку для школ с уйгурским/таджикским/узбекским языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе)</a:t>
-            </a:r>
+              <a:t>математика (алгебра) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазбаша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бақылау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1475762" y="3263874"/>
+            <a:ext cx="5976664" cy="557653"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1518541" y="4059235"/>
+            <a:ext cx="6693261" cy="865430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орыс/өзбек/ұйғыр/тәжік тілінде оқытатын сыныптарда қазақ тілі мен әдебиеті бойынша жазбаша емтихан (мәтінмен жұмыс, мәтін бойынша тапсырмаларды орындау) және қазақ тілінде оқытатын сыныптарда орыс тілі мен әдебиеті бойынша жазбаша емтихан (мәтінмен жұмыс, мәтін бойынша тапсырмаларды орындау)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13320,178 +13459,186 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11 (12) КЛАССОВ</a:t>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="699542"/>
             <a:ext cx="9144000" cy="561692"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ</a:t>
-[...20 lines deleted...]
-            </a:r>
+              <a:t>ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІМДЕРІ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>C </a:t>
+              <a:t>202</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>30 МАЯ</a:t>
+              <a:t>5</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ПО 1</a:t>
+              <a:t> ЖЫЛҒЫ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>30</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> МАМЫР – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t>6</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ИЮНЯ 2025 ГОДА</a:t>
+              <a:t> МАУСЫМ АРАЛЫҒЫ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="70" name="Группа 69"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="1801200"/>
-[...2 lines deleted...]
-            <a:chExt cx="6567846" cy="576000"/>
+            <a:off x="899592" y="1945182"/>
+            <a:ext cx="7077862" cy="576000"/>
+            <a:chOff x="899592" y="1851670"/>
+            <a:chExt cx="6571571" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Donut 61">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3734CE86-0D8A-428B-9293-B459E6FD979B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="899592" y="1775109"/>
+              <a:off x="899592" y="1851670"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
@@ -13513,113 +13660,113 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="9" name="Straight Connector 59">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20426694-F6CE-4A81-BC71-1AA689B9786B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
               <a:stCxn id="8" idx="6"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1475592" y="2063109"/>
+              <a:off x="1475592" y="2139670"/>
               <a:ext cx="5976000" cy="32"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="TextBox 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E636FA-15A7-4026-96F7-617317F80522}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4472653" y="1795809"/>
+              <a:off x="4476378" y="1854856"/>
               <a:ext cx="2994785" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>4 июня</a:t>
+                <a:t>4 маусым</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rectangle 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB9BEC4-D1B5-4B64-982C-2F77E9E3766D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1043608" y="1995686"/>
               <a:ext cx="288032" cy="291685"/>
             </a:xfrm>
@@ -14181,90 +14328,90 @@
             </a:lstStyle>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="TextBox 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFE7DD31-327A-4374-8C06-6C9D3D3D0266}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1907704" y="4406263"/>
+            <a:off x="1918988" y="4337302"/>
             <a:ext cx="3707098" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1100" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="76" name="Группа 75"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="4181643"/>
-            <a:ext cx="7272808" cy="576000"/>
+            <a:off x="899592" y="4059187"/>
+            <a:ext cx="7317196" cy="576000"/>
             <a:chOff x="899592" y="4131826"/>
-            <a:chExt cx="7272808" cy="576000"/>
+            <a:chExt cx="7317196" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="4131826"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -14294,149 +14441,155 @@
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="49" name="Группа 48"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="1475656" y="4144119"/>
-[...2 lines deleted...]
-              <a:chExt cx="6696744" cy="307777"/>
+              <a:off x="1475656" y="4193890"/>
+              <a:ext cx="6741132" cy="307777"/>
+              <a:chOff x="1475592" y="4193890"/>
+              <a:chExt cx="6741132" cy="307777"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="21" name="Straight Connector 54">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2D2EF5-2977-4CE7-B366-AEE416AFFDD7}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks/>
-                <a:stCxn id="37" idx="6"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="1475592" y="4419826"/>
+                <a:off x="1475592" y="4446539"/>
                 <a:ext cx="6696000" cy="178"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:tailEnd type="oval"/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:lnRef>
               <a:fillRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="tx1"/>
               </a:fontRef>
             </p:style>
           </p:cxnSp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="42" name="TextBox 41">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88BACC61-B7AA-4239-9907-D91F9C42B406}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="4454216" y="4144119"/>
+                <a:off x="4498604" y="4193890"/>
                 <a:ext cx="3718120" cy="307777"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="r"/>
                 <a:r>
-                  <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>16</a:t>
                 </a:r>
                 <a:r>
                   <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="191919"/>
                     </a:solidFill>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
-                  <a:t> июня</a:t>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                    <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                    <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  </a:rPr>
+                  <a:t>маусым</a:t>
                 </a:r>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="75000"/>
                       <a:lumOff val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Rectangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444E6227-4972-4DE6-BEB0-C3FC42991182}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
@@ -16238,54 +16391,54 @@
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="52" name="Группа 51"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="899592" y="3302942"/>
-            <a:ext cx="6552728" cy="576000"/>
+            <a:off x="899592" y="3363902"/>
+            <a:ext cx="6560028" cy="576000"/>
             <a:chOff x="899592" y="3363838"/>
-            <a:chExt cx="6552728" cy="576000"/>
+            <a:chExt cx="6560028" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="3363838"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -16366,78 +16519,85 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="TextBox 34">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4313514" y="3384656"/>
+              <a:off x="4320814" y="3394821"/>
               <a:ext cx="3138806" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>12</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
+                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> июня</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>маусым</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Oval 44">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94195A6D-E3B2-4E10-BD54-AC5E4FED7A15}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeAspect="1"/>
@@ -16591,54 +16751,54 @@
             <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="67" name="Группа 66"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="885681" y="2422182"/>
-            <a:ext cx="6264696" cy="576000"/>
+            <a:off x="921921" y="2556316"/>
+            <a:ext cx="5862643" cy="576000"/>
             <a:chOff x="899592" y="2571750"/>
-            <a:chExt cx="5879312" cy="576000"/>
+            <a:chExt cx="5832000" cy="576000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Donut 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20943181-94F7-43B1-B21A-7D081D1151EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="2571750"/>
               <a:ext cx="576000" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
@@ -16719,78 +16879,85 @@
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="TextBox 27">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742439DA-AAFD-4D93-9058-5CA64ADEBD63}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3568080" y="2593472"/>
+              <a:off x="3520768" y="2593472"/>
               <a:ext cx="3210824" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>9</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="x-none" sz="1400" b="1" dirty="0">
+                <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> июня</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>маусым</a:t>
               </a:r>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="59" name="Group 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20C2B74B-BECB-4535-B502-06DC80D74B06}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
@@ -17488,168 +17655,105 @@
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="93" name="Группа 92"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="903813" y="1188952"/>
-[...2 lines deleted...]
-            <a:chExt cx="7546070" cy="4800036"/>
+            <a:off x="899592" y="1338175"/>
+            <a:ext cx="7272805" cy="608522"/>
+            <a:chOff x="899592" y="1275606"/>
+            <a:chExt cx="7272805" cy="608522"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:grpSp>
-[...1 lines deleted...]
-            <p:cNvPr id="17" name="그룹 6">
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="TextBox 19">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{783E384A-1F56-4C47-88EE-8DAE280C29A2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D51668-9F79-420B-8048-B425EDD788E2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvGrpSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
-          </p:nvGrpSpPr>
-          <p:grpSpPr>
+          </p:nvSpPr>
+          <p:spPr>
             <a:xfrm>
-              <a:off x="1748919" y="1283123"/>
-[...2 lines deleted...]
-              <a:chExt cx="4794879" cy="4800036"/>
+              <a:off x="3390597" y="1275606"/>
+              <a:ext cx="4781800" cy="307777"/>
             </a:xfrm>
-          </p:grpSpPr>
-[...35 lines deleted...]
-                  </a:solidFill>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="r"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                </a:endParaRPr>
-[...52 lines deleted...]
-        </p:grpSp>
+                </a:rPr>
+                <a:t>30 мамыр</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="73" name="Donut 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD7B03D-8D69-4DBD-814E-496006D3A3F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="899592" y="1308128"/>
               <a:ext cx="576064" cy="576000"/>
             </a:xfrm>
             <a:prstGeom prst="donut">
               <a:avLst>
                 <a:gd name="adj" fmla="val 8736"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
@@ -19537,325 +19641,377 @@
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:tailEnd type="oval"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Прямоугольник 2"/>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1506991" y="2013750"/>
-[...64 lines deleted...]
-            <a:ext cx="6058380" cy="711541"/>
+            <a:off x="1961772" y="2216166"/>
+            <a:ext cx="6045189" cy="249877"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика)</a:t>
-            </a:r>
+              <a:t>алгебра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> анализ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бастамалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазбаша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1548034" y="4457771"/>
-            <a:ext cx="6696374" cy="711541"/>
+            <a:off x="2339802" y="1617686"/>
+            <a:ext cx="5907636" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан тарихы бойынша ауызша емтихан</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1578297" y="2761364"/>
+            <a:ext cx="5206268" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ тілі/орыс тілі бойынша және ұйғыр/тәжік/өзбек тілінде білім беретін мектептер/сыныптар үшін ана тілі (оқыту тілі) бойынша жазбаша емтихан</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1534716" y="3646450"/>
+            <a:ext cx="5976664" cy="561757"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, дүниежүзілік тарих, құқық негіздері, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1515102" y="4370062"/>
+            <a:ext cx="6693261" cy="711541"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1200"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орыс/өзбек/ұйғыр/тәжік тілдерінде оқытатын мектептерде/сыныптарда қазақ тілі мен әдебиетінен және қазақ тілінде оқытатын мектептерде/сыныптарда орыс тілі мен әдебиетінен жазбаша емтихан</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...30 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="81619313"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Прямоугольник 37"/>
-[...56 lines deleted...]
-          <p:cNvPr id="39" name="TextBox 38">
+          <p:cNvPr id="38" name="TextBox 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1403647" y="1019166"/>
-            <a:ext cx="6336704" cy="646331"/>
+            <a:ext cx="6336704" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
@@ -19864,181 +20020,486 @@
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>30</a:t>
-[...19 lines deleted...]
-              <a:t>мая</a:t>
+              <a:t>30 мамыр</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1800" dirty="0">
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан тарихынан ауызша емтихан </a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="TextBox 39">
+          <p:cNvPr id="39" name="TextBox 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2283482" y="2667094"/>
-            <a:ext cx="4577034" cy="1200329"/>
+            <a:ext cx="4577034" cy="1366528"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Обучающиеся выбирают один из тридцати предложенных билетов. В каждом билете даны три темы, на основании которых обучающиеся должны дать устный ответ.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұсынылған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>отыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>билеттің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Әр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>билетте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тақырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тақырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауызша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беруі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> керек</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="41" name="TextBox 40">
+          <p:cNvPr id="40" name="TextBox 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3032350" y="4299942"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -20069,455 +20530,537 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальный балл – 30</a:t>
+              <a:t>Максималды балл – 30</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="42" name="Прямая со стрелкой 41">
+          <p:cNvPr id="41" name="Прямая со стрелкой 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="39" idx="2"/>
-            <a:endCxn id="40" idx="0"/>
+            <a:stCxn id="38" idx="2"/>
+            <a:endCxn id="39" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4571999" y="1665497"/>
-            <a:ext cx="0" cy="1001597"/>
+            <a:off x="4571999" y="1634719"/>
+            <a:ext cx="0" cy="1032375"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="43" name="Прямая со стрелкой 42">
+          <p:cNvPr id="42" name="Прямая со стрелкой 41">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="40" idx="2"/>
-            <a:endCxn id="41" idx="0"/>
+            <a:stCxn id="39" idx="2"/>
+            <a:endCxn id="40" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4571999" y="3867423"/>
-            <a:ext cx="1" cy="432519"/>
+            <a:off x="4571999" y="4033622"/>
+            <a:ext cx="1" cy="266320"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="44" name="Группа 43">
+          <p:cNvPr id="43" name="Группа 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3017FA2-4CBB-4BDA-A29C-4888EA75E741}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3707904" y="1670220"/>
             <a:ext cx="1778495" cy="914400"/>
             <a:chOff x="3713782" y="1599929"/>
             <a:chExt cx="1778495" cy="914400"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="45" name="TextBox 44">
+            <p:cNvPr id="44" name="TextBox 43">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1025C7D-05D1-4E4C-B5CD-D7662861A69C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4577876" y="1872463"/>
               <a:ext cx="914401" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>3 часа</a:t>
+                <a:t>3 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сағат</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="46" name="Рисунок 45" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="45" name="Рисунок 44" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59236C50-116F-4C78-92E4-2508A0C59DFB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3713782" y="1599929"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Прямоугольник 18"/>
+          <p:cNvPr id="46" name="Прямоугольник 45">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9E61A8B-8F70-40CC-B93C-C766DE08BB98}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3718406283"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="TextBox 19">
+          <p:cNvPr id="19" name="TextBox 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683568" y="794724"/>
-            <a:ext cx="7704856" cy="1015663"/>
+            <a:ext cx="7704856" cy="799899"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4 июня</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
+              <a:t>4 маусым</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Письменный экзамен по предмету </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:t>«Алгебра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«Алгебра и начала анализа»</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> анализ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бастамалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="2400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="TextBox 20">
+          <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6073650" y="2288185"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -20548,382 +21091,938 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть В</a:t>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлімі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="22" name="Прямая со стрелкой 21">
+          <p:cNvPr id="21" name="Прямая со стрелкой 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="20" idx="2"/>
-            <a:endCxn id="21" idx="0"/>
+            <a:stCxn id="19" idx="2"/>
+            <a:endCxn id="20" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4535996" y="1810387"/>
-            <a:ext cx="2185726" cy="477798"/>
+            <a:off x="4535996" y="1594623"/>
+            <a:ext cx="2185726" cy="693562"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="TextBox 22">
+          <p:cNvPr id="22" name="TextBox 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683567" y="3003798"/>
-            <a:ext cx="3405412" cy="1200329"/>
+            <a:ext cx="3405412" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:tint val="66000"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="44500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="23500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:effectLst>
+            <a:glow rad="101600">
+              <a:schemeClr val="accent4">
+                <a:satMod val="175000"/>
+                <a:alpha val="40000"/>
+              </a:schemeClr>
+            </a:glow>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұсынылған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдайтын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 15 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұрады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тапсырмалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балмен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағаланады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="TextBox 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5055020" y="3003798"/>
+            <a:ext cx="3333404" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қысқа</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>15 заданий с выбором одного правильного ответа из пяти предложенных. </a:t>
-[...3 lines deleted...]
-            <a:pPr algn="just"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Задания оцениваются в 1 балл.</a:t>
-[...69 lines deleted...]
-            <a:pPr algn="just"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жан-жақты</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>10-12 заданий, требующих краткого или развернутого ответов. Задания оцениваются в 2-8 баллов.</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>толық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 10-12 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұрады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тапсырмалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 2-8 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллмен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағаланады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="25" name="Прямая со стрелкой 24">
+          <p:cNvPr id="24" name="Прямая со стрелкой 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:endCxn id="23" idx="0"/>
+            <a:stCxn id="26" idx="2"/>
+            <a:endCxn id="22" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2378436" y="2575121"/>
-            <a:ext cx="7837" cy="428677"/>
+            <a:off x="2386273" y="2670522"/>
+            <a:ext cx="0" cy="333276"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="26" name="Прямая со стрелкой 25">
+          <p:cNvPr id="25" name="Прямая со стрелкой 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="21" idx="2"/>
-            <a:endCxn id="24" idx="0"/>
+            <a:stCxn id="20" idx="2"/>
+            <a:endCxn id="23" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6721722" y="2699067"/>
             <a:ext cx="0" cy="304731"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="TextBox 26">
+          <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1738201" y="2283718"/>
-            <a:ext cx="1296144" cy="410882"/>
+            <a:off x="1592938" y="2259640"/>
+            <a:ext cx="1586669" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
@@ -20941,64 +22040,88 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть А</a:t>
+              <a:t>А </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлімі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="TextBox 27">
+          <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3023827" y="4515966"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -21029,708 +22152,1064 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальный балл – 60</a:t>
+              <a:t>Максималды балл – 60</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="29" name="Прямая со стрелкой 28">
+          <p:cNvPr id="28" name="Прямая со стрелкой 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="20" idx="2"/>
+            <a:stCxn id="19" idx="2"/>
+            <a:endCxn id="26" idx="0"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2386273" y="1594623"/>
+            <a:ext cx="2149723" cy="665017"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Прямая со стрелкой 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="23" idx="2"/>
             <a:endCxn id="27" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2386273" y="1810387"/>
-            <a:ext cx="2149723" cy="473331"/>
+            <a:off x="4563477" y="4481126"/>
+            <a:ext cx="2158245" cy="34840"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="30" name="Прямая со стрелкой 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
-[...41 lines deleted...]
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="23" idx="2"/>
-            <a:endCxn id="28" idx="0"/>
+            <a:stCxn id="22" idx="2"/>
+            <a:endCxn id="27" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2386273" y="4204127"/>
-            <a:ext cx="2177204" cy="311839"/>
+            <a:off x="2386273" y="4481126"/>
+            <a:ext cx="2177204" cy="34840"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="TextBox 31">
+          <p:cNvPr id="31" name="TextBox 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F3A56C8-E1C1-4CF8-B0A6-69C69C263A48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6444208" y="4515966"/>
-            <a:ext cx="2465235" cy="430887"/>
+            <a:off x="6372200" y="4500576"/>
+            <a:ext cx="2465235" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1100" dirty="0">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg1"/>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Не разрешается пользоваться калькулятором</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1000" dirty="0">
+              <a:t>Калькуляторды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пайдалануға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рұқсат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>етілмейді</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Символ &quot;Запрещено&quot; 15">
+          <p:cNvPr id="32" name="Символ &quot;Запрещено&quot; 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18526ADD-1F1A-4C2B-9FCA-8BAE2D1CCE70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6488532" y="4579380"/>
+            <a:off x="6372200" y="4579380"/>
             <a:ext cx="274596" cy="304058"/>
           </a:xfrm>
           <a:prstGeom prst="noSmoking">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="34" name="Рисунок 33" descr="Секундомер со сплошной заливкой">
+          <p:cNvPr id="33" name="Рисунок 32" descr="Секундомер со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA95B39B-786F-40DB-951B-DAA2DA755A47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4081142" y="1848004"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="35" name="Группа 34">
+          <p:cNvPr id="34" name="Группа 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EEF3E85-9B54-4F77-BB50-99578935010D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4080858" y="1852338"/>
             <a:ext cx="1670663" cy="914400"/>
             <a:chOff x="4080858" y="1852338"/>
             <a:chExt cx="1670663" cy="914400"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="36" name="TextBox 35">
+            <p:cNvPr id="35" name="TextBox 34">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75C16224-E767-41C9-914E-3718DB06B635}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4837120" y="2099052"/>
               <a:ext cx="914401" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>5 часов</a:t>
+                <a:t>5 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сағат</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="37" name="Рисунок 36" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="36" name="Рисунок 35" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39539B-D2A9-4F27-9E4D-C55055719A7C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4080858" y="1852338"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="45" name="Прямоугольник 44"/>
+          <p:cNvPr id="37" name="Прямоугольник 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB7E713C-1197-4192-AC4F-291B95650947}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3401396222"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="TextBox 45">
+          <p:cNvPr id="43" name="TextBox 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="755524"/>
-            <a:ext cx="8928991" cy="861774"/>
+            <a:ext cx="8928991" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="ctr"/>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>9 июня</a:t>
+              <a:t>9 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>маусым</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Письменный экзамен по предметам </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+              <a:t>Қазақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қазақ</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Орыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>тілі</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>», «Русский язык», «Уйгурский язык», «Узбекский язык», «Таджикский язык»</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұйғыр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өзбек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тәжік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазбаша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихан</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="48" name="TextBox 47">
+          <p:cNvPr id="44" name="TextBox 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6142740" y="1980553"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -21761,427 +23240,1879 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть 2</a:t>
+              <a:t>2-бөлім</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="50" name="Прямая со стрелкой 49">
+          <p:cNvPr id="45" name="Прямая со стрелкой 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="46" idx="2"/>
-            <a:endCxn id="48" idx="0"/>
+            <a:stCxn id="43" idx="2"/>
+            <a:endCxn id="44" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4572000" y="1617298"/>
-            <a:ext cx="2218812" cy="363255"/>
+            <a:off x="4572000" y="1678854"/>
+            <a:ext cx="2218812" cy="301699"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="53" name="TextBox 52">
+          <p:cNvPr id="46" name="TextBox 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1037769" y="2792454"/>
-[...114 lines deleted...]
-            <a:ext cx="4392480" cy="1223412"/>
+            <a:off x="395537" y="2792454"/>
+            <a:ext cx="3708532" cy="1107996"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Обучающиеся в классах </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+              <a:t>Екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>Естественно-математического направления выполняют одну письменную работу – эссе (200-250 слов). Обучающиеся в классах общественно-гуманитарного направления выбирают одно задание из трех предложенных, где необходимо написать письменную работу (статья, эссе, публичное выступление, рецензия и другие) объёмом 200-250 слов. </a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтінмен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>істеуді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қамтиды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> саны – 600-650 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестіленушілер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 15 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұраққа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>береді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ішінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдайтын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 10 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұрақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қысқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>толық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>талап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұрақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" dirty="0">
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жалпы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұпай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> саны – 20</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="700" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="TextBox 47">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4594572" y="2735967"/>
+            <a:ext cx="4392480" cy="1031051"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:tint val="66000"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="44500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="23500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:effectLst>
+            <a:glow rad="101600">
+              <a:schemeClr val="accent4">
+                <a:satMod val="175000"/>
+                <a:alpha val="40000"/>
+              </a:schemeClr>
+            </a:glow>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Общее количество баллов – 20.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1050" dirty="0">
+              <a:t>Жаратылыстану-математикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағыттағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сыныптарда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазбаша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмысын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – эссе (200-250 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қоғамдық-гуманитарлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағыттағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сыныптарда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұсынылған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмадан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>200-250 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөзден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазба</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмысын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мақала</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, эссе, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көпшілік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алдында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөйлеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, рецензия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басқалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жалпы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұпай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> саны – 20</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="55" name="Прямая со стрелкой 54">
+          <p:cNvPr id="50" name="Прямая со стрелкой 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="57" idx="2"/>
-            <a:endCxn id="53" idx="0"/>
+            <a:stCxn id="54" idx="2"/>
+            <a:endCxn id="46" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2369917" y="2391435"/>
-            <a:ext cx="1" cy="401019"/>
+            <a:off x="2249803" y="2407559"/>
+            <a:ext cx="0" cy="384895"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="56" name="Прямая со стрелкой 55">
+          <p:cNvPr id="53" name="Прямая со стрелкой 52">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="48" idx="2"/>
-            <a:endCxn id="54" idx="0"/>
+            <a:stCxn id="44" idx="2"/>
+            <a:endCxn id="48" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6790812" y="2391435"/>
             <a:ext cx="0" cy="344532"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="57" name="TextBox 56">
+          <p:cNvPr id="54" name="TextBox 53">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1721845" y="1980553"/>
+            <a:off x="1601731" y="1996677"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -22200,64 +25131,64 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть 1</a:t>
+              <a:t>1-бөлім</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="58" name="TextBox 57">
+          <p:cNvPr id="55" name="TextBox 54">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3026508" y="4478445"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -22288,271 +25219,328 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальный балл – 40</a:t>
+              <a:t>Максималды балл – 40</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="68" name="Прямая со стрелкой 67">
+          <p:cNvPr id="56" name="Прямая со стрелкой 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="46" idx="2"/>
-            <a:endCxn id="57" idx="0"/>
+            <a:stCxn id="43" idx="2"/>
+            <a:endCxn id="54" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2369917" y="1617298"/>
-            <a:ext cx="2202083" cy="363255"/>
+            <a:off x="2249803" y="1678854"/>
+            <a:ext cx="2322197" cy="317823"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="69" name="Прямая со стрелкой 68">
+          <p:cNvPr id="57" name="Прямая со стрелкой 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="54" idx="2"/>
-            <a:endCxn id="58" idx="0"/>
+            <a:stCxn id="48" idx="2"/>
+            <a:endCxn id="55" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4566158" y="3959379"/>
-            <a:ext cx="2224654" cy="519066"/>
+            <a:off x="4566158" y="3767018"/>
+            <a:ext cx="2224654" cy="711427"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="71" name="Прямая со стрелкой 70">
+          <p:cNvPr id="58" name="Прямая со стрелкой 57">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="53" idx="2"/>
-            <a:endCxn id="58" idx="0"/>
+            <a:stCxn id="46" idx="2"/>
+            <a:endCxn id="55" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2369918" y="4015866"/>
-            <a:ext cx="2196240" cy="462579"/>
+            <a:off x="2249803" y="3900450"/>
+            <a:ext cx="2316355" cy="577995"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="72" name="TextBox 71">
+          <p:cNvPr id="68" name="TextBox 67">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD851788-E3F4-4B68-9FBC-78955FEC9E38}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6521817" y="4439717"/>
             <a:ext cx="2465235" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr indent="263525" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сөздіктерді</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...6 lines deleted...]
-            <a:pPr algn="ctr"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пайдалануға</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1100" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тыйым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>салынады</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="75" name="Символ &quot;Запрещено&quot; 1">
+          <p:cNvPr id="69" name="Символ &quot;Запрещено&quot; 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{081F0AC7-BC4D-4B81-8D11-6B60533B0D6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6653514" y="4501729"/>
             <a:ext cx="274596" cy="304058"/>
           </a:xfrm>
           <a:prstGeom prst="noSmoking">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
@@ -22568,807 +25556,1240 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="77" name="TextBox 76">
+          <p:cNvPr id="71" name="TextBox 70">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA9FB376-5AA8-435D-AE63-81A01C0AC273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4857406" y="1862444"/>
+            <a:off x="4885171" y="1981228"/>
             <a:ext cx="914401" cy="377642"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3 часа</a:t>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сағат</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="78" name="Рисунок 77" descr="Секундомер со сплошной заливкой">
+          <p:cNvPr id="72" name="Рисунок 71" descr="Секундомер со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE1BA020-853F-46B0-BA26-5FFCFDD99D19}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4104069" y="1590069"/>
+            <a:off x="4104069" y="1708783"/>
             <a:ext cx="914400" cy="934975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Прямоугольник 26"/>
+          <p:cNvPr id="75" name="Прямоугольник 74">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1CED56-D325-443E-8905-C407136077A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИТОГОВАЯ АТТЕСТАЦИЯ ОБУЧАЮЩИХСЯ 11(12) КЛАССОВ</a:t>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1187324927"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="TextBox 27">
+          <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="686905" y="1870252"/>
-            <a:ext cx="4464496" cy="1600438"/>
+            <a:off x="686905" y="1993363"/>
+            <a:ext cx="4464496" cy="1569660"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>12 </a:t>
-[...9 lines deleted...]
-              <a:t>июня</a:t>
+              <a:t>12 маусым</a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="357188" algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Письменный экзамен по предмету по выбору (Физика, Химия, Биология, География, Геометрия, Всемирная история, Основы права, Литература, Иностранный язык (английский/ французский/ немецкий), Информатика) </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="1600" dirty="0">
+              <a:t>Таңдау пәні (Физика, Химия, Биология, География, Геометрия, Дүниежүзі тарихы, Құқық негіздері, Әдебиет, Шет тілі (ағылшын/француз/неміс), Информатика) бойынша жазбаша емтихан </a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="TextBox 28">
+          <p:cNvPr id="28" name="TextBox 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6106141" y="1500921"/>
-            <a:ext cx="2232248" cy="2554545"/>
+            <a:off x="6372201" y="1923678"/>
+            <a:ext cx="1800199" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:tint val="66000"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="44500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:tint val="23500"/>
+                  <a:satMod val="160000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:effectLst>
+            <a:glow rad="101600">
+              <a:schemeClr val="accent4">
+                <a:satMod val="175000"/>
+                <a:alpha val="40000"/>
+              </a:schemeClr>
+            </a:glow>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 2-3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлімнен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұрады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдауды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қысқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жан-жақты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>толық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 4-5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шағын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>зерттеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="1400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Прямая со стрелкой 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5139208" y="2732879"/>
+            <a:ext cx="1232992" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="TextBox 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5498CBB-D338-453E-85B5-18E290AEE7A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5177667" y="2765478"/>
+            <a:ext cx="914401" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сағат</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="31" name="Рисунок 30" descr="Секундомер со сплошной заливкой">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{613DBB2A-EBA1-4558-B8A9-6306A0599551}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5139208" y="1884711"/>
+            <a:ext cx="914400" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Прямоугольник 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82B81508-81D4-409E-B7D0-3D5C008B302E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3" y="2"/>
+            <a:ext cx="9143998" cy="627532"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3547614623"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78DF43-B87E-4E4B-89E7-9FE6ECF85DDF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="756163"/>
+            <a:ext cx="9143998" cy="864852"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
-[...315 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>16</a:t>
-[...21 lines deleted...]
-            <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
+              <a:t>16 маусым</a:t>
+            </a:r>
+            <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Письменный экзамен по предмету «Казахский язык и литература», «Русский язык и литература»</a:t>
-[...26 lines deleted...]
-              <a:t>Задания содержат четыре коротких текста, общий объём которых не превышает 400 слов.</a:t>
+              <a:t>Орыс/өзбек/ұйғыр/тәжік тілдерінде оқытатын мектептерде/сыныптарда қазақ тілі және әдебиетінен және қазақ тілінде оқытатын мектептерде/сыныптарда орыс тілі және әдебиетінен жазбаша емтихан</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="TextBox 12">
+          <p:cNvPr id="12" name="TextBox 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78E8A64-F4FA-47AF-BD20-D05F884E729C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5725805" y="2375669"/>
+            <a:off x="6448836" y="2042751"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -23387,409 +26808,1251 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть 2</a:t>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлім</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="14" name="Прямая со стрелкой 13">
+          <p:cNvPr id="13" name="Прямая со стрелкой 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E220E0-5DAA-4801-9C7D-1408257299B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="12" idx="2"/>
-            <a:endCxn id="13" idx="0"/>
+            <a:stCxn id="11" idx="2"/>
+            <a:endCxn id="12" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4569674" y="1894936"/>
-            <a:ext cx="1804203" cy="480733"/>
+            <a:off x="4571999" y="1621015"/>
+            <a:ext cx="2524909" cy="421736"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="TextBox 14">
+          <p:cNvPr id="14" name="TextBox 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD46ADA2-4524-4868-9D4C-9C98CBF8B841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1259632" y="3101825"/>
-            <a:ext cx="3415003" cy="1015663"/>
+            <a:off x="26240" y="2710162"/>
+            <a:ext cx="4093639" cy="1569660"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
-                <a:solidFill>
-[...17 lines deleted...]
-            <a:pPr algn="ctr"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушы</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
-                <a:solidFill>
-[...7 lines deleted...]
-              <a:t>Количество баллов – 10 баллов.</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтіннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>детальді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақпараттарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>факті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көзқарасты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>астарлы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>идеясымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байланысын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтауы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақпараттарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолданып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көтерілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәселе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дәлелдеуі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стильдегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтіндерден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лексикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірліктерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нақтылап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтіннің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақпараттық-маңызды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фрагменттерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>іріктей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>белгіленген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стратегияларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пайдалануы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тиіс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="TextBox 15">
+          <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F946A32-1B43-4510-94F5-116FA53CB62E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5212478" y="3100748"/>
-            <a:ext cx="2322798" cy="1015663"/>
+            <a:off x="5076056" y="2708590"/>
+            <a:ext cx="4041704" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="2700000" scaled="1"/>
             <a:tileRect/>
           </a:gradFill>
           <a:effectLst>
             <a:glow rad="101600">
               <a:schemeClr val="accent4">
                 <a:satMod val="175000"/>
                 <a:alpha val="40000"/>
               </a:schemeClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
-                <a:solidFill>
-[...17 lines deleted...]
-            <a:pPr algn="ctr"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушы</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0">
-                <a:solidFill>
-[...7 lines deleted...]
-              <a:t>Количество баллов – 30 баллов. </a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөйлем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деңгейінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>грамматикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нормаларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сақтауы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәнмәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірліктерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орфографиялық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нормаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> сай </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деңгейінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тыныс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>белгілерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолдана</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білуі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тиіс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="17" name="Прямая со стрелкой 16">
+          <p:cNvPr id="16" name="Прямая со стрелкой 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E8EA3C-88C4-4C59-BCAC-11226D2346FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="19" idx="2"/>
-            <a:endCxn id="15" idx="0"/>
+            <a:stCxn id="18" idx="2"/>
+            <a:endCxn id="14" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2967134" y="2786552"/>
-            <a:ext cx="0" cy="315273"/>
+            <a:off x="2073059" y="2445322"/>
+            <a:ext cx="1" cy="264840"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="18" name="Прямая со стрелкой 17">
+          <p:cNvPr id="17" name="Прямая со стрелкой 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF5F256A-5371-4F03-A87A-6DD17DDD8CBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="13" idx="2"/>
-            <a:endCxn id="16" idx="0"/>
+            <a:stCxn id="12" idx="2"/>
+            <a:endCxn id="15" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6373877" y="2786551"/>
-            <a:ext cx="0" cy="314197"/>
+            <a:off x="7096908" y="2453633"/>
+            <a:ext cx="0" cy="254957"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="TextBox 18">
+          <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEEC259-FB9D-4BF4-A5DF-4A06A81BB0D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2319062" y="2375670"/>
+            <a:off x="1424987" y="2034440"/>
             <a:ext cx="1296144" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -23808,76 +28071,88 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Часть 1</a:t>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="151515"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлім</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="TextBox 19">
+          <p:cNvPr id="19" name="TextBox 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA389F4-B867-476C-9216-2E93CCEBE320}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3092128" y="4484534"/>
+            <a:off x="3134985" y="4605281"/>
             <a:ext cx="3079299" cy="410882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="accent1">
                   <a:tint val="66000"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="accent1">
                   <a:tint val="44500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="accent1">
                   <a:tint val="23500"/>
                   <a:satMod val="160000"/>
                 </a:schemeClr>
               </a:gs>
@@ -23896,296 +28171,366 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="151515"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальный балл – 40</a:t>
+              <a:t>Максималды балл– 40</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="21" name="Прямая со стрелкой 20">
+          <p:cNvPr id="20" name="Прямая со стрелкой 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F89CDD-CC76-4CE1-BC77-34EA5071DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="12" idx="2"/>
+            <a:stCxn id="11" idx="2"/>
+            <a:endCxn id="18" idx="0"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2073059" y="1621015"/>
+            <a:ext cx="2498940" cy="413425"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="21" name="Прямая со стрелкой 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+            <a:stCxn id="15" idx="2"/>
             <a:endCxn id="19" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2967134" y="1894936"/>
-            <a:ext cx="1602540" cy="480734"/>
+            <a:off x="4674635" y="3539587"/>
+            <a:ext cx="2422273" cy="1065694"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Прямая со стрелкой 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308A8334-B2D4-44A7-9CBB-539733030926}"/>
-[...41 lines deleted...]
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC739B3-CE60-4DB0-9653-4D0AB4FB45B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="15" idx="2"/>
-            <a:endCxn id="20" idx="0"/>
+            <a:stCxn id="14" idx="2"/>
+            <a:endCxn id="19" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2967134" y="4117488"/>
-            <a:ext cx="1664644" cy="367046"/>
+            <a:off x="2073060" y="4279822"/>
+            <a:ext cx="2601575" cy="325459"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="24" name="Группа 23">
+          <p:cNvPr id="23" name="Группа 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF7CB83-F802-4901-BD7C-EC3C99D3FAA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4119879" y="1876736"/>
-            <a:ext cx="914400" cy="1129386"/>
+            <a:ext cx="956177" cy="1129386"/>
             <a:chOff x="4080858" y="1852338"/>
-            <a:chExt cx="914400" cy="1129386"/>
+            <a:chExt cx="956177" cy="1129386"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="25" name="TextBox 24">
+            <p:cNvPr id="24" name="TextBox 23">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E13987D-3A90-47D2-8F4F-CA7F079A0DE6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4178333" y="2612392"/>
-              <a:ext cx="792746" cy="369332"/>
+              <a:off x="4155806" y="2612392"/>
+              <a:ext cx="881229" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>3 часа</a:t>
+                <a:t>3 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сағат</a:t>
               </a:r>
               <a:endParaRPr lang="x-none" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="26" name="Рисунок 25" descr="Секундомер со сплошной заливкой">
+            <p:cNvPr id="25" name="Рисунок 24" descr="Секундомер со сплошной заливкой">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BEE0952-C24E-4A62-9A85-60EE56150F6A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4080858" y="1852338"/>
               <a:ext cx="914400" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BAE11C9-B961-4F70-B868-EE2709E96E4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3" y="2"/>
+            <a:ext cx="9143998" cy="627532"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2438672911"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2124201890"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -24328,271 +28673,173 @@
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="TextBox 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17848961-64E5-4350-8A7A-81EFB7D070C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851920" y="1635646"/>
-            <a:ext cx="4104456" cy="738664"/>
+            <a:ext cx="4464496" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="604"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰЛТТЫҚ ТЕСТІЛЕУ ОРТАЛЫҒЫ ЕМТИХАН МАТЕРИАЛДАРЫН </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" spc="56" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>НАЦИОНАЛЬНЫЙ</a:t>
-[...78 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БҰЛТТЫҚ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="56">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>САҚТАУ»-ҒА ЖҮКТЕЙДІ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" spc="56" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFD7E776-6FF1-490E-8BA8-02F3FA4724B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5148064" y="3346415"/>
             <a:ext cx="3995936" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="16669" marR="10953" algn="ctr"/>
-[...22 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" spc="60" dirty="0">
+            <a:pPr marL="16669" marR="10953"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БІЛІМ БАСҚАРМАСЫНЫҢ ЖАУАПТЫ ТҰЛҒАСЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" spc="56" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="56" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БҰЛТТЫҚ САҚТАУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="56">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" spc="60">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" spc="60" dirty="0">
-[...52 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="kk-KZ" sz="1400" spc="60" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>СІЛТЕМЕСІН БІЛІМ БӨЛІМІ МЕН БІЛІМ БЕРУ ҰЙЫМДАРЫНА ЖІБЕРЕДІ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" spc="60" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Oval 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BC03FB-7842-4D4B-8F60-AD67E6802EFA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="611560" y="2931790"/>
             <a:ext cx="2736304" cy="1872208"/>
           </a:xfrm>
@@ -24627,73 +28874,73 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="TextBox 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FFDFC3A-FE80-40C6-92E4-23B32F45C6D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755576" y="3435846"/>
-            <a:ext cx="2592288" cy="830997"/>
+            <a:ext cx="2448272" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ОТПРАВКА ЭКЗАМЕНАЦИОННЫХ МАТЕРИАЛОВ</a:t>
+              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЖІБЕРУ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Прямоугольник 69"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="9143998" cy="627532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -24705,155 +28952,125 @@
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9(10) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖӘНЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11(12) СЫНЫП БІЛІМ АЛУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="TextBox 70"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-3" y="4286"/>
-            <a:ext cx="9144000" cy="623248"/>
+            <a:off x="1" y="699542"/>
+            <a:ext cx="9144000" cy="315471"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr algn="ctr" defTabSz="685800">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
-[...67 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЕМТИХАН МАТЕРИАЛДАРЫН ЭЛЕКТРОНДЫ ФОРМАТТА ЖІБЕРУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="97" name="Группа 96"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2483768" y="1131590"/>
             <a:ext cx="2789049" cy="3096344"/>
             <a:chOff x="2699792" y="1131590"/>
             <a:chExt cx="2789049" cy="3096344"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="5" name="Group 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EEC74D-AFED-4B4B-B22D-87C132F66466}"/>
                 </a:ext>
               </a:extLst>
@@ -25123,151 +29340,194 @@
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="TextBox 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FFDFC3A-FE80-40C6-92E4-23B32F45C6D6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2798234" y="1503498"/>
-              <a:ext cx="1080120" cy="646331"/>
+              <a:off x="2744848" y="1552411"/>
+              <a:ext cx="1179080" cy="830997"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="191919"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ҰТО-дан                ББ-на</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="191919"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>27.05.2025 ж. </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="191919"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>дейін</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="191919"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="TextBox 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10C89658-710F-4531-9F5D-5946312B65CF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4139952" y="3219822"/>
+              <a:ext cx="1143546" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>С НЦТ                    </a:t>
+                <a:t>ББ-</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>в</a:t>
+                <a:t>нан</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t> УО до </a:t>
+                <a:t> ББ/ББҰ-на </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
-                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...37 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1200" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="191919"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>С УО в ОО до </a:t>
+                <a:t>27.05.2025 ж. </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="191919"/>
+                  </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>27.05.2025 г.</a:t>
+                <a:t>дейін</a:t>
               </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="191919"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Oval 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BC03FB-7842-4D4B-8F60-AD67E6802EFA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3590762" y="1131590"/>
               <a:ext cx="522312" cy="522312"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
@@ -27085,59 +31345,354 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>957</Words>
+  <Words>950</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (16:9)</PresentationFormat>
   <Paragraphs>94</Paragraphs>
   <Slides>10</Slides>
-  <Notes>0</Notes>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>