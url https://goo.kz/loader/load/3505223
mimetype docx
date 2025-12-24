--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,2164 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...177 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В Павлодарской области в период с 1 августа по 30 сентября 2025 года пройдет ежегодная республиканская благотворительная акция «Дорога в школу».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...283 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мероприятие направлено на поддержку детей из малообеспеченных и многодетных семей, детям-сиротам, а также детям, оставшимся без попечения родителей и оказавшимся в трудной жизненной ситуации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...157 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Организаторами акции выступают местные исполнительные органы, организации образования, общественные и волонтерские организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...171 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Цель – создать условия, при которых каждый ребенок сможет с уверенностью и радостью начать новый учебный год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...177 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В рамках Акции будет проведена работа по привлечению спонсоров, социальных партнеров, государственных структур к оказанию благотворительной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...171 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Пункты приема помощи будут организованы в школах, торговых центрах и социальных учреждениях населенных пунктов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...185 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Организована работа «горячих линий», телефонов «доверия» для оперативного реагирования на обращения граждан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...241 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Желающие оказать помощь детям в подготовке к школе могут обратиться в отдел образования по месту жительства или непосредственно в организацию образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...306 lines deleted...]
-    <w:p w:rsidR="00D82F52" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа имени </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D82F52">
-[...3 lines deleted...]
-        <w:t>Қосымша</w:t>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мухтара</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D82F52">
+      <w:r w:rsidRPr="004462A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D82F52">
-[...3 lines deleted...]
-        <w:t>мәлімет</w:t>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ауэзова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D82F52">
-[...87 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара призывает жителей Павлодарской области не оставаться равнодушными и внести посильный вклад в благополучное будущее подрастающего поколения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045161F" w:rsidRPr="00D82F52" w:rsidRDefault="00D82F52" w:rsidP="00D82F52">
-[...9 lines deleted...]
-        <w:t>+7 771 043 1527</w:t>
+    <w:p w:rsidR="004462A1" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>За справками обращаться к социальному педагогу школы:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0045161F" w:rsidRPr="00D82F52">
+    <w:p w:rsidR="0045161F" w:rsidRPr="004462A1" w:rsidRDefault="004462A1" w:rsidP="004462A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004462A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +7 771 043 1527</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0045161F" w:rsidRPr="004462A1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00074779"/>
-    <w:rsid w:val="00074779"/>
+    <w:rsidRoot w:val="00410AE6"/>
+    <w:rsid w:val="00410AE6"/>
+    <w:rsid w:val="004462A1"/>
     <w:rsid w:val="00491601"/>
-    <w:rsid w:val="00D82F52"/>
     <w:rsid w:val="00F053A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{897E1ACF-DE29-4B20-A8D6-AB43BB334442}"/>
+  <w15:docId w15:val="{EF62A662-BF2F-41CB-987C-D7E4BAEDCE99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2819,54 +957,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>195</Words>
-  <Characters>1115</Characters>
+  <Words>202</Words>
+  <Characters>1153</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1308</CharactersWithSpaces>
+  <CharactersWithSpaces>1353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vladimir</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>