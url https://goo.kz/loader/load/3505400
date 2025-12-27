--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2948 +1,2423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00754C8A" w:rsidRPr="00FD0AF2" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+    <w:p w:rsidR="00374F92" w:rsidRPr="002971B5" w:rsidRDefault="00374F92" w:rsidP="00374F92">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD0AF2">
+      <w:r w:rsidRPr="007A4FAB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының М</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>КГУ «Средняя общеобразовательная школа имени М</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94781">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұхтар </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD0AF2">
+        <w:t xml:space="preserve">ухтара </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4FAB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әуезов атындағы жалпы орта білім беретін мектебі» КММ </w:t>
-[...15 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Ауэзова города Павлодара» объявляет конкурс на вакантную должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="002971B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Орыс тілі және әдебиет </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00754C8A">
+        <w:t xml:space="preserve"> русского  языка  и литературы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00374F92">
+      <w:pPr>
+        <w:spacing w:before="3" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...55 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00592352">
-[...323 lines deleted...]
-      <w:tr w:rsidR="00754C8A">
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9927" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="101"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="877"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">организации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00374F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа имени М.Ауэзова города Павлодара» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
-[...9 lines deleted...]
-              <w:t>пошталық</w:t>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRPr="00F54B50" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:rPr>
-[...67 lines deleted...]
-          <w:p w:rsidR="00754C8A" w:rsidRPr="00F54B50" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            </w:pPr>
+            <w:r w:rsidRPr="00754C8A">
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRPr="00754C8A" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754C8A">
+              <w:t>город Павлодар, улица Ткачева, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8(7182)</w:t>
-            </w:r>
+              <w:t>22-22-86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>22-22-86</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A">
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRPr="00A92469" w:rsidRDefault="00374F92" w:rsidP="00424AF8">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A92469">
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A92469">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002971B5">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> русского языка и литературы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A92469">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00424AF8">
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="002A5FD9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> час</w:t>
+            </w:r>
+            <w:r w:rsidR="00424AF8">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidR="00A92469" w:rsidRPr="00A92469">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
+            </w:pPr>
+            <w:r>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функциональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>содействие социализации обучающихся, формированию у них</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="1005"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>258,89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>626,94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
+        <w:trPr>
+          <w:trHeight w:val="3542"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>приема</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>пошта</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
-[...6 lines deleted...]
-              <w:t>auezova@goo.edu.kz</w:t>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00443669" w:rsidP="003054D9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12.08-20.08.2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A">
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="4486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="483"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">необходимых </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жүктемесі</w:t>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00F03DB4" w:rsidP="0097176E">
-[...105 lines deleted...]
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:right="98" w:firstLine="0"/>
+              <w:ind w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="441"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="441" w:hanging="335"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
-[...13 lines deleted...]
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
-[...74 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>еңбек</w:t>
+              <w:t>психическими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>өтілі</w:t>
+              <w:t>поведенческими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...51 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>төленеді</w:t>
+              <w:t>расстройствами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>;</w:t>
-            </w:r>
-[...919 lines deleted...]
-              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00592352" w:rsidRDefault="00592352">
+    <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00374F92">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="00374F92">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00592352">
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
         <w:trPr>
-          <w:trHeight w:val="4762"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00592352">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00592352">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="478"/>
+                <w:tab w:val="left" w:pos="681"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
+              <w:t>справка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>анықтама;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>наркологических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="491"/>
+                <w:tab w:val="left" w:pos="500"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="55"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
+              <w:t xml:space="preserve">сертификации </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">или удостоверение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="701"/>
+                <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...46 lines deleted...]
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            </w:pPr>
+            <w:r>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
-[...25 lines deleted...]
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:left="552" w:hanging="445"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>жұмыс</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>орнынан</w:t>
-[...30 lines deleted...]
-              <w:t>хат.</w:t>
+              <w:t>учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592352">
+      <w:tr w:rsidR="00374F92" w:rsidTr="00F14BF2">
         <w:trPr>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00A747EF">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00F14BF2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">вакантной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
+              <w:t>должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00592352" w:rsidRDefault="00592352" w:rsidP="0097176E">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00374F92" w:rsidRDefault="002A5FD9" w:rsidP="00A92469">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="129"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A747EF" w:rsidRDefault="00A747EF" w:rsidP="00660672">
+    <w:p w:rsidR="00374F92" w:rsidRDefault="00374F92" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00624506" w:rsidRDefault="00624506" w:rsidP="00374F92"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00374F92" w:rsidP="00547394">
       <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...293 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
+          <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidR="00547394">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35D47117" wp14:editId="3203578C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BB26CD8" wp14:editId="07068F36">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2951,81 +2426,726 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="61EC4B2F" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFo3VMJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrUJXg8n5YjbnTBkJRW32Of+xffh0&#10;w5nzwhRCg1E5PyrH79YfP6w6m6kUKtCFQkZBjMs6m/PKe5sliZOVaoSbgVWGnCVgIzxtcZ8UKDqK&#10;3ugknc+XSQdYWASpnKPTzeDk6xi/LJX038vSKc90zqk2H1eM6y6syXolsj0KW9VyLEP8QxWNqA0l&#10;PYXaCC/YAeu/QjW1RHBQ+pmEJoGyrKWKHIjNYv6OzWslrIpcqDnOntrk/l9Y+dy+IKsL0o4zIxqS&#10;6HHsxiI0p7MuI8yrfcFAz9knkL8cOZI3nrBxI6YvsQlYIsf62OnjqdOq90zS4fLzVXr1hQSR5Fuk&#10;11GIRGTTXXlw/lFBjCPaJ+cHnYrJEtVkyd5MJpLaQWcddfackc7IGem8G3S2wod7obhgsu5cSDhr&#10;oFVbiF7/rnIq7ezV5hJFVBa3acrZxJKwA4KMkIZ6NRgxNdmX5LQJVVzfLm/i+DjQdfFQax2qcLjf&#10;3WtkrQjDG7/AgyK8gVl0fiNcNeCia4RpM+o0SBNE2kFxJME70jjn7vdBoOJMfzM0UuF5TAZOxm4y&#10;0Ot7iI8oNohybvufAi0L6XPuSdlnmAZWZJNogfoJG24a+HrwUNZB0ThDQ0XjhqY8EhxfZHhGl/uI&#10;Ov831n8AAAD//wMAUEsDBBQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMUlRLiVCgSVUEVEqEXbm6yJBHx2rLdNv17Nic4zuzT7Ey+Hs0gTuhD&#10;b0nBfJaAQKpt01OrYP/5crcCEaKmRg+WUMEFA6yL66tcZ4090weeqtgKDqGQaQVdjC6TMtQdGh1m&#10;1iHx7dt6oyNL38rG6zOHm0GmSbKURvfEHzrtsOyw/qmORoH/2m32bvu+eSzx7f7Vlhe3rSqlbm/G&#10;5ycQEcf4B8NUn6tDwZ0O9khNEAPr+WLBqII0XYKYAHYeQBwmZwWyyOX/CcUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAWjdUwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPt0woHfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="513413FE" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnIzJwJwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrXJYg8n5YjbnTBkJRW32Of+xffh0&#10;wxl6YQqhwaicHxXyu/XHD6vOZiqFCnShHKMgBrPO5rzy3mZJgrJSjcAZWGXIWYJrhKet2yeFEx1F&#10;b3SSzufLpANXWAdSIdLpZnDydYxflkr672WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyLEP8QxWNqA0l&#10;PYXaCC/YwdV/hWpq6QCh9DMJTQJlWUsVORCbxfwdm9dKWBW5UHPQntqE/y+sfG5fHKuLnKcpZ0Y0&#10;pNHj2A46ofZ0FjNCvdoXFwiifQL5C8mRvPGEDY6YvnRNwBI91sdeH0+9Vr1nkg6Xn6/Sqy8kiSTf&#10;Ir2OUiQim+7KA/pHBTGOaJ/QD0oVkyWqyZK9mUxHegeldVTac0ZKO85I6d2gtBU+3AvFBZN150LC&#10;WQOt2kL0+neVU2lnrzaXKKKyuA3tm1gSdkCQEdJQrwYjpib7kpw2oYrr2+VNHCAEXRcPtdahCnT7&#10;3b12rBVhfOMXeFCENzDr0G8EVgMuukaYNqNOgzRBpB0UR5K8I5Fzjr8PwinO9DdDQxUeyGS4ydhN&#10;hvP6HuIzig2inNv+p3CWhfQ596TsM0wjK7JJtED9hA03DXw9eCjroGicoaGicUNzHgmObzI8pMt9&#10;RJ3/HOs/AAAA//8DAFBLAwQUAAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjTFJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7o&#10;Q29JwXyWgECqbdNTq2D/+XK3AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRod&#10;ZtYh8e3beqMjS9/Kxuszh5tBpkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5v&#10;xucnEBHH+AfDVJ+rQ8GdDvZITRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDnIzJwJwIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454267AE" wp14:editId="1F90658A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21B0BE18" wp14:editId="14797065">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6CEB1DB7" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmxuI2JwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykWD6MOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn34+S7STtbkV9ECjxieTjo7y6bWvNjgpdBSbjk9GYM2Uk5JXZZ/x1e/9t&#10;wZnzwuRCg1EZPynHb9dfv6wam6oplKBzhYyCGJc2NuOl9zZNEidLVQs3AqsMOQvAWnja4j7JUTQU&#10;vdbJdDyeJQ1gbhGkco5ON52Tr2P8olDS/yoKpzzTGafafFwxrruwJuuVSPcobFnJvgzxgSpqURlK&#10;eg61EV6wA1b/haorieCg8CMJdQJFUUkVORCbyfgdm5dSWBW5UHOcPbfJfV5Y+XR8RlblGZ/ecGZE&#10;TRo99O2gE2pPY11KqBf7jIGgs48g/zhyJG88YeN6TFtgHbBEj7Wx16dzr1XrmaTD2c33xWJJkkjy&#10;TabzKEUi0uGuPDj/oCDGEcdH5zul8sES5WDJ1gwmkt5BaR2V9pyR0sgZKb3rlLbCh3uhuGCy5lJI&#10;OKvhqLYQvf5d5VTaxavNNSpQmS3nnA0sCdshyAhpqFedEVOTfU1Om1DFfDlbxAFyoKv8vtI6VOFw&#10;v7vTyI4ijG/8Ag+K8AZm0fmNcGWHi64epk2vUydNEGkH+Ykkb0jkjLu/B4GKM/3T0FCFBzIYOBi7&#10;wUCv7yA+o9ggyrltfwu0LKTPuCdln2AYWZEOogXqZ2y4aeDHwUNRBUXjDHUV9Rua80iwf5PhIV3v&#10;I+ry51j/AwAA//8DAFBLAwQUAAYACAAAACEAHjIEOd0AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KiTpqIQ4lQIiVsFNPAAbrzEae11FDs/8PQ4p3Kc2U+zM8VutoaN2PvW&#10;kYB0lQBDqp1qqRHw9fl69wDMB0lKGkco4Ac97Mrrq0Lmyk10wLEKDYsh5HMpQIfQ5Zz7WqOVfuU6&#10;pHj7dr2VIcq+4aqXUwy3hq+T5J5b2VL8oGWHLxrrczVYAdthfv/Qe3M6T/sTHd4ybn+rUYjbm/n5&#10;CVjAOVxgWOrH6lDGTkc3kPLMRJ1mWUQFbB7jpgVI080W2HFx1sDLgv+fUP4BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEApsbiNicCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAHjIEOd0AAAAKAQAADwAAAAAAAAAAAAAAAACBBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="23" w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11D985B9" wp14:editId="60EBB211">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1EA2BEA1" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz57uQKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068Nm2NOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t6I+CJT4RPLxUV7cdo1me4WuBpPz2WTKmTISitpsc/66vv92&#10;zZnzwhRCg1E5PyjHb5dfvyxam6kUKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZsUKFqK&#10;3ugknU7nSQtYWASpnKPTVe/kyxi/LJX0v8rSKc90zqk2H1eM6yasyXIhsi0KW9VyKEN8oIpG1IaS&#10;HkOthBdsh/V/oZpaIjgo/URCk0BZ1lJFDsRmNn3H5qUSVkUu1Bxnj21ynxdWPu2fkdVFztMLzoxo&#10;SKOHoR10Qu1prcsI9WKfMRB09hHkH0eO5I0nbNyA6UpsApbosS72+nDsteo8k3Q4/36ZXl6QJJJ8&#10;s/QqSpGIbLwrd84/KIhxxP7R+V6pYrRENVqyM6OJpHdQWkelPWekNHJGSm96pa3w4V4oLpisPRUS&#10;zhrYqzVEr39XOZV28mpzjiIqs5s05WxkSdgeQUZIQ73qjZia7HNy2oQqrm7m13GAHOi6uK+1DlU4&#10;3G7uNLK9COMbv8CDIryBWXR+JVzV46JrgGkz6NRLE0TaQHEgyVsSOefu706g4kz/NDRU4YGMBo7G&#10;ZjTQ6zuIzyg2iHKuu98CLQvpc+5J2ScYR1Zko2iB+hEbbhr4sfNQ1kHROEN9RcOG5jwSHN5keEjn&#10;+4g6/TmW/wAAAP//AwBQSwMEFAAGAAgAAAAhAOAt/frfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyokxRBG+JUKBJVQQiJtBdubrwkEfE6st02/Xu2JzjO7NPsTLGa7CCO&#10;6EPvSEE6S0AgNc701CrYbV/uFiBC1GT04AgVnDHAqry+KnRu3Ik+8VjHVnAIhVwr6GIccylD06HV&#10;YeZGJL59O291ZOlbabw+cbgdZJYkD9LqnvhDp0esOmx+6oNV4L/e17tx87FeVvh2/+qq87ipa6Vu&#10;b6bnJxARp/gHw6U+V4eSO+3dgUwQA+t0PmdUQZYuQVwAdh5B7NnJUpBlIf9PKH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAs+e7kCgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA4C39+t8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1B284B" wp14:editId="25E5913A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="124A19F5" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVRni/KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068JW2NOMXQoMWA&#10;oivQDD0rshwbkyWNVGLn70fJdpJ2t2I+CJT4RPLxUV7edo1mBwVYW5Pz2WTKmTLSFrXZ5fzX5v7L&#10;NWfohSmEtkbl/KiQ364+f1q2LlOprawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hV1SgGgp&#10;eqOTdDpdJK2FwoGVCpFO172Tr2L8slTS/yxLVJ7pnFNtPq4Q121Yk9VSZDsQrqrlUIb4QBWNqA0l&#10;PYVaCy/YHup/QjW1BIu29BNpm8SWZS1V5EBsZtN3bF4q4VTkQs1Bd2oT/r+w8unwDKwucp7OOTOi&#10;IY0ehnbQCbWndZgR6sU9QyCI7tHK30iO5I0nbHDAdCU0AUv0WBd7fTz1WnWeSTpcfJ2n828kiSTf&#10;LL2KUiQiG+/KPfoHZWMccXhE3ytVjJaoRkt2ZjSB9A5K66i054yUBs5I6W2vtBM+3AvFBZO150LC&#10;WWMPamOj17+rnEo7e7W5RBGV2U2acjayJGyPICOkoV71RkxN9iU5bUIVVzeL6zhAaHVd3NdahyoQ&#10;dts7DewgwvjGL/CgCG9gDtCvBVY9LroGmDaDTr00QaStLY4keUsi5xz/7AUozvQPQ0MVHshowGhs&#10;RwO8vrPxGcUGUc5N9yrAsZA+556UfbLjyIpsFC1QP2HDTWO/770t66BonKG+omFDcx4JDm8yPKTL&#10;fUSd/xyrvwAAAP//AwBQSwMEFAAGAAgAAAAhAKux+0ffAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoExp+GuJUKBJVqRASoRdubrwkEfHait02fXu2JzjO7KfZmWI52UEc&#10;cAy9IwXpLAGB1DjTU6tg+/ly8wgiRE1GD45QwQkDLMvLi0Lnxh3pAw91bAWHUMi1gi5Gn0sZmg6t&#10;DjPnkfj27UarI8uxlWbURw63g7xNkntpdU/8odMeqw6bn3pvFYxfb6utX7+vFhVusldXnfy6rpW6&#10;vpqen0BEnOIfDOf6XB1K7rRzezJBDKzT+ZxRBVm2AHEG2HkAsWPnLgVZFvL/hPIXAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAVUZ4vygCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAq7H7R98AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73011896" wp14:editId="0C192D61">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4DEF1094" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbSrMeKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4Aqwucj5POTOi&#10;IY0eh3bQCbWndZgR6tW9QCCI7snKX0iO5J0nbHDAdCU0AUv0WBd7fTr3WnWeSTpMb9LpLCVJJPlm&#10;80WUIhHZeFce0D8qG+OI4xP6XqlitEQ1WrIzowmkd1BaR6U9Z6Q0cEZK73qlnfDhXigumKy9FBLO&#10;GntUWxu9/kPlVNrFq801Kr35ertcLDgbWRK2R5AR0lCveiOmJvuanDahisVtuowDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAO5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/NzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGnst4O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYw&#10;IY4eJYhFBsxg5/WIvYTPzevNPbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBO&#10;xYWfDNJt54NTiWTouQ7qSOHO8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8&#10;vpqbR2DJzOlshhM+oUNNTFu/Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAm0qzHigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CEE9185" wp14:editId="27516665">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="03F0EF1F" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB963AxKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOZ8vODOi&#10;IY0eh3bQCbWntZgR6tW+uEAQ7RPIX0iO5J0nbHDAdKVrApbosS72+nTuteo8k3SY3qTTWUqSSPLN&#10;5osoRSKy8a48oH9UEOOI4xP6XqlitEQ1WrIzo+lI76C0jkp7zkhpxxkpveuVtsKHe6G4YLL2Ukg4&#10;a+CothC9/kPlVNrFq801Kr35ertcUPtGloTtEWSENNSr3oipyb4mp02oYnGbLuMAIei6eKi1DlWg&#10;2+/utWNHEcY3foEHRXgHsw79RmDV46JrgGkz6NRLE0TaQXEiyVsSOef4+yCc4kx/NzRU4YGMhhuN&#10;3Wg4r+8hPqPYIMq57X4KZ1lIn3NPyj7DOLIiG0UL1M/YcNPAt4OHsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoY1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3R&#10;h8GRBLHIgCG1Tg/USfjYvlzdAQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0K&#10;Czcipdveeatikr7j2qtTCreGX2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrL&#10;i6l+ABZxin9mmPETOlSJaecOpAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQB963AxKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78D20AAD" wp14:editId="2CF094D2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3034,168 +3154,397 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4AF743CE" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBF0JHTJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7e961mB+WwAVPw+SzlTBkJZWN2Bf+xefxy&#10;yxl6YUqhwaiCHxXy+9XnT8vO5moBNehSOUZBDOadLXjtvc2TBGWtWoEzsMqQswLXCk9bt0tKJzqK&#10;3upkkaZZ0oErrQOpEOl0PTj5KsavKiX996pC5ZkuONXm4+riug1rslqKfOeErRs5liH+oYpWNIaS&#10;nkKthRds75q/QrWNdIBQ+ZmENoGqaqSKHIjNPP3A5q0WVkUu1By0pzbh/wsrXw6vjjVlwRecGdGS&#10;RE9jNxahOZ3FnDBv9tUFemifQf5CciTvPGGDI6avXBuwRI71sdPHU6dV75mkw+wqS+cZCSLJN1/c&#10;RCESkU935R79k4IYRxye0Q86lZMl6smSvZlMR2oHnXXU2XNGOjvOSOftoLMVPtwLxQWTdedCwlkL&#10;B7WB6PUfKqfSzl5tLlHZ1fVddk1UJpaEHRBkhDTUq8GIqcm+JKdNqOLmLruN44Ogm/Kx0TpUgW63&#10;fdCOHUQY3vgFHhThHcw69GuB9YCLrhGmzajTIE0QaQvlkQTvSOOC4++9cIoz/c3QSIXnMRluMraT&#10;4bx+gPiIYoMo56b/KZxlIX3BPSn7AtPAinwSLVA/YcNNA1/3HqomKBpnaKho3NCUR4LjiwzP6HIf&#10;Uef/xuoPAAAA//8DAFBLAwQUAAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjpqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbB&#10;d44kiFkCDKl2uqNGwvf2/eEJmA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWf&#10;uR4p3o5usCpEOTRcD+oSw63h8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/&#10;G8tnYAHHcIVhqh+rQxE7HdyJtGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBF0JHTJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6DE9D2D1" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzLUqBKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7e961mB4WuAVPw+SzlTBkJZWN2Bf+xefxy&#10;y5nzwpRCg1EFPyrH71efPy07m6sF1KBLhYyCGJd3tuC19zZPEidr1Qo3A6sMOSvAVnja4i4pUXQU&#10;vdXJIk2zpAMsLYJUztHpenDyVYxfVUr671XllGe64FSbjyvGdRvWZLUU+Q6FrRs5liH+oYpWNIaS&#10;nkKthRdsj81fodpGIjio/ExCm0BVNVJFDsRmnn5g81YLqyIXao6zpza5/xdWvhxekTVlwReklBEt&#10;afQ0toNOqD2ddTmh3uwrBoLOPoP85ciRvPOEjRsxfYVtwBI91sdeH0+9Vr1nkg6zqyydZySJJN98&#10;cROlSEQ+3ZV7558UxDji8Oz8oFQ5WaKeLNmbyUTSOyito9KeM1IaOSOlt4PSVvhwLxQXTNadCwln&#10;LRzUBqLXf6icSjt7tblEZVfXd9k1UZlYEnZAkBHSUK8GI6Ym+5KcNqGKm7vsNg6QA92Uj43WoQqH&#10;u+2DRnYQYXzjF3hQhHcwi86vhasHXHSNMG1GnQZpgkhbKI8keUciF9z93gtUnOlvhoYqPJDJwMnY&#10;TgZ6/QDxGcUGUc5N/1OgZSF9wT0p+wLTyIp8Ei1QP2HDTQNf9x6qJigaZ2ioaNzQnEeC45sMD+ly&#10;H1HnP8fqDwAAAP//AwBQSwMEFAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYw&#10;IY4eJYhFBsxg5/WIvYTPzevNPbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBO&#10;xYWfDNJt54NTiWTouQ7qSOHO8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8&#10;vpqbR2DJzOlshhM+oUNNTFu/Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAsy1KgSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="58"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0194251F" wp14:editId="2B60BC67">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="248A0D70" wp14:editId="5F3250A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="360424ED" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVjImuKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2MOMXQoMWA&#10;oivQDDsrshwblUWNUmLn70fJdpJ2t6E+CJT4RPLxUV7edY1mB4WuBpPz2WTKmTISitrscv5r8/Dt&#10;ljPnhSmEBqNyflSO362+flm2NlNzqEAXChkFMS5rbc4r722WJE5WqhFuAlYZcpaAjfC0xV1SoGgp&#10;eqOT+XSaJi1gYRGkco5O172Tr2L8slTS/yxLpzzTOafafFwxrtuwJqulyHYobFXLoQzxH1U0ojaU&#10;9BRqLbxge6z/CdXUEsFB6ScSmgTKspYqciA2s+kHNq+VsCpyoeY4e2qT+7yw8vnwgqwucj5fcGZE&#10;Qxo9Du2gE2pPa11GqFf7goGgs08g3xw5kneesHEDpiuxCViix7rY6+Op16rzTNJhepVOZylJIsk3&#10;m99EKRKRjXfl3vlHBTGOODw53ytVjJaoRkt2ZjSR9A5K66i054yURs5I6W2vtBU+3AvFBZO150LC&#10;WQMHtYHo9R8qp9LOXm0uUenV9SK9JiojS8L2CDJCGupVb8TUZF+S0yZUcbNIb+MAOdB18VBrHapw&#10;uNvea2QHEcY3foEHRXgHs+j8Wriqx0XXANNm0KmXJoi0heJIkrckcs7dn71AxZn+YWiowgMZDRyN&#10;7Wig1/cQn1FsEOXcdL8FWhbS59yTss8wjqzIRtEC9RM23DTwfe+hrIOicYb6ioYNzXkkOLzJ8JAu&#10;9xF1/nOs/gIAAP//AwBQSwMEFAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYw&#10;IY4eJYhFBsxg5/WIvYTPzevNPbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBO&#10;xYWfDNJt54NTiWTouQ7qSOHO8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8&#10;vpqbR2DJzOlshhM+oUNNTFu/Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAVYyJrigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10211"/>
+        </w:tabs>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="135" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="284D4E78" wp14:editId="38C81AB9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3204,81 +3553,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5FE4D046" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvl196JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5HzBmREN&#10;SfQ4dGMRmtNazAjzal9coIf2CeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkwX6XSWkiCSfLP5&#10;MgqRiGy8Kw/oHxXEOOL4hL7XqRgtUY2W7MxoOlI76Kyjzp4z0tlxRjrvep2t8OFeKC6YrL0UEs4a&#10;OKotRK//UDmVdvFqc41KF19vb5ZLzkaWhO0RZIQ01KveiKnJvianTahieZvexPFB0HXxUGsdqkC3&#10;391rx44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5uaKTC8xgNNxq7&#10;0XBe30N8RLFBlHPb/RTOspA+556UfYZxYEU2ihaon7HhpoFvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAh&#10;jh4liEUGzGDn9Yi9hM/N6809sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7F&#10;hZ8M0m3ng1OJZOi5DupI4c7yPMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+&#10;mptHYMnM6WyGEz6hQ01MW79HHZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvl196JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5BD07011" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjCny3KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPmC2mNE&#10;Qxo9Du2gE2pP6zAj1Kt7gUAQ3ZOVv5AcyTtP2OCA6UpoApbosS72+nTuteo8k3SYLtLpLKWcknyz&#10;+TLmSkQ23pUH9I/Kxjji+IS+V6oYLVGNluzMaALpHZTWUWnPGSkNnJHSu15pJ3y4F4oLJmsvhYSz&#10;xh7V1kav/1A5lXbxanONShdfb2+WS85GloTtEWSENNSr3oipyb4mp02oYnmb3sQBQqvr4qHWOlSB&#10;sN/da2BHEcY3foEHRXgHc4B+I7DqcdE1wLQZdOqlCSLtbHEiyVsSOef4+yBAcaa/Gxqq8EBGA0Zj&#10;Nxrg9b2Nzyg2iHJuu58CHAvpc+5J2Wc7jqzIRtEC9TM23DT228Hbsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyoY4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT&#10;4uBRgphlwAy2Xg/YSfhev989AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NU&#10;nPnRIP32PjiVSIaO66BOZO4sv8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXt&#10;zVQ/A0tmShcYzvWpOlTUaecPqCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAjCny3KAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="15"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3928805B" wp14:editId="61D0E63B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FB60FD5" wp14:editId="368A5C69">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3287,180 +3635,220 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3B092BFC" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbExL6KAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzkmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7ddo1mR4WuBpPz2WTKmTISitrsc/66vf+y&#10;5Mx5YQqhwaicvynHb9efP61am6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpf5SlU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;egq1EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm5dKWBW5UHOcPbXJ/b+w8un4jKwucn7NmREN&#10;SfQwdOM6NKe1LiPMi33GQM/ZR5C/HDmSd56wcQOmK7EJWCLHutjpt1OnVeeZpMP0Kp3OUhJEkm82&#10;X0QhEpGNd+XB+QcFMY44Pjrf61SMlqhGS3ZmNJHUDjrrqLPnjHRGzkjnXa+zFT7cC8UFk7XnQsJZ&#10;A0e1hej1Hyqn0s5ebS5R6dXXm+ViwdnIkrA9goyQhnrVGzE12ZfktAlVLG7SZRwfB7ou7mutQxUO&#10;97s7jewowvDGL/CgCO9gFp3fCFf1uOgaYNoMOvXSBJF2ULyR4C1pnHP3+yBQcaa/Gxqp8DxGA0dj&#10;Nxro9R3ERxQbRDm33U+BloX0Ofek7BOMAyuyUbRA/YQNNw18O3go66BonKG+omFDUx4JDi8yPKPL&#10;fUSd/xvrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMO&#10;vnMkQcwSYEi10x01Ej53b3crYD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+&#10;5nqkeDu6waoQ5dBwPahLDLeGz5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2&#10;ZiyfgAUcwx8MU/1YHYrY6eBOpD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAWxMS+igCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="189ADE8F" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFq7+YKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5Hwx48yI&#10;hjR6HNpBJ9Se1mJGqFf74gJBtE8gfyE5kneesMEB05WuCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+oIMYRxyf0vVLFaIlqtGRnRtOR3kFpHZX2nJHSjjNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/YfKqbSLV5trVLr4enuzXHI2siRsjyAjpKFe9UZMTfY1OW1CFcvb9CYOEIKui4da61AF&#10;uv3uXjt2FGF84xd4UIR3MOvQbwRWPS66Bpg2g069NEGkHRQnkrwlkXOOvw/CKc70d0NDFR7IaLjR&#10;2I2G8/oe4jOKDaKc2+6ncJaF9Dn3pOwzjCMrslG0QP2MDTcNfDt4KOugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQCSD5F/3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqO2mohDiVAHxI/VG2h64ubGbRMTryHbb8PZsT3Cc2U+zM8VqcgM7&#10;2RB7jwrkTACz2HjTY6tgu3m7ewAWk0ajB49WwY+NsCqvrwqdG3/GT3uqU8soBGOuFXQpjTnnsems&#10;03HmR4t0O/jgdCIZWm6CPlO4G/hciHvudI/0odOjfels810fnYIqbDKs6t0gDs/vy9ePtf5ayrVS&#10;tzdT9QQs2Sn9wXCpT9WhpE57f0QT2UBaZhmhChZzmnABpFw8AtuTkwngZcH/Tyh/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAMWrv5gpAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="50"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...15 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10162"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="261D4C63" wp14:editId="4D083B78">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7507EFB3" wp14:editId="4C8391C6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3469,81 +3857,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4135B307" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8/sCJJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SxGmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mR+WwBpPz2WTKmTISitrsc/5j+/jl&#10;ljP0whRCg1E5Pynk9+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpv5clKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbN4qYVXkQs1Be24T/r+w8uX46lhd5HzBmREN&#10;SfQ0dGMRmtNazAjzZl9doIf2GeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkxv0uksJUEk+Wbz&#10;ZRQiEdl4Vx7QPymIccTxGX2vUzFaohot2ZnRdKR20FlHnT1npLPjjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/oXIq7eLV5hqV3izubpdLzkaWhO0RZIQ01KveiKnJvianTahieZfexvFB0HXxWGsdqkC3&#10;3z1ox44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5maKTC8xgNNxq7&#10;0XBeP0B8RLFBlHPb/RTOspA+556UfYFxYEU2ihaon7HhpoGvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8/sCJJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="2AAE52AC" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvSfvoKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPlizpkR&#10;DWn0OLSDTqg9rcOMUK/uBQJBdE9W/kJyJO88YYMDpiuhCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+obIwjjk/oe6WK0RLVaMnOjCaQ3kFpHZX2nJHSwBkpveuVdsKHe6G4YLL2Ukg4&#10;a+xRbW30+g+VU2kXrzbXqHTx9fZmueRsZEnYHkFGSEO96o2YmuxrctqEKpa36U0cILS6Lh5qrUMV&#10;CPvdvQZ2FGF84xd4UIR3MAfoNwKrHhddA0ybQademiDSzhYnkrwlkXOOvw8CFGf6u6GhCg9kNGA0&#10;dqMBXt/b+IxigyjntvspwLGQPueelH2248iKbBQtUD9jw01jvx28LeugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqOMEKIQ4VUD8SL2R0kNvbuImEfY6st02vD2bE5xWszua/aZYTdaw&#10;k/ZhcChBLBJgGhvXDthJ+Nq83TwAC1Fhq4xDLeFHB1iVlxeFylt3xk99qmPHKARDriT0MY4556Hp&#10;tVVh4UaNdDs4b1Uk6TveenWmcGt4miT33KoB6UOvRv3S6+a7PloJld9kWNVbkxye35evH2u1W4q1&#10;lNdXU/UELOop/plhxid0KIlp747YBmZIiywjq4Q0pTkbhLh9BLafN3fAy4L/r1D+AgAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAO9J++gpAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FDE4BB3" wp14:editId="1E0AFB74">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E7C3A8F" wp14:editId="2EDF73CA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3552,152 +3939,607 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="00ABB207" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVybcdJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXOU85M6Ih&#10;iR6HbqShOa11GWFe7QsGes4+gfzlyJG884SNGzBdiU3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQfnHxXEOOL45HyvUzFaohot2ZnRRFI76Kyjzp4z0hk5I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vl4sFZyNLwvYIMkIa6lVvxNRkX5PTJlSxuE2XcXwc6Lp4qLUOVTjc&#10;7+41sqMIwxu/wIMivINZdH4jXNXjomuAaTPo1EsTRNpBcSLBW9I45+73QaDiTH83NFLheYwGjsZu&#10;NNDre4iPKDaIcm67nwItC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjjptAS4lQBAZV6I6UHbm68TSLsdRS7bfh7nBMcZ/ZpdiZfj9awMw6+&#10;cyRBzBJgSLXTHTUSPndvdytgPijSyjhCCT/oYV1cX+Uq0+5CH3iuQsNiCPlMSWhD6DPOfd2iVX7m&#10;eqR4O7rBqhDl0HA9qEsMt4bPk+SBW9VR/NCqHl9arL+rk5VQDruUympvkuPz+/J1s1VfS7GV8vZm&#10;LJ+ABRzDHwxT/Vgditjp4E6kPTNRizSNqITFfdw0AUIsHoEdJmcOvMj5/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCVybcdJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkxPhF3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="349D18F0" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ6DjHKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5Hyx4MyI&#10;hjR6HNpBJ9Se1mJGqFf74gJBtE8gfyE5kneesMEB05WuCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+oIMYRxyf0vVLFaIlqtGRnRtOR3kFpHZX2nJHSjjNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/YfKqbSLV5trVLr4enuzXHI2siRsjyAjpKFe9UZMTfY1OW1CFcvb9CYOEIKui4da61AF&#10;uv3uXjt2FGF84xd4UIR3MOvQbwRWPS66Bpg2g069NEGkHRQnkrwlkXOOvw/CKc70d0NDFR7IaLjR&#10;2I2G8/oe4jOKDaKc2+6ncJaF9Dn3pOwzjCMrslG0QP2MDTcNfDt4KOugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLA0tG5SmU0HApN3o4MAta7y2InGqJtvK25Oe4Pjbn35/LtaTNeyE&#10;o+8dSRCLBBhS43RPrYSP3evNPTAfFGllHKGEH/SwLi8vCpVrd6Z3PNWhZbGEfK4kdCEMOee+6dAq&#10;v3ADUtwd3GhViHFsuR7VOZZbw2+TZMmt6ile6NSAzx023/XRSqjGXUpV/WmSw9Pb6mWzVV8rsZXy&#10;+mqqHoEFnMIfDLN+VIcyOu3dkbRnJmaRphGVkN1lwGZAiOwB2H6eLIGXBf//QvkLAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEACeg4xykCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAuZ/Dwt4AAAAKAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
         <w:spacing w:before="5"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="2294"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="8"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1325"/>
+          <w:tab w:val="left" w:pos="3683"/>
+          <w:tab w:val="left" w:pos="4996"/>
+          <w:tab w:val="left" w:pos="5804"/>
+          <w:tab w:val="left" w:pos="9217"/>
+          <w:tab w:val="left" w:pos="9824"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="168"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="265D5A6C" wp14:editId="6662AD6F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D69DF54" wp14:editId="71A97646">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3706,141 +4548,970 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1E5C5676" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyJGVuJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOV9wZkRD&#10;Ej0O3ViE5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQf0jwpiHHF8Qt/rVIyWqEZLdmY0HakddNZRZ88Z6ew4I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vlwvq3siSsD2CjJCGetUbMTXZ1+S0CVUsbtNlHB8EXRcPtdahCnT7&#10;3b127CjC8MYv8KAI72DWod8IrHpcdA0wbQademmCSDsoTiR4SxrnHH8fhFOc6e+GRio8j9Fwo7Eb&#10;Def1PcRHFBtEObfdT+EsC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEAbTKMb94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjBFEa4lQB8ZC6I6ULdtPYTSLicWS7bfh7nFVZ3pmjO2eK9WQGdtLO&#10;95YkiEUCTFNjVU+thK/t290jMB+QFA6WtIRf7WFdXl8VmCt7pk99qkPLYgn5HCV0IYw5577ptEG/&#10;sKOmuDtYZzDE6FquHJ5juRl4miQP3GBP8UKHo37pdPNTH42Eym0zqurdkBye35evHxv8XoqNlLc3&#10;U/UELOgpXGCY9aM6lNFpb4+kPBtiFlkWUQlpKoDNgBD3K2D7eZIBLwv+/4XyDwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPIkZW4nAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="65F1425F" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jXIIKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yPzUmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGL334+S7STtbsN8ECjxieTjo7y+7RrNTsphDSbns8mUM2UkFLU55PzH7v7T&#10;ijP0whRCg1E5f1XIbzcfP6xbm6k5VKAL5RgFMZi1NueV9zZLEpSVagROwCpDzhJcIzxt3SEpnGgp&#10;eqOT+XSaJi24wjqQCpFOt72Tb2L8slTSfy9LVJ7pnFNtPq4urvuwJpu1yA5O2KqWQxniH6poRG0o&#10;6TnUVnjBjq7+K1RTSwcIpZ9IaBIoy1qqyIHYzKbv2LxUwqrIhZqD9twm/H9h5dPp2bG6yPniM2dG&#10;NKTRw9AOOqH2tBYzQr3YZxcIon0E+QvJkbzxhA0OmK50TcASPdbFXr+ee606zyQdpot0OktJEkm+&#10;2XwZpUhENt6VR/QPCmIccXpE3ytVjJaoRkt2ZjQd6R2U1lFpzxkp7Tgjpfe90lb4cC8UF0zWXgoJ&#10;Zw2c1A6i17+rnEq7eLW5RqWLLzer5ZKzkSVhewQZIQ31qjdiarKvyWkTqljepKs4QAi6Lu5rrUMV&#10;6A77O+3YSYTxjV/gQRHewKxDvxVY9bjoGmDaDDr10gSR9lC8kuQtiZxz/H0UTnGmvxkaqvBARsON&#10;xn40nNd3EJ9RbBDl3HU/hbMspM+5J2WfYBxZkY2iBepnbLhp4OvRQ1kHReMM9RUNG5rzSHB4k+Eh&#10;Xe8j6vLn2PwBAAD//wMAUEsDBBQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLM2KKCtNp4JgSLvRwYGb12RtReNUSbaVt196guNvf/r9uVhPZmAn&#10;7XxvSYJYJMA0NVb11Er43L3dPQLzAUnhYElL+NUe1uX1VYG5smf60Kc6tCyWkM9RQhfCmHPum04b&#10;9As7aoq7g3UGQ4yu5crhOZabgS+T5IEb7Cle6HDUL51ufuqjkVC5XUpV/TUkh+dN9vq+xe9MbKW8&#10;vZmqJ2BBT+EPhlk/qkMZnfb2SMqzIWaRphGVsBQZsBkQ4n4FbD9PVsDLgv9/obwAAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAu41yCCkCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAdBoaRN4AAAAKAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:spacing w:before="118" w:after="5"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72A4711C" wp14:editId="29942DB1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D2B56B1" wp14:editId="52A97022">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="468BE579" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5wj72KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07cJW2NOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7edY1mB+WwBpPz2WTKmTISitrscv62efhy&#10;wxl6YQqhwaicHxXyu9XnT8vWZiqFCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yWFEy1F&#10;b3SSTqeLpAVXWAdSIdLpunfyVYxflkr6H2WJyjOdc6rNx9XFdRvWZLUU2c4JW9VyKEP8QxWNqA0l&#10;PYVaCy/Y3tV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntqE/y+sfD68OFYXOb+ac2ZE&#10;Qxo9Du2gE2pPazEj1Kt9cYEg2ieQv5AcyTtP2OCA6UrXBCzRY13s9fHUa9V5JulwcTVP519JEkm+&#10;WXodpUhENt6Ve/SPCmIccXhC3ytVjJaoRkt2ZjQd6R2U1lFpzxkp7Tgjpbe90lb4cC8UF0zWngsJ&#10;Zw0c1Aai13+onEo7e7W5RBGV2W2acjayJGyPICOkoV71RkxN9iU5bUIV17eLmzhACLouHmqtQxXo&#10;dtt77dhBhPGNX+BBEd7BrEO/Flj1uOgaYNoMOvXSBJG2UBxJ8pZEzjn+3gunONPfDQ1VeCCj4UZj&#10;OxrO63uIzyg2iHJuup/CWRbS59yTss8wjqzIRtEC9RM23DTwbe+hrIOicYb6ioYNzXkkOLzJ8JAu&#10;9xF1/nOs/gAAAP//AwBQSwMEFAAGAAgAAAAhAGSlSljfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo05SfEuJUKBJVQQiJtBdubrwkEfE6st02fXs2JzitZnY0+22+Gm0v&#10;juhD50jBfJaAQKqd6ahRsNu+3CxBhKjJ6N4RKjhjgFVxeZHrzLgTfeKxio3gEgqZVtDGOGRShrpF&#10;q8PMDUi8+3be6sjSN9J4feJy28s0Se6l1R3xhVYPWLZY/1QHq8B/va93w+Zj/Vji2+2rK8/DpqqU&#10;ur4an59ARBzjXxgmfEaHgpn27kAmiJ71fLHgqII05TkF2HkAsZ+cO5BFLv+/UPwCAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAucI+9igCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAZKVKWN8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="493FAC28" wp14:editId="2ABC5246">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="293D1A76" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTIHqGKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07cNW2NOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t6I+CJT4RPLxUV7cdo1me+WwBpPz2WTKmTISitpsc/66vv92&#10;zRl6YQqhwaicHxTy2+XXL4vWZiqFCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yaFEy1F&#10;b3SSTqfzpAVXWAdSIdLpqnfyZYxflkr6X2WJyjOdc6rNx9XFdRPWZLkQ2dYJW9VyKEN8oIpG1IaS&#10;HkOthBds5+r/QjW1dIBQ+omEJoGyrKWKHIjNbPqOzUslrIpcqDloj23Czwsrn/bPjtVFzi/mnBnR&#10;kEYPQzvohNrTWswI9WKfXSCI9hHkHyRH8sYTNjhgutI1AUv0WBd7fTj2WnWeSTqcX1yml99JEkm+&#10;WXoVpUhENt6VO/QPCmIcsX9E3ytVjJaoRkt2ZjQd6R2U1lFpzxkp7TgjpTe90lb4cC8UF0zWngoJ&#10;Zw3s1Rqi17+rnEo7ebU5RxGV2U2acjayJGyPICOkoV71RkxN9jk5bUIVVzfz6zhACLou7mutQxXo&#10;tps77dhehPGNX+BBEd7ArEO/Elj1uOgaYNoMOvXSBJE2UBxI8pZEzjn+3QmnONM/DQ1VeCCj4UZj&#10;MxrO6zuIzyg2iHKuu9/CWRbS59yTsk8wjqzIRtEC9SM23DTwY+ehrIOicYb6ioYNzXkkOLzJ8JDO&#10;9xF1+nMs/wEAAP//AwBQSwMEFAAGAAgAAAAhAMbnYWLeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoE1L+QpwKRaIqCCEReuHmxksSEa8j223Tt2dzguPMfpqdKVaTHcQB&#10;fegdKUgXCQikxpmeWgXbz+erexAhajJ6cIQKThhgVZ6fFTo37kgfeKhjKziEQq4VdDGOuZSh6dDq&#10;sHAjEt++nbc6svStNF4fOdwO8jpJbqXVPfGHTo9Yddj81HurwH+9rbfj5n39UOHr8sVVp3FT10pd&#10;XkxPjyAiTvEPhrk+V4eSO+3cnkwQA+s0yxhVsLxJQcwAO3cgdrOTgSwL+X9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCTIHqGKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDG52Fi3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15AD15CF" wp14:editId="2C2A5987">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="12D0CC98" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1gbmpKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07cNWmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7edY1mB+WwBpPz2WTKmTISitrscv62efhy&#10;wxl6YQqhwaicHxXyu9XnT8vWZiqFCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yWFEy1F&#10;b3SSTqfzpAVXWAdSIdLpunfyVYxflkr6H2WJyjOdc6rNx9XFdRvWZLUU2c4JW9VyKEP8QxWNqA0l&#10;PYVaCy/Y3tV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntqE/y+sfD68OFYXOb9acGZE&#10;Qxo9Du2gE2pPazEj1Kt9cYEg2ieQv5AcyTtP2OCA6UrXBCzRY13s9fHUa9V5JulwfnWdXn8lSST5&#10;ZukiSpGIbLwr9+gfFcQ44vCEvleqGC1RjZbszGg60jsoraPSnjNS2nFGSm97pa3w4V4oLpisPRcS&#10;zho4qA1Er/9QOZV29mpziSIqs9s05WxkSdgeQUZIQ73qjZia7Ety2oQqFrfzmzhACLouHmqtQxXo&#10;dtt77dhBhPGNX+BBEd7BrEO/Flj1uOgaYNoMOvXSBJG2UBxJ8pZEzjn+3gunONPfDQ1VeCCj4UZj&#10;OxrO63uIzyg2iHJuup/CWRbS59yTss8wjqzIRtEC9RM23DTwbe+hrIOicYb6ioYNzXkkOLzJ8JAu&#10;9xF1/nOs/gAAAP//AwBQSwMEFAAGAAgAAAAhAFC54NzfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo0x+VNsSpUCSqghASaS/c3HhJIuK1Fbtt+vZsTnCc2U+zM9lmsJ04&#10;Yx9aRwqmkwQEUuVMS7WCw/7lYQUiRE1Gd45QwRUDbPLbm0ynxl3oE89lrAWHUEi1giZGn0oZqgat&#10;DhPnkfj27XqrI8u+lqbXFw63nZwlyVJa3RJ/aLTHosHqpzxZBf3X+/bgdx/bdYFvi1dXXP2uLJW6&#10;vxuen0BEHOIfDGN9rg45dzq6E5kgOtbT+ZxRBcvVDMQIsPMI4jg6C5B5Jv9PyH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAdYG5qSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAULng3N8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FB953C7" wp14:editId="33CFDAED">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3849,285 +5520,79 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3FD68792" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8x13GJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOSehjGhI&#10;osehG8vQnNZiRphX++ICPbRPIH8hOZJ3nrDBAdOVrglYIse62OnTudOq80zSYXqTTmcpCSLJN5sv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF68216j05uvtcrHgbGRJ2B5BRkhDveqNmJrsa3LahCoWt+kyjg+CrouHWutQBbr9&#10;7l47dhRheOMXeFCEdzDr0G8EVj0uugaYNoNOvTRBpB0UJxK8JY1zjr8PwinO9HdDIxWex2i40diN&#10;hvP6HuIjig2inNvup3CWhfQ596TsM4wDK7JRtED9jA03DXw7eCjroGicob6iYUNTHgkOLzI8o+t9&#10;RF3+G+s/AAAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8x13GJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6792D523" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSAxASKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPmClDKi&#10;IY0eh3bQCbWndZgR6tW9QCCI7snKX0iO5J0nbHDAdCU0AUv0WBd7fTr3WnWeSTpMF+l0lpIkknyz&#10;+TJKkYhsvCsP6B+VjXHE8Ql9r1QxWqIaLdmZ0QTSOyito9KeM1IaOCOld73STvhwLxQXTNZeCgln&#10;jT2qrY1e/6FyKu3i1eYalS6+3t4sl5yNLAnbI8gIaahXvRFTk31NTptQxfI2vYkDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAO5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/NzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGnst4O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCft&#10;fG9JglgkwDQ1VvXUSvjcvd09AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0&#10;CztqiruDdQZDjK7lyuE5lpuBL5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9&#10;maonYEFP4Q+GWT+qQxmd9vZIyrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBSAxASKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34A9B625" wp14:editId="6DBD70EC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="480E83A6" wp14:editId="6FDD5111">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4136,81 +5601,79 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3C85FB9A" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbKo+1JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzGmMOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Dl&#10;ljP0whRCW6NyflLI79afP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTS/yhLVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxWwqnIhZqD7twm/H9h5fPxBVhd5HzJmREN&#10;SfQ4dGMZmtM6zAjz6l4g0EP3ZOUvJEfyzhM2OGC6EpqAJXKsi50+nTutOs8kHaY36XSWkiCSfLP5&#10;IgqRiGy8Kw/oH5WNccTxCX2vUzFaohot2ZnRBFI76Kyjzp4z0hk4I513vc5O+HAvFBdM1l4KCWeN&#10;PaqtjV7/oXIq7eLV5hqV3nxd3i4WnI0sCdsjyAhpqFe9EVOTfU1Om1DFYpnexvFBq+viodY6VIGw&#10;391rYEcRhjd+gQdFeAdzgH4jsOpx0TXAtBl06qUJIu1scSLBW9I45/j7IEBxpr8bGqnwPEYDRmM3&#10;GuD1vY2PKDaIcm67nwIcC+lz7knZZzsOrMhG0QL1MzbcNPbbwduyDorGGeorGjY05ZHg8CLDM7re&#10;R9Tlv7H+AwAA//8DAFBLAwQUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBCiEOFVA/Ei9kdJDb27iJhH2OrLdNrw9mxOcVrM7mv2mWE3WsJP2&#10;YXAoQSwSYBob1w7YSfjavN08AAtRYauMQy3hRwdYlZcXhcpbd8ZPfapjxygEQ64k9DGOOeeh6bVV&#10;YeFGjXQ7OG9VJOk73np1pnBreJok99yqAelDr0b90uvmuz5aCZXfZFjVW5Mcnt+Xrx9rtVuKtZTX&#10;V1P1BCzqKf6ZYcYndCiJae+O2AZmSIssI6uENKU5G4S4fQS2nzd3wMuC/69Q/gIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBbKo+1JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="21CECA98" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0otM9KQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPLB9GnGJo0GJA&#10;0RVoip0VWY6NyZJGKrHz70fJdpJ2t2E+CJT4RPLxUV7ftbVmJwVYWZPxyWjMmTLS5pU5ZPxt9/Bl&#10;yRl6YXKhrVEZPyvkd5vPn9aNS9XUllbnChgFMZg2LuOl9y5NEpSlqgWOrFOGnIWFWnjawiHJQTQU&#10;vdbJdDyeJ42F3IGVCpFOt52Tb2L8olDS/ygKVJ7pjFNtPq4Q131Yk81apAcQrqxkX4b4hypqURlK&#10;egm1FV6wI1R/haorCRZt4UfS1oktikqqyIHYTMYf2LyWwqnIhZqD7tIm/H9h5fPpBViVZ3y24syI&#10;mjR67NtBJ9SexmFKqFf3AoEguicrfyE5kneesMEe0xZQByzRY23s9fnSa9V6JulwPpuPJ3OSRJJv&#10;Ml1EKRKRDnflEf2jsjGOOD2h75TKB0uUgyVbM5hAegeldVTac0ZKA2ek9L5T2gkf7oXigsmaayHh&#10;rLYntbPR6z9UTqVdvdrcouazr6vlYsHZwJKwHYKMkIZ61RkxNdm35LQJVSxW82UcILS6yh8qrUMV&#10;CIf9vQZ2EmF84xd4UIR3MAfotwLLDhddPUybXqdOmiDS3uZnkrwhkTOOv48CFGf6u6GhCg9kMGAw&#10;9oMBXt/b+Ixigyjnrv0pwLGQPuOelH22w8iKdBAtUL9gw01jvx29LaqgaJyhrqJ+Q3MeCfZvMjyk&#10;231EXf8cmz8AAAD//wMAUEsDBBQABgAIAAAAIQCJkmJg3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqB0SKIQ4VUD8SL2RwoGbG7tJhL2ObLcNb8/2BMeZ/TQ7U61mZ9nB&#10;hDh6lJAtBDCDndcj9hI+Ni9Xd8BiUqiV9Wgk/JgIq/r8rFKl9kd8N4c29YxCMJZKwpDSVHIeu8E4&#10;FRd+Mki3nQ9OJZKh5zqoI4U7y6+FuOVOjUgfBjWZp8F03+3eSWjCJsem/bRi9/i6fH5bq69ltpby&#10;8mJuHoAlM6c/GE71qTrU1Gnr96gjs6SzPCdUQlHQhBOQZcU9sC05NwJ4XfH/E+pfAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALSi0z0pAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17A1F284" wp14:editId="3AE17145">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="187BEA3F" wp14:editId="64D62A1B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4219,15925 +5682,11668 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39B6659D" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7A/ElKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtqjxEN&#10;afQ4tINOqD2tw4xQr+4FAkF0T1b+QnIk7zxhgwOmK6EJWKLHutjr07nXqvNM0mF6k05nKeWU5JvN&#10;FzFXIrLxrjygf1Q2xhHHJ/S9UsVoiWq0ZGdGE0jvoLSOSnvOSGngjJTe9Uo74cO9UFwwWXspJJw1&#10;9qi2Nnr9h8qptItXm2tUevP1drlYcDayJGyPICOkoV71RkxN9jU5bUIVi9t0GQcIra6Lh1rrUAXC&#10;fnevgR1FGN/4BR4U4R3MAfqNwKrHRdcA02bQqZcmiLSzxYkkb0nknOPvgwDFmf5uaKjCAxkNGI3d&#10;aIDX9zY+o9ggyrntfgpwLKTPuSdln+04siIbRQvUz9hw09hvB2/LOigaZ6ivaNjQnEeCw5sMD+l6&#10;H1GXP8f6DwAAAP//AwBQSwMEFAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sDS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDb5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD7A/ElKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="444285AF" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmktySKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzUmNOMXQoMWA&#10;oivQDDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/zH9uHT&#10;kjP0whRCW6NyflLI79YfP6xal6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTSfy9LVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKbv2LxWwqnIhZqD7twm/H9h5fPxBVhd5PwztceI&#10;hjR6HNpBJ9Se1mFGqFf3AoEguicrfyE5kjeesMEB05XQBCzRY13s9enca9V5JukwvUmns5RySvLN&#10;5ouYKxHZeFce0D8qG+OI4xP6XqlitEQ1WrIzowmkd1BaR6U9Z6Q0cEZK73qlnfDhXigumKy9FBLO&#10;GntUWxu9/l3lVNrFq801Kr35crtcLDgbWRK2R5AR0lCveiOmJvuanDahisVtuowDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAG5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/MzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGns14O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyobYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7&#10;xSGgArkQwCy2wQzYKfjYvtysgMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6&#10;LsJokW77MHmdSE4dN5M+Ubh3/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T1&#10;1Vw/AEt2Tn8wnOtTdaio0y4c0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA5pLckigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...190 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-[...175 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="171"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10116"/>
+        </w:tabs>
+        <w:spacing w:before="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3696"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>қала/ауыл)</w:t>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="121"/>
-[...242 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...196 lines deleted...]
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="112"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="2649"/>
+          <w:tab w:val="left" w:pos="3261"/>
+        </w:tabs>
+        <w:ind w:left="203"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...110 lines deleted...]
-        <w:t>күні):</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="7489"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1672 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="407C86BD" wp14:editId="0449DEC6">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="071A48FF" wp14:editId="166F036E">
                 <wp:extent cx="1708785" cy="8890"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="635"/>
-                <wp:docPr id="20" name="Group 20"/>
+                <wp:docPr id="41" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1708785" cy="8890"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1708785" cy="8890"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="4416"/>
                             <a:ext cx="1708785" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="1708785">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="1708659" y="0"/>
+                                  <a:pt x="1708396" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="8833">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="769F8332" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASQ+9wewIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0Xx2nL9eIUwzNWgwo&#10;ugLNsLMiyw9MljRKidN/P4qOkzYtduh8MCiR4uP7SM6ut51mGwW+tabg6cmEM2WkLVtTF/zn8vZL&#10;xpkPwpRCW6MK/qw8v55//jTrXa6mtrG6VMDQifF57wrehODyJPGyUZ3wJ9Ypg8rKQicCHqFOShA9&#10;eu90Mp1MLpLeQunASuU93i4GJZ+T/6pSMvyoKq8C0wXH3AL9gf6r+E/mM5HXIFzTyl0a4gNZdKI1&#10;GHTvaiGCYGto37jqWgnW2yqcSNsltqpaqagGrCadHFVzB3btqJY672u3hwmhPcLpw27lw+YRWFsW&#10;fIrwGNEhRxSW4RnB6V2do80duCf3CEOFKN5b+dujOjnWx3N9MN5W0MVHWCjbEurPe9TVNjCJl+nl&#10;JLvMzjmTqMuyqx0pskHm3jySzbd/PUtEPoSkxPaJ9A67yx8A9P8H4FMjnCJefARnBDA9ADj00zQd&#10;ICSriB8B6nO/g/JddM7O0ouhLd8FKJ1eEkD7SkUu1z7cKUtAi829D0NTl6MkmlGSWzOKgKMRh0LT&#10;UATOcCiAMxyK1RDdiRDfRfaiyPoDU/Gusxu1tKQNRyxhagetNi+tItcX51ecjW2AtoMFCjEMttQg&#10;UGiUXxanTcwiy05Pada81W1522ods/BQr240sI2Ik05frAM9vDJz4MNC+GawI9XOTBtq55Gd2DIr&#10;Wz4juT2uh4L7P2sBijP93WD7xF0yCjAKq1GAoG8sbRwCCGMut78EOBbDFzwgsw927CKRj6TF0ve2&#10;8aWxX9fBVm1kFDt6zGh3wI4miZYDSq+2z8szWR3W7fwvAAAA//8DAFBLAwQUAAYACAAAACEAhpJj&#10;utoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92katGYTSlFPRXBVhBv&#10;0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGW&#10;xeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5KFdtiwLNTY0bqm&#10;8rg9OQOvI46r2/R52BwP6/PX7v7tc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxVvvnhM&#10;Qe0ldAe6yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEkPvcHsCAAC2BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhpJjutoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
-                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+              <v:group w14:anchorId="560E273C" id="Group 41" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4vT5VewIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0X53XUteoUwzNWgwo&#10;2gLtsLMiyw9MljRKiZN/P4qOkzYtduh8MCiR4uP7SF5ebVvNNgp8Y03Ox2cjzpSRtmhMlfOfzzdf&#10;Us58EKYQ2hqV853y/Grx+dNl5zI1sbXVhQKGTozPOpfzOgSXJYmXtWqFP7NOGVSWFloR8AhVUoDo&#10;0Hurk8loNE86C4UDK5X3eLvslXxB/stSyfBQll4FpnOOuQX6A/1X8Z8sLkVWgXB1I/dpiA9k0YrG&#10;YNCDq6UIgq2heeOqbSRYb8twJm2b2LJspKIasJrx6KSaW7BrR7VUWVe5A0wI7QlOH3Yr7zePwJoi&#10;57MxZ0a0yBGFZXhGcDpXZWhzC+7JPUJfIYp3Vv72qE5O9fFcHY23JbTxERbKtoT67oC62gYm8XJ8&#10;PkrP06+cSdSl6cWeFFkjc28eyfr7v54lIutDUmKHRDqH3eWPAPr/A/CpFk4RLz6CMwA4OQLY99Ns&#10;0kNIVhE/AtRnfg/lu+jMZuN535bvAjSenBNAh0pFJtc+3CpLQIvNnQ99UxeDJOpBklsziICjEYdC&#10;01AEznAogDMcilUf3YkQ30X2osi6I1PxrrUb9WxJG05YwtSOWm1eWkWupxdzzoY2QNveAoUYBluq&#10;Fyg0yi+L0yZmkabTKc2at7opbhqtYxYeqtW1BrYRcdLpi3Wgh1dmDnxYCl/3dqTam2lD7TywE1tm&#10;ZYsdktvhesi5/7MWoDjTPwy2T9wlgwCDsBoECPra0sYhgDDm8/aXAMdi+JwHZPbeDl0ksoG0WPrB&#10;Nr409ts62LKJjGJHDxntD9jRJNFyQOnV9nl5Jqvjul38BQAA//8DAFBLAwQUAAYACAAAACEAhpJj&#10;utoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92katGYTSlFPRXBVhBv&#10;0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGW&#10;xeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5KFdtiwLNTY0bqm&#10;8rg9OQOvI46r2/R52BwP6/PX7v7tc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxVvvnhM&#10;Qe0ldAe6yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+L0+VXsCAAC2BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhpJjutoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w:rsidR="009C2192" w:rsidRDefault="009C2192" w:rsidP="00547394">
       <w:pPr>
-        <w:ind w:left="8643"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-        </w:sectPr>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="6735" w:right="776" w:firstLine="2"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6481" w:right="378"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6481" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 12-қосымша</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:line="179" w:lineRule="exact"/>
-        <w:ind w:left="6481" w:right="523"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="681" w:hanging="42"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="221"/>
-[...2 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A7E8872" wp14:editId="334542F3">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="506467A2" wp14:editId="36E885B2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>541019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>166807</wp:posOffset>
+                  <wp:posOffset>164926</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6571615" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="22" name="Graphic 1"/>
+                <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6571615" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6571615">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6571244" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="538844B4" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2pBXzJwIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46NNm2NOMXQoMWA&#10;oivQDDsrshwbkyVNVGLn70fKdpJ2t2E+CJT4RPLxUV7e961mB+Whsabg6WzOmTLSlo3ZFfzH5vHL&#10;LWcQhCmFtkYV/KiA368+f1p2LleZra0ulWcYxEDeuYLXIbg8SUDWqhUws04ZdFbWtyLg1u+S0osO&#10;o7c6yebzRdJZXzpvpQLA0/Xg5KsYv6qUDN+rClRguuBYW4irj+uW1mS1FPnOC1c3cixD/EMVrWgM&#10;Jj2FWosg2N43f4VqG+kt2CrMpG0TW1WNVJEDsknnH9i81cKpyAWbA+7UJvh/YeXL4dWzpix4lnFm&#10;RIsaPY3tSKk7nYMcQW/u1RM/cM9W/gJ0JO88tIER01e+JSyyY31s9fHUatUHJvFwcX2TLtJrziT6&#10;0uwmKpGIfLor9xCelI1xxOEZwiBUOVminizZm8n0KDcJraPQgTMU2nOGQm8HoZ0IdI+KI5N150Lo&#10;rLUHtbHRGz5UjqWdvdpcoohKdnXF2cQSsQMCDUqDvRqMmBrtS3LaUBU3d4vbOD9gdVM+NlpTFeB3&#10;2wft2UHQ9MaPeGCEdzDnIawF1AMuukaYNqNOgzQk0taWR1S8Q40LDr/3wivO9DeDM0XvYzL8ZGwn&#10;wwf9YOMrig3CnJv+p/COUfqCB1T2xU4TK/JJNKJ+wtJNY7/ug60aUjTO0FDRuMExjwTHJ0nv6HIf&#10;Uecfx+oPAAAA//8DAFBLAwQUAAYACAAAACEA8FckGdwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+EMBCF7yb+h2ZMvLkFlA1BysYYPXiE3Ri9zdIRiHTK0rKL/95y0uOb9/LeN8VuMYM40+R6&#10;ywriTQSCuLG651bBYf96l4FwHlnjYJkU/JCDXXl9VWCu7YUrOte+FaGEXY4KOu/HXErXdGTQbexI&#10;HLwvOxn0QU6t1BNeQrkZZBJFW2mw57DQ4UjPHTXf9WwUvHyk9LavPkfzkA3zCeuKT++LUrc3y9Mj&#10;CE+L/wvDih/QoQxMRzuzdmJQkKVJSCpItvcgVj9OohjEcb2kIMtC/v+g/AUAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQA2pBXzJwIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="7204C555" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnQcQsJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048JE2NOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty1RqK6sLBYyCGMxal/PKe5clCcpKNQIn1ilDztJCIzxtYZ8UIFqK&#10;3ugknU4XSWuhcGClQqTTTe/k6xi/LJX0P8oSlWc651SbjyvEdRfWZL0S2R6Eq2o5lCH+oYpG1IaS&#10;nkNthBfsAPVfoZpagkVb+om0TWLLspYqciA2s+kHNq+VcCpyoeagO7cJ/19Y+Xx8AVYXOU85M6Ih&#10;iR6HbqShOa3DjDCv7gUCPXRPVv5CciTvPGGDA6YroQlYIse62OnTudOq80zS4SJdptP5nDNJvll6&#10;E4VIRDbelQf0j8rGOOL4hL7XqRgtUY2W7MxoAqkddNZRZ88Z6Qyckc67XmcnfLgXigsmay+FhLPG&#10;HtXWRq//UDmVdvFqc40iKrP57VfORpaE7RFkhDTUq96Iqcm+JqdNqOLmdrGM44NW18VDrXWoAmG/&#10;u9fAjiIMb/wCD4rwDuYA/UZg1eOia4BpM+jUSxNE2tniRIK3pHHO8fdBgOJMfzc0UuF5jAaMxm40&#10;wOt7Gx9RbBDl3HY/BTgW0ufck7LPdhxYkY2iBepnbLhp7LeDt2UdFI0z1Fc0bGjKI8HhRYZndL2P&#10;qMt/Y/0HAAD//wMAUEsDBBQABgAIAAAAIQASpJxw3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9LT8QwDITvSPyHyEjc2ITCPihNVysk4IhYEHBMG9NWNE7VpA/49bgnOHpmNP4m28+uFSP2ofGk&#10;4XKlQCCV3jZUaXh9ub/YgQjRkDWtJ9TwjQH2+elJZlLrJ3rG8RgrwSUUUqOhjrFLpQxljc6Ele+Q&#10;2Pv0vTORz76StjcTl7tWJkptpDMN8YfadHhXY/l1HJyGn+2jtXE4TOHh6ebtaiw+1Dt6rc/P5sMt&#10;iIhz/AvDgs/okDNT4QeyQbQaduuEkxqSDU9afLW9XoMoFiUBmWfy/4L8FwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACdBxCwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABKknHDcAAAACQEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:left="268" w:right="376"/>
+        <w:spacing w:before="36"/>
+        <w:ind w:left="271" w:right="376"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="39" w:after="1"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="34"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...4 lines deleted...]
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...4 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...43 lines deleted...]
-              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание/ученая степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к диплому/аттестат о </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...107 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...72 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">Квалификационная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...30 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="145"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла педагог-эксперт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">балл </w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-шебер</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь – 7 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-28"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-14"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...74 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...11 lines deleted...]
-                <w:w w:val="110"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов, заместитель руководителя второй</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>екінші</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">санатты </w:t>
-[...12 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>первой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының бірінші</w:t>
-[...94 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...40 lines deleted...]
-              <w:t>жұмыс тәжірибесі</w:t>
+              <w:t>Опыт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кітапшасы/</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заменяющий трудовую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...22 lines deleted...]
-              <w:t>алмастыратын басқа да құжат</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">четырех </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее двух лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
-                <w:w w:val="110"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">более двух лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...57 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...164 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...435 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...22 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы (по должности педагога)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (по должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...19 lines deleted...]
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...17 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений (за последние 3 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-            <w:pPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
               <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="1082" w:firstLine="0"/>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...31 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жеңімпаздарының</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дипломдары, грамоталары</w:t>
+              <w:t>награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-            <w:pPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских/районных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:w w:val="105"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской/районный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 балла, международный – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-            <w:pPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>0,5 балл,</w:t>
-[...290 lines deleted...]
-              <w:t>балл;</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="904"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t xml:space="preserve">Общественно- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>растайтын</w:t>
-[...31 lines deleted...]
-              <w:t>жұмыс)</w:t>
+              <w:t>общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="32"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidSect="003145D7">
+        <w:sectPr w:rsidR="00547394" w:rsidSect="00547394">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="425" w:bottom="713" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="113"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="671"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...17 lines deleted...]
-              <w:t>құжат</w:t>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="1276"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сандары</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(1-ден</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>(от 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>30-ға</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="9644"/>
+          <w:trHeight w:val="11473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="145"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсқа</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
+              <w:t>подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...50 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="199"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ</w:t>
-[...35 lines deleted...]
-            <w:pPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...47 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам «Основы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primary) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT Teaching Knowledge Test» Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL» Certificate in teaching English for young learners International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators: Development and Delivery Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>тілінде</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
-[...10 lines deleted...]
-            <w:pPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="985"/>
-[...130 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1233 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам, согласованным с уполномоченным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="451"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования, реализуемым организациями повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>арттыру</w:t>
-[...117 lines deleted...]
-              <w:t>жеке)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="292"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="18"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="164"/>
+        <w:rPr>
           <w:sz w:val="18"/>
-          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="249" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>– 2 балла, международных – 3 балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="268"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="250" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="253"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте учитываются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты организаций курсов повышения квалификации, согласованные с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последние </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6409" w:right="592"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6409" w:right="590"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="168"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>жылдағы</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:numPr>
-[...11 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...1066 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="258DD3A0" wp14:editId="4CFC672F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EBF2DEE" wp14:editId="2751D549">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>690372</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>168663</wp:posOffset>
+                  <wp:posOffset>164974</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6290310" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="23" name="Graphic 1"/>
+                <wp:docPr id="3" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6290310" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6290310">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6289773" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="65AE6D6E" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfZkOTKAIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4QD6MOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn34+S7STtbsN8ECjxieTjo7y+7xrNTgpdDSbns8mUM2UkFLU55PzH7vHL&#10;kjPnhSmEBqNyflaO328+f1q3NlMpVKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4iEpULQU&#10;vdFJOp3OkxawsAhSOUen297JNzF+WSrpv5elU57pnFNtPq4Y131Yk81aZAcUtqrlUIb4hyoaURtK&#10;egm1FV6wI9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm7dKWBW5UHOcvbTJ/b+w8uX0iqwucp7ecWZE&#10;Qxo9De2Yhe601mUEerOvGPg5+wzylyNH8s4TNm7AdCU2AUvsWBdbfb60WnWeSTqcp6vp3YwUkeSb&#10;pYuoRCKy8a48Ov+kIMYRp2fne6GK0RLVaMnOjCaS3EFoHYX2nJHQyBkJve+FtsKHe6G4YLL2Wkg4&#10;a+CkdhC9/kPlVNrVq80tap4uV4sFdW9kSdgeQUZIQ73qjZia7Fty2oQqFqv5Ms6PA10Xj7XWoQqH&#10;h/2DRnYSYXrjF3hQhHcwi85vhat6XHQNMG0GnXppgkh7KM6keEsa59z9PgpUnOlvhmYqvI/RwNHY&#10;jwZ6/QDxFcUGUc5d91OgZSF9zj0p+wLjxIpsFC1Qv2DDTQNfjx7KOigaZ6ivaNjQmEeCw5MM7+h2&#10;H1HXH8fmDwAAAP//AwBQSwMEFAAGAAgAAAAhABhOVHHeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PwzAMhu9I/IfISNxYwpC6rjSd0PiQuLExCY5ZY9pqjVM1WVv49bgnOL72o9eP883kWjFg&#10;HxpPGm4XCgRS6W1DlYbD+/NNCiJEQ9a0nlDDNwbYFJcXucmsH2mHwz5WgksoZEZDHWOXSRnKGp0J&#10;C98h8e7L985Ejn0lbW9GLnetXCqVSGca4gu16XBbY3nan52Gp9fxZ2Xf8HMrd+VQPb4cPqw9aX19&#10;NT3cg4g4xT8YZn1Wh4Kdjv5MNoiWs0pXjGpYJgmIGVDr9R2I4zxJQRa5/P9C8QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCfZkOTKAIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAYTlRx3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6F6C5515" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6dBOIJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048JE2NOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrM5VCBbpQjlEQg1lrc155b7MkQVmpRuAErDLkLME1wtPW7ZPCiZai&#10;NzpJp9NF0oIrrAOpEOl00zv5OsYvSyX9j7JE5ZnOOdXm4+riugtrsl6JbO+ErWo5lCH+oYpG1IaS&#10;nkNthBfs4Oq/QjW1dIBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDloz23C/xdWPh9fHKuLnH/lzIiG&#10;JHocupGG5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDhfpMp3O55xJ8s3S&#10;myhEIrLxrjygf1QQ44jjE/pep2K0RDVasjOj6UjtoLOOOnvOSGfHGem863W2wod7obhgsvZSSDhr&#10;4Ki2EL3+Q+VU2sWrzTWKqMzmt9S9kSVhewQZIQ31qjdiarKvyWkTqri5XSzj+CDouniotQ5VoNvv&#10;7rVjRxGGN36BB0V4B7MO/UZg1eOia4BpM+jUSxNE2kFxIsFb0jjn+PsgnOJMfzc0UuF5jIYbjd1o&#10;OK/vIT6i2CDKue1+CmdZSJ9zT8o+wziwIhtFC9TP2HDTwLeDh7IOisYZ6isaNjTlkeDwIsMzut5H&#10;1OW/sf4DAAD//wMAUEsDBBQABgAIAAAAIQAfDrkm3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsQwDITvSLxDZCRubEKRdrul6WqFBBwRCwKOaWPaisapmvQHnh73BDePPRp/kx8W14kJh9B6&#10;0nC9USCQKm9bqjW8vtxfpSBCNGRN5wk1fGOAQ3F+lpvM+pmecTrFWnAIhcxoaGLsMylD1aAzYeN7&#10;JL59+sGZyHKopR3MzOGuk4lSW+lMS/yhMT3eNVh9nUan4Wf3aG0cj3N4eNq/3Uzlh3pHr/XlxXK8&#10;BRFxiX9mWPEZHQpmKv1INoiOtUp3bNWQbLnTalD7lKdy3SQgi1z+r1D8AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAPp0E4gmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAB8OuSbcAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="40"/>
-        <w:ind w:left="343" w:right="590"/>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="341" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>болса))</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394">
       <w:pPr>
-        <w:spacing w:before="72"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="174"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...31 lines deleted...]
-              <w:t>қосымшаның көшірмелері</w:t>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...92 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл Техническое и профессиональное с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">отличием </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...47 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="1065"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание/ученая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к диплому/аттестат о присвоении ученого</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>көшірмелері/</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>звания/ученой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ғылыми</w:t>
-[...86 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...103 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="738"/>
+          <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>нәтижелері</w:t>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50%</w:t>
-[...13 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>80-100%</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...20 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="693"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...31 lines deleted...]
-              <w:t>практика нәтижелері</w:t>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...76 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="419"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...59 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...30 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...104 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма – 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="282"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Волонтерлік</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>о педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әлеуметтік</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>(публикации авторских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>желіде</w:t>
-[...46 lines deleted...]
-              <w:t>семинарлар)</w:t>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов, уроки, семинары))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Сілтемелер</w:t>
+              <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="140"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...13 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Жазғы</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерьлердің</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="671"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="198"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по месту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>орындары</w:t>
-[...87 lines deleted...]
-              <w:t>т.б.)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы (научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аспайды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidTr="00882841">
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="4576"/>
+          <w:trHeight w:val="4437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="168"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...115 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сертификаттары,</w:t>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> сертификатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat, обучение по программам «Основы программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>негіздері»,</w:t>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003145D7">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бағдарламалары</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-15"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>TEFL</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«CELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-P</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Diploma</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-S</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT «Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>EMI</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(English</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...145 lines deleted...]
-              <w:t>«TESOL»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)»TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бөлек)</w:t>
-            </w:r>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00547394" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6523" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00882841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="003145D7" w:rsidSect="00660672">
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:p w:rsidR="00547394" w:rsidRDefault="00547394" w:rsidP="00547394"/>
+    <w:sectPr w:rsidR="00547394">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AA723D0"/>
+    <w:nsid w:val="13C0651B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4C3ACB46"/>
-    <w:lvl w:ilvl="0" w:tplc="F880E71A">
+    <w:tmpl w:val="0F384AA2"/>
+    <w:lvl w:ilvl="0" w:tplc="AF1679F6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="200" w:hanging="116"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77A6A202">
+    <w:lvl w:ilvl="1" w:tplc="502E71B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="576" w:hanging="116"/>
+        <w:ind w:left="429" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9B685CF6">
+    <w:lvl w:ilvl="2" w:tplc="87D464FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="952" w:hanging="116"/>
+        <w:ind w:left="758" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E192426C">
+    <w:lvl w:ilvl="3" w:tplc="67082314">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1328" w:hanging="116"/>
+        <w:ind w:left="1087" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A6F802B8">
+    <w:lvl w:ilvl="4" w:tplc="0EEA864E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1704" w:hanging="116"/>
+        <w:ind w:left="1416" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C11CD584">
+    <w:lvl w:ilvl="5" w:tplc="046E331E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2080" w:hanging="116"/>
+        <w:ind w:left="1746" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D6F4EF2E">
+    <w:lvl w:ilvl="6" w:tplc="8CA62512">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2456" w:hanging="116"/>
+        <w:ind w:left="2075" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="605E91F8">
+    <w:lvl w:ilvl="7" w:tplc="92483AE6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2832" w:hanging="116"/>
+        <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4AFE7622">
+    <w:lvl w:ilvl="8" w:tplc="EA0A3D08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3208" w:hanging="116"/>
+        <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D170E57"/>
+    <w:nsid w:val="22AB2561"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C358C3E0"/>
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="58A07894"/>
+    <w:lvl w:ilvl="0" w:tplc="2536CDC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="141" w:hanging="284"/>
+        <w:ind w:left="23" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="100"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A7C80ED4">
+    <w:lvl w:ilvl="1" w:tplc="B2CA9AD0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="816" w:hanging="284"/>
+        <w:ind w:left="442" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3D9620A8">
+    <w:lvl w:ilvl="2" w:tplc="C93C79C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1492" w:hanging="284"/>
+        <w:ind w:left="864" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1826B20E">
+    <w:lvl w:ilvl="3" w:tplc="22C0860A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2168" w:hanging="284"/>
+        <w:ind w:left="1287" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77EE56FC">
+    <w:lvl w:ilvl="4" w:tplc="CB0AF90C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2844" w:hanging="284"/>
+        <w:ind w:left="1709" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="641284FE">
+    <w:lvl w:ilvl="5" w:tplc="DB362C4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3520" w:hanging="284"/>
+        <w:ind w:left="2132" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7BA6FB3E">
+    <w:lvl w:ilvl="6" w:tplc="7452FA42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4196" w:hanging="284"/>
+        <w:ind w:left="2554" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="161C776E">
+    <w:lvl w:ilvl="7" w:tplc="77FEF18A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4872" w:hanging="284"/>
+        <w:ind w:left="2976" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="396A22BA">
+    <w:lvl w:ilvl="8" w:tplc="D05837EE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5548" w:hanging="284"/>
+        <w:ind w:left="3399" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A133359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39247BC4"/>
     <w:lvl w:ilvl="0" w:tplc="6B90D1D4">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="682" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
@@ -20224,294 +17430,50 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6BEE1658">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="410518B5"/>
-[...242 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46834F66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DD02FB0"/>
     <w:lvl w:ilvl="0" w:tplc="C3484F7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E11A58A6">
       <w:numFmt w:val="bullet"/>
@@ -20588,51 +17550,51 @@
     <w:lvl w:ilvl="7" w:tplc="F886C9F6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="632C187E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48AB0917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E72AD680"/>
     <w:lvl w:ilvl="0" w:tplc="9384ADFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="106" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="18A23E54">
@@ -20710,172 +17672,51 @@
     <w:lvl w:ilvl="7" w:tplc="6826F68E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4985" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2A86B61A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5683" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56083126"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CE03D0C"/>
     <w:lvl w:ilvl="0" w:tplc="751C0D74">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6B68FC92">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1203" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
@@ -20946,173 +17787,51 @@
     <w:lvl w:ilvl="7" w:tplc="AC12B418">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6B4CAFF0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8646" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...121 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CA15F2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70144FE2"/>
     <w:lvl w:ilvl="0" w:tplc="2674796A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7E808904">
       <w:numFmt w:val="bullet"/>
@@ -21189,288 +17908,51 @@
     <w:lvl w:ilvl="7" w:tplc="382A34B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EAE613C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...236 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72447118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01009512"/>
     <w:lvl w:ilvl="0" w:tplc="52EC853A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8984317E">
       <w:numFmt w:val="bullet"/>
@@ -21547,180 +18029,281 @@
     <w:lvl w:ilvl="7" w:tplc="5128FFF4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C98CAA46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="787B5B4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49C443EC"/>
+    <w:lvl w:ilvl="0" w:tplc="22104BB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="91" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FE1AB622">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="429" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DCC4E9AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2FFEA348">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1087" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AAEE1CEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04C6915C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1746" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F6F842E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2075" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="747EA5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2404" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9998C126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2733" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="7"/>
-[...14 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00592352"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00F06D55"/>
+    <w:rsidRoot w:val="00D4430C"/>
+    <w:rsid w:val="002971B5"/>
+    <w:rsid w:val="002A5FD9"/>
+    <w:rsid w:val="003054D9"/>
+    <w:rsid w:val="00374F92"/>
+    <w:rsid w:val="00424AF8"/>
+    <w:rsid w:val="00443669"/>
+    <w:rsid w:val="00547394"/>
+    <w:rsid w:val="00624506"/>
+    <w:rsid w:val="00772EA0"/>
+    <w:rsid w:val="009C2192"/>
+    <w:rsid w:val="00A65C16"/>
+    <w:rsid w:val="00A92469"/>
+    <w:rsid w:val="00D4430C"/>
+    <w:rsid w:val="00D94781"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{22F43726-E595-4D31-BEA9-0E64DFAFD6DE}"/>
+  <w14:docId w14:val="4B19B0A3"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{644E32A1-6565-4AA3-946E-ACF3E15821F6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21740,51 +18323,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21853,51 +18436,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -22050,498 +18633,546 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00374F92"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00547394"/>
+    <w:pPr>
+      <w:spacing w:before="215"/>
+      <w:ind w:left="23" w:right="54"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00547394"/>
+    <w:pPr>
+      <w:ind w:left="140"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00374F92"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00374F92"/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00547394"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00547394"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00547394"/>
+    <w:pPr>
+      <w:spacing w:before="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00547394"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00547394"/>
+    <w:pPr>
+      <w:ind w:left="144"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A92469"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1932</Words>
-  <Characters>11015</Characters>
+  <Words>1989</Words>
+  <Characters>11343</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12922</CharactersWithSpaces>
+  <CharactersWithSpaces>13306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>