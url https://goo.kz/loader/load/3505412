--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -3,18011 +3,21429 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A689656" w14:textId="77777777" w:rsidR="00C80D74" w:rsidRDefault="00C80D74">
+    <w:p w14:paraId="776A927A" w14:textId="4235F4D4" w:rsidR="007D1C8F" w:rsidRPr="007823B4" w:rsidRDefault="00630304" w:rsidP="007D1C8F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Средняя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85A38" w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C8F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85A38" w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E824748" w14:textId="6BDFC0A8" w:rsidR="007823B4" w:rsidRDefault="00630304" w:rsidP="007823B4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>объявляет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="007823B4" w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>заместитель директора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F583D3" w14:textId="2CCB3EFC" w:rsidR="007823B4" w:rsidRPr="007823B4" w:rsidRDefault="007823B4" w:rsidP="007823B4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>воспитательной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>работе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1 </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C8F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ставка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007823B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CF1A5B" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRPr="007823B4" w:rsidRDefault="008D1AB8" w:rsidP="007823B4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="74"/>
-[...78 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="2001" w:hanging="1400"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
           <w:lang w:val="ru-RU"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0000617D" w14:paraId="7A57C158" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="7866669C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="556"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF3FFC7" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="7B32F3B1" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9626" w:type="dxa"/>
+            <w:tcW w:w="9927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="74A85F2A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="6CBBB6F3" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...8 lines deleted...]
-              <w:ind w:left="110" w:right="98"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="101"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>ЕСКЕРТПЕ:</w:t>
+              </w:rPr>
+              <w:t>ПРИМЕЧАНИЕ:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>Педагогтерді</w:t>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>лауазымдарға</w:t>
+              </w:rPr>
+              <w:t>на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="29"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>тағайындау</w:t>
+              </w:rPr>
+              <w:t>назначение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>конкурсы</w:t>
+              </w:rPr>
+              <w:t>педагогов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t>"Педагогті</w:t>
+              </w:rPr>
+              <w:t>осуществляется</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:tab/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">жұмысқа </w:t>
+              </w:rPr>
+              <w:t>в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:spacing w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>модулінде</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>электронном</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (https://hr-nobd.edu.kz/) жүзеге асырылады</w:t>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>формате</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>в модуле «Прием на работу педагога» (https://hr-nobd.edu.kz/)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="6BDD53D2" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="3F69AF6C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="13A14D2D" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0B7B62E4" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1A62BC" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="178D6DD1" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:ind w:left="109" w:right="103"/>
             </w:pPr>
             <w:r>
-              <w:t>Білім</w:t>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>беру</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ұйымының </w:t>
+              <w:t xml:space="preserve">организации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="454A804B" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="27BAAC1D" w14:textId="34AB5097" w:rsidR="008D1AB8" w:rsidRDefault="00630304" w:rsidP="00FD3716">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
-              <w:t>Павлодар</w:t>
-[...57 lines deleted...]
-                <w:spacing w:val="22"/>
+              <w:t>КГУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Средняя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E85A38">
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00E85A38">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Павлодара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...45 lines deleted...]
-              <w:t>№ жалпы орта білім беру мектебі» КММ</w:t>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r w:rsidR="00E85A38">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="76A959BA" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="0DD591C9" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24E58E1C" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="547BA8BC" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15899487" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="270520B8" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>орналасқан</w:t>
-[...7 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
+              <w:t>местонахождения,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A13B60A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0AC50651" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>пошталық</w:t>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="413B83E9" w14:textId="6670ACF1" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="4390123D" w14:textId="2B3F8467" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...30 lines deleted...]
-            </w:r>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>облысы,</w:t>
+              <w:t>область</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2340592A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="09188C93" w14:textId="2727B65E" w:rsidR="008D1AB8" w:rsidRDefault="00630304" w:rsidP="00E85A38">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>город</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>3/1</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007D1C8F">
+              <w:t>Пл.Победы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:t xml:space="preserve"> 3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="0592707D" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="7D4FCE4B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59E41A9F" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="55469034" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EDE2EE3" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0F16FFF9" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>телефон</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-3"/>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>нөмірлері,</w:t>
+              <w:t>телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB98E3C" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0066A836" w14:textId="6C74103A" w:rsidR="008D1AB8" w:rsidRDefault="00630304" w:rsidP="00E85A38">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(7182)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t>32-49-69</w:t>
+            <w:r w:rsidR="007D1C8F">
+              <w:t>32- 49-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="60BC5DCB" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="480AC08E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DF212F9" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="79AA19AA" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACEB0B3" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0DA7981B" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>электрондық</w:t>
+              <w:t>адреса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>пошта</w:t>
+              <w:t>почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="565D9F7D" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="7182F555" w14:textId="4E2F2623" w:rsidR="008D1AB8" w:rsidRDefault="007D1C8F" w:rsidP="00E85A38">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="00DF1EBE">
+              <w:r w:rsidRPr="00100DF7">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:t>sosh11@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="6597FF54" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="4F59FA5C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3567175A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="5F89D908" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF7B308" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="4657F2C1" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:ind w:left="109" w:right="319"/>
             </w:pPr>
             <w:r>
-              <w:t>Бос</w:t>
-[...26 lines deleted...]
-              <w:t>бос лауазымның атауы,</w:t>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F9C23DC" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="3708B0B4" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="233" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жүктемесі</w:t>
+              <w:t xml:space="preserve"> нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74185C40" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="636FB404" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="007823B4" w:rsidP="007823B4">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007823B4">
-              <w:t>директордың тәрбие ісі жөніндегі орынбасары</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>заместитель директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007823B4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>по воспитательной работе</w:t>
+            </w:r>
+            <w:r w:rsidR="00630304">
               <w:t>,</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00630304">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00250F17">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1 жүктеме</w:t>
+              <w:t>1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="528EBFF8" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="0A6C46DC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="132B31EE" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="49E66D65" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2726F6" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="27FF8A98" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="110" w:right="414"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
             </w:pPr>
             <w:r>
-              <w:t>негізгі</w:t>
+              <w:t>основные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">функционалдық </w:t>
+              <w:t xml:space="preserve">функциональные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>міндеттері</w:t>
+              <w:t>обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280EB1B7" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="1174A6F6" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4335F89E" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
               </w:tabs>
               <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
+              <w:t>содействие социализации обучающихся, формированию у них</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56C4872E" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="088FA9A8" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="449"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
-[...17 lines deleted...]
-              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="6C9B2396" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="4C76E490" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1005"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49676B5A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="76E71B91" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8E48DE" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="1B198BFB" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
             </w:pPr>
             <w:r>
-              <w:t>еңбекке ақы төлеу мөлшері</w:t>
-[...17 lines deleted...]
-              <w:t>шарттары</w:t>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="308E3914" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="3E1BCADD" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B426058" w14:textId="0D6130A2" w:rsidR="008D1AB8" w:rsidRDefault="00630304" w:rsidP="00972833">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00972833" w:rsidRPr="00972833">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:t>89 216</w:t>
+            </w:r>
+            <w:r w:rsidR="00972833" w:rsidRPr="00972833">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="00972833">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D1AB8" w14:paraId="17EC5080" w14:textId="77777777" w:rsidTr="00415F64">
+        <w:trPr>
+          <w:trHeight w:val="2276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="082B44ED" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFFFF0D" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE89673" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EE09604" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E7E1EF" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее и (или) послевузовское педагогическое или</w:t>
+            </w:r>
+            <w:r w:rsidR="00972833">
+              <w:t xml:space="preserve"> техническое и профессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">по соответствующему профилю или иное профессиональное образование по соответствующему профилю </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D3566E" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и при наличии высшего уровня квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>стаж педагогической работы: для педагога-эксперта – не менее 3 лет; педагога-исследователя не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A7942C" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D1AB8" w14:paraId="555FA452" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD90348" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="235FD79F" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>приема</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDFA8E8" w14:textId="0F1ED3EA" w:rsidR="008D1AB8" w:rsidRDefault="007823B4" w:rsidP="00697188">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.08</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E85A38">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00630304">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1C8F">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00630304">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D1AB8" w14:paraId="2CD5191B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4486"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="512FC809" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3119F0D7" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="483"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">необходимых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B392D57" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8D3626" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23633DF4" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314C6DB8" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C19E889" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FAAE8D" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:spacing w:line="248" w:lineRule="exact"/>
-              <w:ind w:hanging="283"/>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...74 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B30723B" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="74074ECE" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="441"/>
               </w:tabs>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...166 lines deleted...]
-              <w:ind w:right="98" w:firstLine="0"/>
+              <w:ind w:left="441" w:hanging="335"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="251FBA99" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
-[...125 lines deleted...]
-          <w:p w14:paraId="45D16529" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="57673124" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...14 lines deleted...]
-              <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
+              <w:t>психическими</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>12.08.2025 -</w:t>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>поведенческими</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 20.08.2025</w:t>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>расстройствами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>тізбесі</w:t>
-[...38 lines deleted...]
-            <w:r>
               <w:t>;</w:t>
-            </w:r>
-[...341 lines deleted...]
-              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1334832A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+    <w:p w14:paraId="0630F149" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="008D1AB8">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0000617D" w14:paraId="3B512E99" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="0B6EFEEB" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="4762"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6098A5D7" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="1EA53425" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1F232A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="42CE32E1" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="008D1AB8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5494D7FA" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="7B82A77E" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="478"/>
+                <w:tab w:val="left" w:pos="681"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E609118" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+              <w:t>наркологических</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>анықтама;</w:t>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D2E63DD" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="39AB3D88" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="491"/>
+                <w:tab w:val="left" w:pos="500"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="55"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
-[...19 lines deleted...]
-              <w:t>болса);</w:t>
+              <w:t xml:space="preserve">сертификации </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">или удостоверение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27BA1185" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="79644EE3" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="701"/>
+                <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...226 lines deleted...]
-              <w:t>сертификат;</w:t>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="283ED517" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="18335B6B" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="526"/>
+                <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>бағалау парағы</w:t>
-[...2 lines deleted...]
-              <w:t>;</w:t>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D81888F" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+          <w:p w14:paraId="0546E294" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="552"/>
+                <w:tab w:val="left" w:pos="456"/>
               </w:tabs>
-              <w:ind w:left="552" w:hanging="445"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>жұмыс</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>орнынан</w:t>
-[...30 lines deleted...]
-              <w:t>хат.</w:t>
+              <w:t>учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000617D" w14:paraId="3414811C" w14:textId="77777777" w:rsidTr="00060052">
+      <w:tr w:rsidR="008D1AB8" w14:paraId="388E9766" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34757A6D" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="3C3624DC" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E66F15" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="0430DB33" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00630304">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="103"/>
             </w:pPr>
             <w:r>
-              <w:t>Уақытша</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">вакантной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
+              <w:t>должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128C869A" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="00060052">
+          <w:p w14:paraId="6155EDBF" w14:textId="77777777" w:rsidR="008D1AB8" w:rsidRDefault="00250F17" w:rsidP="005465F7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="129"/>
             </w:pPr>
             <w:r>
-              <w:t>тұрақты</w:t>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11A9EDBC" w14:textId="77777777" w:rsidR="0000617D" w:rsidRDefault="0000617D" w:rsidP="0000617D">
+    <w:p w14:paraId="5152E3D1" w14:textId="77777777" w:rsidR="00630304" w:rsidRDefault="00630304"/>
+    <w:p w14:paraId="73FAB8DE" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="749304B9" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="47291296" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="0DBAD531" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="53918454" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="108E67F4" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="4236C286" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="49D16213" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="00AC531D" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="6DFD3BB3" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="26E83CC3" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="366FD816" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="7BC19643" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="4CAE731D" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="5B82F33B" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="49B9F427" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="7DD84E36" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="6E3D69D9" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="451289F7" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="7343A45D" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="0505899C" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="407CE908" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="1304BD10" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="37D5CA88" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="1FC79455" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="46923AF3" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="72EC4D59" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="6E603DB3" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="7D2BEB4B" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="18EE9269" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="13738ADB" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="52A2BCB0" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="482D9091" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="170FE258" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="576B1160" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="41866DAF" w14:textId="77777777" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="68281F30" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="75F12298" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="45533B23" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="05109111" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="14EDCD4D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="039B4155" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:pStyle w:val="TableParagraph"/>
-[...6 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
+        <w:t>от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7625FDC4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E64FA4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2A8548A2" w14:textId="488C388C" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="4DA6E93F">
+          <v:shape id="Graphic 22" o:spid="_x0000_s2072" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="19E2C6FF">
+          <v:shape id="Graphic 23" o:spid="_x0000_s2071" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B89F5C8" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="56402F37" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06A6E422" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="77602BF1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:left="23" w:right="52"/>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="23" w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>государственный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...41 lines deleted...]
-        <w:t>орган)</w:t>
+        <w:t>конкурс)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8AA419" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3F82AA05" w14:textId="2E328CF6" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="1B68D892">
+          <v:shape id="Graphic 24" o:spid="_x0000_s2070" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="25EE8E77">
+          <v:shape id="Graphic 25" o:spid="_x0000_s2069" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C63251" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="12C16A32" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E852218" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2113B49E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...28 lines deleted...]
-        <w:t>ЖСН</w:t>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0479D64D" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="0C04CA92" w14:textId="740BAB84" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
+        <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="591DFDBD">
+          <v:shape id="Graphic 26" o:spid="_x0000_s2068" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="659006E3">
+          <v:shape id="Graphic 27" o:spid="_x0000_s2067" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511F0AE2" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2EDC0D38" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EF161CF" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="4AF3F070" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="54"/>
+        <w:ind w:left="23" w:right="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5BE364" w14:textId="75CEF36F" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="2C310E4F">
+          <v:shape id="Graphic 28" o:spid="_x0000_s2066" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2F199D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="58"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>фактическое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жұмыс</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:t>место</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орны)</w:t>
+        <w:t>проживания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>прописки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4216A4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2CF69545" w14:textId="05CEB21A" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="36C6C0FE">
+          <v:shape id="Graphic 29" o:spid="_x0000_s2065" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC94DDD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="67BCC9EF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10211"/>
+        </w:tabs>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="135" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509BCDEF" w14:textId="233ADF69" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="53A58240">
+          <v:shape id="Graphic 30" o:spid="_x0000_s2064" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="0ACDDDA9">
+          <v:shape id="Graphic 31" o:spid="_x0000_s2063" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04382A30" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B7172D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="50"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>область</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00010BD8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10162"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>настоящее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>время</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работаю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432FFF90" w14:textId="62F03009" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="6314CBDC">
+          <v:shape id="Graphic 32" o:spid="_x0000_s2062" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="2A21D585">
+          <v:shape id="Graphic 33" o:spid="_x0000_s2061" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236C0398" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...73 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B6B869D" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="01D29C1D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:spacing w:before="5"/>
-        <w:ind w:left="23" w:right="56"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="2294"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>область</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(нақты</w:t>
+        <w:t>город</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BBB95D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17182AC0" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="47C2DA70" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>послевузовское</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1942C742" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
-[...1033 lines deleted...]
-          <w:sz w:val="14"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292B6A" w14:paraId="0E9BB475" w14:textId="77777777" w:rsidTr="0066373C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="3880809B" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="571EBB6B" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="31E2EB98" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="609"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5108E51E" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="6974FE08" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="609"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-            </w:r>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4A834B" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="4842749D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="739"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...24 lines deleted...]
-            </w:r>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292B6A" w14:paraId="419FCB06" w14:textId="77777777" w:rsidTr="0066373C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="08E6F58B" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0666A8AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="34D27E6B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B61A2DB" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="0A48ACFC" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB17343" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="2120F86B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A3C7E6C" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="1F6692B7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="112"/>
-        <w:ind w:left="140"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1325"/>
+          <w:tab w:val="left" w:pos="3683"/>
+          <w:tab w:val="left" w:pos="4996"/>
+          <w:tab w:val="left" w:pos="5804"/>
+          <w:tab w:val="left" w:pos="9217"/>
+          <w:tab w:val="left" w:pos="9824"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="168"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>күні):</w:t>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCAB585" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3D173951" w14:textId="582A1769" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="065ABF5B">
+          <v:shape id="Graphic 34" o:spid="_x0000_s2060" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A2A9AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3EFEB32A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="120"/>
+        <w:spacing w:before="118" w:after="5"/>
         <w:ind w:left="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Жұмыс</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ӛтілі</w:t>
+        <w:t>работы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1196"/>
-        <w:gridCol w:w="1561"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292B6A" w14:paraId="6B40AE77" w14:textId="77777777" w:rsidTr="0066373C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="7C0C32FC" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18EF29B4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="4C2C2AD3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="14"/>
-              <w:ind w:left="266"/>
+              <w:spacing w:before="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5573AEF4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы</w:t>
-            </w:r>
+              <w:t>Общий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1F8B46" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="520B995C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="14"/>
-              <w:ind w:left="78"/>
+              <w:spacing w:before="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22074CA5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
-            </w:r>
+              <w:t>Педагогический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="172ECEB4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="0D1410D7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="14" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="212" w:right="190" w:hanging="12"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік </w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-6"/>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D6B2BD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет</w:t>
-[...7 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ӛтілі</w:t>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>службы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79BC93CC" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="2893E410" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
-            </w:r>
+              <w:t>По</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4CA106C3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(кәсіпкерлік</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-12"/>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">субъектілерінің </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>субъектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандары үшін)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предпринимательства</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:tcW w:w="3009" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="527EF318" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="588D5595" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
-              <w:ind w:left="115" w:right="108"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Осы</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-13"/>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымында</w:t>
-            </w:r>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="411920CD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимаемой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292B6A" w14:paraId="7C76EF16" w14:textId="77777777" w:rsidTr="0066373C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="731CDB04" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7207C3" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="7B0CD791" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A0997B" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="36B6D6C7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C2CF520" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="1F5A68EF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C4A69E" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="6A786E17" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:tcW w:w="3009" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A38B4A5" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="0066373C">
+          <w:p w14:paraId="29245D52" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79BF1454" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="350B2C8D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="1"/>
         <w:ind w:left="140"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Мынадай</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>жұмыс нәтижелерім</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327BC5BD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="08B9000F" w14:textId="4982E2C1" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="55798E1D">
+          <v:shape id="Graphic 35" o:spid="_x0000_s2059" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="449A5B8B">
+          <v:shape id="Graphic 36" o:spid="_x0000_s2058" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="4D41548B">
+          <v:shape id="Graphic 37" o:spid="_x0000_s2057" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515DBACD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
-[...382 lines deleted...]
-    <w:p w14:paraId="467C3AEA" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3C43E2F7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26ECFBE0" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="1366FB52" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C87842F" w14:textId="3799478B" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="70C4273E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3022670B" w14:textId="0B398DC8" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="121" w:line="242" w:lineRule="auto"/>
-        <w:ind w:left="140" w:right="173"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="1DEA9F54">
+          <v:shape id="Graphic 38" o:spid="_x0000_s2056" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="44D1DEA0">
+          <v:shape id="Graphic 39" o:spid="_x0000_s2055" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="4A7DE185">
+          <v:shape id="Graphic 40" o:spid="_x0000_s2054" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D7CBAB" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BAD1B37" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF9DA61" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="171"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>«Дербес</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пунктом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>статьи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>даю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>согласие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>обработку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>моих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>персональных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, без </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ограничения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>срока</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>любыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>законными</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>способами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>соответствующими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>целям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>обработки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>персональных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>ңдеуге келісім беремін.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>использования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> фото, видео, в том </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>числе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>информационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>системах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>персональных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>использованием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>средств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>автоматизации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> без </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>использования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>таких</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>средств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E6E7AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3E3BAD6E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10109"/>
+          <w:tab w:val="left" w:pos="10116"/>
         </w:tabs>
-        <w:spacing w:before="189"/>
-        <w:ind w:left="140"/>
+        <w:spacing w:before="114"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t xml:space="preserve">Я </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (-а) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2652A134" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="127927E9" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="4610"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3696"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>(ТАӘ</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(бар</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-5"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>(қолы)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFF1B10" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="4CFCCC0B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="8"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37BE001E" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="192C96E4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1054"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="4651"/>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="2649"/>
+          <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="203"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...25 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0F17476F" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="5EA57AF3" w14:textId="7D2D3C86" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7489"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="2"/>
-[...80 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="09137E8C">
+          <v:group id="Group 41" o:spid="_x0000_s2052" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz6U6KcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC81/JWWxEsB0XcGAWC&#10;JEBc9ExT1IJSJDukLfvvO6Qk23GCHlIdhEfOcJY3j1zcHmpJ9gJspVVKR4MhJUJxnVWqSOnPzf2X&#10;mBLrmMqY1Eqk9CgsvV1+/rRoTCLGutQyE0AwiLJJY1JaOmeSKLK8FDWzA22EQmOuoWYOl1BEGbAG&#10;o9cyGg+Hs6jRkBnQXFiLu6vWSJchfp4L7p7y3ApHZEqxNhf+EP5b/4+WC5YUwExZ8a4M9oEqalYp&#10;THoKtWKOkR1Ub0LVFQdtde4GXNeRzvOKi9ADdjMaXnWzBr0zoZciaQpzogmpveLpw2H5434N5sU8&#10;Q1s9wgfNf1vkJWpMkVza/bo4Ox9yqP0hbIIcAqPHE6Pi4AjHzdF8GM/jr5RwtMXxTUc4L3Eqbw7x&#10;8vu/jkUsaVOGwk6FNAaVY8/k2P8j56VkRgTOrW/+GUiVpXQ6pkSxGgW87rSCO8iRT45enr9uZTsq&#10;32VnOh3NWsm9S9BoPA8EnTplCd9ZtxY6EM32D9a1gs16xMoe8YPqIaDsveBlELyjBAUPlKDgt212&#10;w5w/56fnIWnOk/J7td6LjQ5WdzUlLO1slerSy896cjOjpJcB+rYeCHwalFQLQmrEl81J5auI48kk&#10;3COrZZXdV1L6KiwU2zsJZM/8LQ6f7wMjvHIzYN2K2bL1C6bOTaogZ5u00/FT2+rsiMNtcJwptX92&#10;DAQl8odC+fh3ogfQg20PwMk7HV6TQBDm3Bx+MTDEp0+pw8k+6l5FLOmH5ls/+fqTSn/bOZ1XfqKo&#10;6L6iboGKDihcfESvXpbLdfA6P6XLvwAAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALPpTopwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+            <v:shape id="Graphic 42" o:spid="_x0000_s2053" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
+              <v:path arrowok="t"/>
+            </v:shape>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1C1A36" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="022DDBBB" w14:textId="0D6A991E" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281BE37A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="01641FB0" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="6A3AFFAF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="24DF51C0" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2"/>
+    <w:p w14:paraId="64776CC8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6481" w:right="378"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54951E14" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6481" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="77AFD4E8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="681" w:hanging="42"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F87BAD9" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="8643"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9115AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00505629">
+    <w:p w14:paraId="0517E656" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="18"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61692306" w14:textId="7F25014C" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="00EC1A02" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="19718F99" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
-[...16 lines deleted...]
-    <w:p w14:paraId="349EA212" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="7CAE6B01" w14:textId="64A949AF" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="221"/>
-[...106 lines deleted...]
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="5DF65E91">
+          <v:shape id="Graphic 2" o:spid="_x0000_s2050" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAEqSccNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/EMAyE70j8h8hI3NiE&#10;wj4oTVcrJOCIWBBwTBvTVjRO1aQP+PW4Jzh6ZjT+JtvPrhUj9qHxpOFypUAgld42VGl4fbm/2IEI&#10;0ZA1rSfU8I0B9vnpSWZS6yd6xvEYK8ElFFKjoY6xS6UMZY3OhJXvkNj79L0zkc++krY3E5e7ViZK&#10;baQzDfGH2nR4V2P5dRychp/to7VxOEzh4enm7WosPtQ7eq3Pz+bDLYiIc/wLw4LP6JAzU+EHskG0&#10;GnbrhJMakg1PWny1vV6DKBYlAZln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQASpJxw3AAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660D6DCF" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="4A4C12FB" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:left="268" w:right="376"/>
+        <w:spacing w:before="36"/>
+        <w:ind w:left="271" w:right="376"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3A89F3" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="6380F1BC" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="39" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C6AF3B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="34"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00505629" w14:paraId="77EBC4C5" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="6FD5E252" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCAEA65" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="353D66E4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="92"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8F0A97" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0FA1075B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="92"/>
-              <w:ind w:left="410"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D964441" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="2FA3EF53" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="92"/>
-              <w:ind w:left="1187"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C56620" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="3F20FEA5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="92"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-                <w:sz w:val="19"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>(1-ден</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-                <w:sz w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>30-ға</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-                <w:sz w:val="19"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="0AD579EB" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="301F6E55" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE8B008" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="7B585095" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB5DD20" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="06185A72" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
-            </w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF0F3A2" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6F5273B2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
-            </w:r>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18BF73FB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="492D5AEA" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">балл </w:t>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...15 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>2 балл</w:t>
-            </w:r>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="03D12DC4" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6C05A889" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>үздік</w:t>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="0AE7AC7A" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="372009AB" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB2EB50" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="40D86F59" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFA25B7" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="4A347336" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
-              <w:ind w:left="33" w:right="145"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2385CC87" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="5934BC34" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/аттестат о </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>присвоении</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>көшірмелері/</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ғылыми</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>ученого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">атағын/ </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>звания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>аттестат</w:t>
-            </w:r>
+              <w:t>ученой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>степени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>степени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F041203" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="5724EBB5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="8"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="9"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3A33D50E" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="3E737045" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Ғылым докторы, Ғылым кандидаты, профиль</w:t>
-[...35 lines deleted...]
-              <w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="71815D5D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6DA6E805" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>магистрі</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="14"/>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="12"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="7A335BBA" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="0118413E" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D0892D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="631FB6B7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2B80C6" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="52B18344" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="9"/>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42F82ED4" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="7F059A0C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46296171" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="14F3B01A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="13"/>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="12"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3C8C1181" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="63B7A518" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="1107"/>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
-            </w:r>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="145"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-21"/>
-                <w:w w:val="145"/>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-эксперт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">балл </w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-шебер</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>исследователь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-28"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-14"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="64885974" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="174566C8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="456"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...87 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="5DDC9DF1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="5C84D10F" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-                <w:w w:val="160"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-26"/>
-[...26 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>второй</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="73A4087B" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6E551472" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының бірінші</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санатты</w:t>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76E64008" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="50FE5E1D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="210" w:lineRule="exact"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-                <w:spacing w:val="16"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>первой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="496D4C63" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="15"/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="14"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="3B33D058" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="6065357B" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F52F345" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="1A8BA1BF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4B6BEB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="79C8D508" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>және</w:t>
-            </w:r>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="0477E5A6" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="28A18589" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06B1CB87" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="578CB11C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="985"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
-            </w:r>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кітапшасы/</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>книжка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">/документ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>трудовую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметін </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD9B2B0" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="4B735EEE" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...74 lines deleted...]
-                <w:w w:val="110"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...30 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="53A8F010" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="240DAF8C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Әдіскер,</w:t>
-[...52 lines deleted...]
-            </w:r>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жылдан</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-5"/>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>көп</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-2"/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="130E85D5" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="3C145498" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-              <w:t>орынбасары,</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F310510" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="72FE10AD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="9"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>өтілі</w:t>
+              <w:t>стаж</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
+              <w:t>в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">жыл </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="069BF1A3" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="17D2A54D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...16 lines deleted...]
-            </w:r>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="27919DE2" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="071C368B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымдағы</w:t>
-[...25 lines deleted...]
-              <w:t>өтілі</w:t>
+              <w:t>Директор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>төрт</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">көп </w:t>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...267 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="1592B3CB" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="75D11228" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCC989C" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="25C1985C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D076DF1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0EFED1C0" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="33" w:right="145" w:firstLine="52"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бойынша) </w:t>
-[...5 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61118526" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="60C15B6F" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="253"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(педагог</w:t>
+              <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="782DF165" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="74DDA35D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>положительного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="5"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="3DFD1195" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="555A7327" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38082F37" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="70B26D9B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D081ADC" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0823D4DD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>көрсеткіштері</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>последние</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F31B0D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="61A9D802" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...44 lines deleted...]
-              <w:t>дипломдары,</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D616682" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...60 lines deleted...]
-          <w:p w14:paraId="1CA6908D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="4BD0A7A2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>олимпиадалар</w:t>
-[...26 lines deleted...]
-            </w:r>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>учителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBBC2B4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жеңімпаздарының</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-11"/>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дипломдары, грамоталары</w:t>
+              <w:t>награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D04267F" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="2429267E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="29" w:firstLine="0"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...102 lines deleted...]
-                <w:w w:val="105"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>районных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="105"/>
-[...44 lines deleted...]
-                <w:w w:val="160"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B684F7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
-[...33 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6345B598" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="4A17E5BA" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="161" w:firstLine="0"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-                <w:w w:val="160"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>районный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-              <w:t>0,5 балл,</w:t>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="045471CC" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="11D4DCED" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл,</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-12"/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...56 lines deleted...]
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="369E4FF7" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="2E2C2719" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="43" w:firstLine="0"/>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>педагог»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...33 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>1 балл;</w:t>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="726E7AB0" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="6EE4A9FE" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="213" w:lineRule="exact"/>
-              <w:ind w:left="252" w:hanging="220"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...21 lines deleted...]
-                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="6"/>
-[...16 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="4C844396" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="59FA5C5F" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="904"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="309862FD" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0A007F01" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611A3FED" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="5015090D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
-            </w:r>
+              <w:t>Общественно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471353E5" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="520920B2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="253"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...17 lines deleted...]
-            </w:r>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>растайтын</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>общественно-педагогическую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>құжат (</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>бұрыңғы</w:t>
-[...15 lines deleted...]
-            </w:r>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B864824" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="433838DC" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-                <w:spacing w:val="12"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="11"/>
+                <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="10"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="798A5FA5" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="5EEA34D9" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>бірлестігінің</w:t>
-[...16 lines deleted...]
-                <w:spacing w:val="-3"/>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0921BB12" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="74B685CB" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00505629" w:rsidSect="00292B6A">
+        <w:sectPr w:rsidR="00CB21C2" w:rsidSect="00CB21C2">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="567" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="425" w:bottom="713" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00505629" w14:paraId="66494AF0" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="6798C018" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E125264" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="1937C26C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="107"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="113"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEFB0A7" w14:textId="0E5A761E" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0B2A5E83" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="107"/>
-              <w:ind w:left="410"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="671"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Өлшем</w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3958C6EB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="737880AF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="107"/>
-              <w:ind w:left="1187"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="341"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...17 lines deleted...]
-              <w:t>құжат</w:t>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD3ED74" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="70EDA325" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="107"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="1276"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-            </w:r>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сандары</w:t>
-            </w:r>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(1-ден</w:t>
+              <w:t>(от 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>30-ға</w:t>
+              <w:t>до</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
+                <w:spacing w:val="3"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="54A915C1" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="3DB3BDDB" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="9644"/>
+          <w:trHeight w:val="11473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24CCC430" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6A0E4A15" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="145"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8F2799" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="413D0103" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19"/>
-              <w:ind w:left="33"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсқа</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
-            </w:r>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34EF0155" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...43 lines deleted...]
-          <w:p w14:paraId="5012F12B" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="5C5CB3D1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="199"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="199" w:hanging="114"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01BAEFEB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="6B6B500F" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-              <w:ind w:left="146" w:hanging="114"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>немесе QAZAQ RESMI</w:t>
-[...13 lines deleted...]
-              <w:t>TEST;</w:t>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B92B00F" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="0EEB4850" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="146" w:hanging="114"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...35 lines deleted...]
-              <w:t>сертификаттары;</w:t>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4579174D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+          <w:p w14:paraId="7341D816" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-              <w:ind w:left="146" w:hanging="114"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Goethe</w:t>
-[...14 lines deleted...]
-              <w:t>Zertifikat</w:t>
+              <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программам «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="400BB895" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CB4F7E2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Python</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>тілінде</w:t>
-            </w:r>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="517FCC73" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="65966514" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B09126" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="71BD3352" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
-[...5 lines deleted...]
-              <w:t>бойынша оқыту, «Microsoft»</w:t>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ED32BB3" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="0266CCCD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="985"/>
+              <w:ind w:left="91" w:right="161"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-P (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Primary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>) CELT-S (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CCB7943" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«TKT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F7E04C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1464B61A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«TESOL» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>young</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76AACBE6" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="115D2933" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсера</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3E0239B5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="766CA6B9" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жұмыстарына</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Teachers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4144FC78" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0E966BC7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Technology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="76403649" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="3BB15F26" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-                <w:spacing w:val="-5"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Cambridge</w:t>
+              <w:t>Needs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="186F7A92" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...162 lines deleted...]
-          <w:p w14:paraId="1AD9AC49" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="1E9C14F1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>CELT-P</w:t>
-[...24 lines deleted...]
-                <w:spacing w:val="-9"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Developing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
-[...779 lines deleted...]
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
-[...1024 lines deleted...]
-                <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D21CD3" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="64DC16BF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілікті</w:t>
-[...52 lines deleted...]
-            </w:r>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программам, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>согласованным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>уполномоченным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>саласындағы уәкілетті органмен келісілген</w:t>
-            </w:r>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1CA89DAD" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="6A619C3D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="451"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>реализуемым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>организациями</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>арттыру</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...95 lines deleted...]
-              <w:t>жеке)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="4D92FD2B" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="6F7E9355" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75B45F9B" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="33875167" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="13"/>
-              <w:ind w:left="1874"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="292"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23C4BCFD" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="694AA3E6" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B072A7F" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="65E7097B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="18"/>
+        <w:spacing w:before="164"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CF615BC" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="6B639936" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07ACD811" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="66F98B2D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>6-тармақта</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...101 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>три</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0CE9C6F1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="0E5D202E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="283"/>
+          <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
-        <w:spacing w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="252" w:firstLine="0"/>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="249" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>районный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>количества</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>победителей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>областных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>международных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F81B8F4" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="25A84E98" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="283"/>
+          <w:tab w:val="left" w:pos="268"/>
         </w:tabs>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:ind w:right="252" w:firstLine="0"/>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="250" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>научных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>проектов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>районный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>областной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>международный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
-          <w:w w:val="105"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...189 lines deleted...]
-        <w:t>тиісінше 3 балл;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA16BB1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="44DBD471" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="258"/>
+          <w:tab w:val="left" w:pos="253"/>
         </w:tabs>
-        <w:spacing w:line="212" w:lineRule="exact"/>
-        <w:ind w:left="258" w:hanging="114"/>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>республикалық</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4071C7DF" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитываются</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>курсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>согласованные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>три</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...6 lines deleted...]
-          <w:sz w:val="19"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...6 lines deleted...]
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...6 lines deleted...]
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-        <w:t>балл.</w:t>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AD334E" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="2BF03F65" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRPr="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6409" w:right="592"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-5"/>
-        </w:rPr>
-[...64 lines deleted...]
-        <w:t>жеке).</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5851D453" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="3ABCCEAC" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRPr="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6409" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7851732C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRPr="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB21C2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BC6541" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRPr="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C95EE2E" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="41855BA2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:before="168"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1116D5D5" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="34193AB5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="46EDF7F6" w14:textId="1FAB2C5A" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="164"/>
-[...170 lines deleted...]
-        <w:spacing w:before="11"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict w14:anchorId="0A7733E0">
+          <v:shape id="_x0000_s2051" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAHw65JtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7EMAyE70i8Q2QkbmxC&#10;kXa7pelqhQQcEQsCjmlj2orGqZr0B54e9wQ3jz0af5MfFteJCYfQetJwvVEgkCpvW6o1vL7cX6Ug&#10;QjRkTecJNXxjgENxfpabzPqZnnE6xVpwCIXMaGhi7DMpQ9WgM2HjeyS+ffrBmchyqKUdzMzhrpOJ&#10;UlvpTEv8oTE93jVYfZ1Gp+Fn92htHI9zeHjav91M5Yd6R6/15cVyvAURcYl/ZljxGR0KZir9SDaI&#10;jrVKd2zVkGy502pQ+5Snct0kIItc/q9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAfDrkm3AAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785A1645" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00DB4915">
+    <w:p w14:paraId="324E79C6" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
-        <w:spacing w:before="40"/>
-        <w:ind w:left="343" w:right="590"/>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="341" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>(Т.Ә.А.</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>болса))</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33153C52" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00DB4915">
+    <w:p w14:paraId="07A27FDE" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="72"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB4915" w14:paraId="2CDD38C7" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="750BEF6E" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B7D4F4" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="00102073" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="97"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="174"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37717333" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="05B9831E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="97"/>
-              <w:ind w:left="1086"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="165D4E36" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="38E7D73D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="97"/>
-              <w:ind w:left="520"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-            </w:r>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="24"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148E2990" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="31390F47" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="97"/>
-              <w:ind w:left="509"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="6BBD808E" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="45FE9FBD" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD7FE5D" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="65ED4A97" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="224607FC" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="5B5377F8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
-            </w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AD0BFC" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2C2E3B43" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...28 lines deleted...]
-            </w:r>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B1C0A7" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="04A44ED6" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="34" w:right="92"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="4E38951E" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2E7124E3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="197" w:lineRule="exact"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="45A0D455" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="71FB5A25" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="37FD7699" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="1065"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF9AD90" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="5442EDDA" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08844F66" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="26AB9605" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
-            </w:r>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56E6A69D" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="1FA6FEC8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дипломға</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...59 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/аттестат о </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>присвоении</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ученого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6992B577" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="648904A3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6" w:line="199" w:lineRule="exact"/>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t>звания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аттестат</w:t>
-            </w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ученой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C488DAB" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="7783D414" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доктор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="466FA121" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="176BEE91" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Ғылым</w:t>
+              <w:t>Кандидат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>докторы,</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ғылым</w:t>
+              <w:t>доктор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>кандидаты,</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>профиль бойынша докторы– 10 балл</w:t>
-            </w:r>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="438537D2" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="22ABE85A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="202" w:lineRule="exact"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...75 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="3A0CB72E" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="238784A3" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="738"/>
+          <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52BE29B6" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="11BBA460" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64531716" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="669DB3B7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>нәтижелері</w:t>
-            </w:r>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62A99D61" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="4B046033" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20076BC8" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="01EB73E0" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50%</w:t>
-[...11 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
-                <w:w w:val="160"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="57BE8D74" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="40C908B4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>60-80%</w:t>
-[...11 lines deleted...]
-                <w:w w:val="125"/>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
-            </w:r>
-[...13 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="44458504" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="7B5FC14C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>80-100%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="15"/>
+                <w:spacing w:val="17"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="6658372A" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="3716ED5C" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="693"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14DC398E" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="20F816CA" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F98A7E5" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="688F1859" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
-              <w:ind w:right="782" w:firstLine="50"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...28 lines deleted...]
-            </w:r>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6DD594" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="54A60DC9" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
-              <w:ind w:right="532"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>туралы</w:t>
+              <w:t>к</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
-            </w:r>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A7835A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="016BB0BD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="736705CF" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="1B67F889" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«4»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="5256C88A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="7EB66A3F" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«5»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="5AD2518B" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="30242A02" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="419"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="614928B6" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="059CA509" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EABC1E1" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6574101A" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E39C6EE" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="309A9A60" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79916B67" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="3621220D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>положительного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="47B6422A" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="31ABD7E8" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="282"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518F168A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="766C6E08" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79608C30" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="38C62AE8" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Волонтерлік</w:t>
-[...28 lines deleted...]
-            </w:r>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07EF0866" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2568E5D1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7821E760" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="44454D1B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="48D40526" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="200B1105" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36151B80" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2886A39E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62CCD9F6" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="503FB10D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>странички</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>интернета</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>социальных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="67D291C0" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="36781298" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әлеуметтік</w:t>
-            </w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>желіде</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>парақшаларын</w:t>
-[...26 lines deleted...]
-              <w:t>семинарлар)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>уроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>, семинары))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="142E555C" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="376E2703" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Сілтемелер</w:t>
-            </w:r>
+              <w:t>Ссылки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="508D5F65" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="17DB771C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="7"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="8"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="8"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A918FA4" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="5975188E" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="22"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="4"/>
-[...18 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="6"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="3"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1D405A47" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="7C3BDFF1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="25"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="6"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="140"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="7"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="7"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="4464D608" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="1AA5D8A5" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08D654DB" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6398B904" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21820511" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="74FEC43D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Жазғы</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерьлердің</w:t>
-[...28 lines deleted...]
-            </w:r>
+              <w:t>лагерей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="140916CC" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6CBB46AD" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBC5DBC" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6793580D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-            </w:r>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="01E81115" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="3A1AB93E" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="671"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B73B77D" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6774F753" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="198"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5153144B" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="0D410CA3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>месту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>орындары</w:t>
-[...78 lines deleted...]
-              <w:t>т.б.)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A8C518" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="138E88C2" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="569DE1B0" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="5E212F26" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="34"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-                <w:spacing w:val="-9"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аспайды</w:t>
-            </w:r>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="73CEE42C" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="15B51DDC" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="4576"/>
+          <w:trHeight w:val="4437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE3F492" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2E4163B4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:left="0" w:right="168"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2A69BF" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="1D9AC49D" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-              <w:rPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сертификатов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="582793A9" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="557574CE" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3" w:line="202" w:lineRule="exact"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">IELTS; TOEFL; DELF; </w:t>
-[...11 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="160EDE67" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программам «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5376C78B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Zertifikat</w:t>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="01589AFB" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="0ED20D32" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сертификаттары,</w:t>
+              <w:t>курсы:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F3E47D4" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2B50E7A5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="26"/>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...28 lines deleted...]
-            </w:r>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>негіздері»,</w:t>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53567625" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="59D36C6C" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:b/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>«Microsoft-та</w:t>
-[...80 lines deleted...]
-              <w:t>оқыту Халықаралық курстар:</w:t>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Primary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36FF3E7C" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="1EF35004" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="20" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>TEFL</w:t>
-            </w:r>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Cambridge</w:t>
+              <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Speakers</w:t>
             </w:r>
@@ -18027,77 +21445,76 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>)»</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="790CFB1A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="775168B1" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="24" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>CELT-P</w:t>
+              <w:t>CELT-S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
@@ -18108,1275 +21525,768 @@
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Primary</w:t>
+              <w:t>Secondary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="020A0F68" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="092A33D5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="23" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>DELTA</w:t>
-            </w:r>
+              <w:t>TKT «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Diploma</w:t>
-[...14 lines deleted...]
-              <w:t>in</w:t>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...48 lines deleted...]
-              <w:t>Speakers</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...20 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56FDBF1A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="33132AA7" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="22" w:line="242" w:lineRule="auto"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-                <w:spacing w:val="-9"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...24 lines deleted...]
-              <w:t>Teaching</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:w w:val="110"/>
-[...201 lines deleted...]
-              <w:t>Medium</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>of</w:t>
-[...126 lines deleted...]
-              </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-              <w:t>«TESOL»</w:t>
+              <w:t xml:space="preserve"> (TESOL)»TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2711D2CD" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="01580BF5" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
+              <w:ind w:left="93"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D0D6D7" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="29CF6DD4" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="16"/>
-              <w:ind w:left="34"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әрқайсына</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бөлек)</w:t>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="50E83BD6" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00CB21C2" w14:paraId="4AA332B2" w14:textId="77777777" w:rsidTr="00B44A3A">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="631465BE" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="6047369B" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="8"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="20900A4F" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="2706CAEA" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00B44A3A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26C7DE7A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00136731">
+    <w:p w14:paraId="71DCBFA3" w14:textId="77777777" w:rsidR="00CB21C2" w:rsidRDefault="00CB21C2" w:rsidP="00CB21C2"/>
+    <w:p w14:paraId="0336D34F" w14:textId="074053C2" w:rsidR="007823B4" w:rsidRDefault="007823B4"/>
+    <w:p w14:paraId="69551F57" w14:textId="77777777" w:rsidR="007823B4" w:rsidRPr="00E22801" w:rsidRDefault="007823B4" w:rsidP="007823B4">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37222B80" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00136731">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00DB4915" w:rsidSect="00505629">
+    <w:sectPr w:rsidR="007823B4" w:rsidRPr="00E22801" w:rsidSect="00A06A18">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="640" w:right="425" w:bottom="280" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3077E0C6" w14:textId="77777777" w:rsidR="008E1C98" w:rsidRDefault="008E1C98" w:rsidP="00505629">
+    <w:p w14:paraId="11F56D6B" w14:textId="77777777" w:rsidR="00007B52" w:rsidRDefault="00007B52" w:rsidP="00CB21C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7497EDBD" w14:textId="77777777" w:rsidR="008E1C98" w:rsidRDefault="008E1C98" w:rsidP="00505629">
+    <w:p w14:paraId="59FC6234" w14:textId="77777777" w:rsidR="00007B52" w:rsidRDefault="00007B52" w:rsidP="00CB21C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="340A48D4" w14:textId="77777777" w:rsidR="008E1C98" w:rsidRDefault="008E1C98" w:rsidP="00505629">
+    <w:p w14:paraId="5D296C6F" w14:textId="77777777" w:rsidR="00007B52" w:rsidRDefault="00007B52" w:rsidP="00CB21C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="430388E6" w14:textId="77777777" w:rsidR="008E1C98" w:rsidRDefault="008E1C98" w:rsidP="00505629">
+    <w:p w14:paraId="277DC660" w14:textId="77777777" w:rsidR="00007B52" w:rsidRDefault="00007B52" w:rsidP="00CB21C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="063C5368"/>
-[...235 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16FE3E6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="521457CE"/>
     <w:lvl w:ilvl="0" w:tplc="E5801D12">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="372"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B606BBFA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -19444,778 +22354,51 @@
     <w:lvl w:ilvl="7" w:tplc="7FE849BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="41E8C584">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5540" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...726 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B154A7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03A2A290"/>
     <w:lvl w:ilvl="0" w:tplc="EFCACF70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="424" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="76C24F76">
       <w:numFmt w:val="bullet"/>
@@ -20292,774 +22475,1017 @@
     <w:lvl w:ilvl="7" w:tplc="B07AE494">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4956" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="866A14AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5604" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3CC45911"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DD96822"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="505A0550"/>
-    <w:lvl w:ilvl="0" w:tplc="39584E44">
+    <w:tmpl w:val="5A0E4794"/>
+    <w:lvl w:ilvl="0" w:tplc="8402AECE">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="576"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B11646A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1319" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DD5CB82C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1959" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0952F92E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2599" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1D4686DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3239" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2FF081EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3879" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="119ABCD4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4519" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9E4C3DF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5159" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="98F6AF4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5799" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41632700"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F74BD24"/>
+    <w:lvl w:ilvl="0" w:tplc="88A0EFC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="91" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5AC6D848">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="429" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BB7C1E4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9666757A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1087" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5E9AC9A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DBD4DEB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1746" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6DC234EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2075" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04F475D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2404" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EF96E84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2733" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E165B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF9E6FFA"/>
+    <w:lvl w:ilvl="0" w:tplc="53320D26">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="141" w:hanging="284"/>
+        <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="120A6340">
+    <w:lvl w:ilvl="1" w:tplc="E29E4C7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="816" w:hanging="284"/>
+        <w:ind w:left="833" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="173478B4">
+    <w:lvl w:ilvl="2" w:tplc="66566FC4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1492" w:hanging="284"/>
+        <w:ind w:left="1527" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33C8FA56">
+    <w:lvl w:ilvl="3" w:tplc="0DAE2292">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2168" w:hanging="284"/>
+        <w:ind w:left="2221" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5896EB36">
+    <w:lvl w:ilvl="4" w:tplc="959E7A12">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2844" w:hanging="284"/>
+        <w:ind w:left="2915" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2B187DC4">
+    <w:lvl w:ilvl="5" w:tplc="77B25FCE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3520" w:hanging="284"/>
+        <w:ind w:left="3609" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58C88C1A">
+    <w:lvl w:ilvl="6" w:tplc="CF768366">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4196" w:hanging="284"/>
+        <w:ind w:left="4303" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2DBABDE6">
+    <w:lvl w:ilvl="7" w:tplc="40267EB6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4872" w:hanging="284"/>
+        <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9DDA1F70">
+    <w:lvl w:ilvl="8" w:tplc="9D24103C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5548" w:hanging="284"/>
+        <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4325214A"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="473863B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="076C22C0"/>
-[...237 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="97D409D2">
+    <w:tmpl w:val="13585396"/>
+    <w:lvl w:ilvl="0" w:tplc="1EC23A9C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="424" w:hanging="284"/>
+        <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3474C9E4">
+    <w:lvl w:ilvl="1" w:tplc="F58C902A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="284"/>
+        <w:ind w:left="833" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AB209E70">
+    <w:lvl w:ilvl="2" w:tplc="0248E73C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1716" w:hanging="284"/>
+        <w:ind w:left="1527" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D95887CC">
+    <w:lvl w:ilvl="3" w:tplc="8BB40D40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2364" w:hanging="284"/>
+        <w:ind w:left="2221" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3DAA2326">
+    <w:lvl w:ilvl="4" w:tplc="A06AA642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3012" w:hanging="284"/>
+        <w:ind w:left="2915" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DAB2939A">
+    <w:lvl w:ilvl="5" w:tplc="A9584202">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="284"/>
+        <w:ind w:left="3609" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E814EDDC">
+    <w:lvl w:ilvl="6" w:tplc="977AA31E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="284"/>
+        <w:ind w:left="4303" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C73A91E6">
+    <w:lvl w:ilvl="7" w:tplc="2278A486">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4956" w:hanging="284"/>
+        <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9DE601CE">
+    <w:lvl w:ilvl="8" w:tplc="41BC5970">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5604" w:hanging="284"/>
+        <w:ind w:left="5691" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="592D4E2B"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="543A6CAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1C180F42"/>
-    <w:lvl w:ilvl="0" w:tplc="D608A50A">
+    <w:tmpl w:val="5DC02744"/>
+    <w:lvl w:ilvl="0" w:tplc="E4B49418">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="32" w:hanging="222"/>
+        <w:ind w:left="23" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14B2741E">
+    <w:lvl w:ilvl="1" w:tplc="DB96C80E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="403" w:hanging="222"/>
+        <w:ind w:left="442" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24D8F19A">
+    <w:lvl w:ilvl="2" w:tplc="607E2A6A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="767" w:hanging="222"/>
+        <w:ind w:left="864" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3782E312">
+    <w:lvl w:ilvl="3" w:tplc="707A6A6E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1131" w:hanging="222"/>
+        <w:ind w:left="1287" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D40C7550">
+    <w:lvl w:ilvl="4" w:tplc="56BC0708">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1494" w:hanging="222"/>
+        <w:ind w:left="1709" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FA5095F0">
+    <w:lvl w:ilvl="5" w:tplc="0DDAADEE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1858" w:hanging="222"/>
+        <w:ind w:left="2132" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AFA6E33A">
+    <w:lvl w:ilvl="6" w:tplc="1F7E6F7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2222" w:hanging="222"/>
+        <w:ind w:left="2554" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BAE0BE0C">
+    <w:lvl w:ilvl="7" w:tplc="4B486936">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2585" w:hanging="222"/>
+        <w:ind w:left="2976" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8A209398">
+    <w:lvl w:ilvl="8" w:tplc="B378A6E2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2949" w:hanging="222"/>
+        <w:ind w:left="3399" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5C836998"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58BB5783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="888AB71C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="229E47F4"/>
+    <w:lvl w:ilvl="0" w:tplc="CBF2C2DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="106" w:hanging="262"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9C46AF5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="429" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4F8C0B82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EB20CE2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1087" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="687A7492">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="61D6CAE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1746" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BDBC4B20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2075" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="647C6B10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2404" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DCAEBEC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2733" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60AB5C0A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53D6BD6C"/>
+    <w:lvl w:ilvl="0" w:tplc="773CAD96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="144" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D758C274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1203" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="881E7B82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2266" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="93B0340E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="54548CB4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4393" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5F084A42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5456" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2FD6A11C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6520" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4A04CDEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7583" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0DFE4254">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="689E34C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3DEC458"/>
+    <w:lvl w:ilvl="0" w:tplc="DEE81686">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="03A2A940">
+    <w:lvl w:ilvl="1" w:tplc="7F4870D4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="797" w:hanging="262"/>
+        <w:ind w:left="833" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93EC45FE">
+    <w:lvl w:ilvl="2" w:tplc="10BA0F74">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1495" w:hanging="262"/>
+        <w:ind w:left="1527" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="953EF98C">
+    <w:lvl w:ilvl="3" w:tplc="150EFB3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2193" w:hanging="262"/>
+        <w:ind w:left="2221" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FA948ADE">
+    <w:lvl w:ilvl="4" w:tplc="FD6837A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2891" w:hanging="262"/>
+        <w:ind w:left="2915" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DBB067A6">
+    <w:lvl w:ilvl="5" w:tplc="A4167DF4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="262"/>
+        <w:ind w:left="3609" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A7760698">
+    <w:lvl w:ilvl="6" w:tplc="79B82C90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4287" w:hanging="262"/>
+        <w:ind w:left="4303" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="349CC8B6">
+    <w:lvl w:ilvl="7" w:tplc="FA2C22F2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4985" w:hanging="262"/>
+        <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="695AFDA2">
+    <w:lvl w:ilvl="8" w:tplc="09BA7622">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5683" w:hanging="262"/>
+        <w:ind w:left="5691" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B183376"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3066740"/>
     <w:lvl w:ilvl="0" w:tplc="833874E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="141" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B572764A">
       <w:numFmt w:val="bullet"/>
@@ -21136,172 +23562,51 @@
     <w:lvl w:ilvl="7" w:tplc="E0581634">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4872" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08889B78">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5548" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E4C2283"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B206504"/>
     <w:lvl w:ilvl="0" w:tplc="E64A22C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="141" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="690E9EBC">
       <w:numFmt w:val="bullet"/>
@@ -21378,61 +23683,62 @@
     <w:lvl w:ilvl="7" w:tplc="DA047034">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4872" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E258CB58">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5548" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F956AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F61A04F2"/>
     <w:lvl w:ilvl="0" w:tplc="FB00CF78">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="350"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BA4A503C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="82149A66">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21494,442 +23800,296 @@
     <w:lvl w:ilvl="7" w:tplc="51020922">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B07631E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5540" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="756F7458"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73B25768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5840FFDA"/>
-[...1 lines deleted...]
-      <w:start w:val="8"/>
+    <w:tmpl w:val="0F48B66A"/>
+    <w:lvl w:ilvl="0" w:tplc="7AB84522">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="107" w:hanging="372"/>
+        <w:ind w:left="106" w:hanging="262"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5360D9A4">
+    <w:lvl w:ilvl="1" w:tplc="94200CF0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="372"/>
+        <w:ind w:left="797" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="06485596">
+    <w:lvl w:ilvl="2" w:tplc="A42CBD0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1460" w:hanging="372"/>
+        <w:ind w:left="1495" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BC22D3A2">
+    <w:lvl w:ilvl="3" w:tplc="04F8E45E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2140" w:hanging="372"/>
+        <w:ind w:left="2193" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A9F6D1BA">
+    <w:lvl w:ilvl="4" w:tplc="6E8C806C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2820" w:hanging="372"/>
+        <w:ind w:left="2891" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4470DA0E">
+    <w:lvl w:ilvl="5" w:tplc="33362090">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3500" w:hanging="372"/>
+        <w:ind w:left="3589" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E4FC2522">
+    <w:lvl w:ilvl="6" w:tplc="82383D24">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4180" w:hanging="372"/>
+        <w:ind w:left="4287" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E82EC2CE">
+    <w:lvl w:ilvl="7" w:tplc="12CEDAD6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="372"/>
+        <w:ind w:left="4985" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08E6DDC0">
+    <w:lvl w:ilvl="8" w:tplc="EAE0454C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5540" w:hanging="372"/>
+        <w:ind w:left="5683" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1267345801">
+  <w:num w:numId="1" w16cid:durableId="468472319">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1939291464">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1342317690">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="137502748">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="701170050">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1202093099">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="910391257">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1166240835">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="676076692">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="9" w16cid:durableId="1674913363">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="408767459">
+  <w:num w:numId="10" w16cid:durableId="1319262577">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1527870415">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="86969881">
+  <w:num w:numId="12" w16cid:durableId="1865747153">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="252593128">
-[...20 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="704141101">
+  <w:num w:numId="13" w16cid:durableId="1787852699">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2113092088">
-[...11 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="1655915477">
+  <w:num w:numId="14" w16cid:durableId="429854328">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005D75EB"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00FC48E8"/>
+    <w:rsidRoot w:val="008D1AB8"/>
+    <w:rsid w:val="00007B52"/>
+    <w:rsid w:val="00183098"/>
+    <w:rsid w:val="00233E9B"/>
+    <w:rsid w:val="00250F17"/>
+    <w:rsid w:val="00323565"/>
+    <w:rsid w:val="00415F64"/>
+    <w:rsid w:val="005465F7"/>
+    <w:rsid w:val="00573D52"/>
+    <w:rsid w:val="00630304"/>
+    <w:rsid w:val="00697188"/>
+    <w:rsid w:val="007741CF"/>
+    <w:rsid w:val="007823B4"/>
+    <w:rsid w:val="007D1C8F"/>
+    <w:rsid w:val="008D1AB8"/>
+    <w:rsid w:val="00972833"/>
+    <w:rsid w:val="009D1349"/>
+    <w:rsid w:val="00A06A18"/>
+    <w:rsid w:val="00B00755"/>
+    <w:rsid w:val="00B016A7"/>
+    <w:rsid w:val="00C003C7"/>
+    <w:rsid w:val="00CA1E23"/>
+    <w:rsid w:val="00CB21C2"/>
+    <w:rsid w:val="00E85A38"/>
+    <w:rsid w:val="00FD3716"/>
+    <w:rsid w:val="00FE560B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="30043197"/>
-  <w15:docId w15:val="{D17404FB-F19E-4CEB-B8AF-B405791BDEE0}"/>
+  <w14:docId w14:val="5AEC5975"/>
+  <w15:docId w15:val="{BBC0C147-35C8-4D47-9673-075F857B9524}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -22288,295 +24448,383 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00A06A18"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:pPr>
       <w:spacing w:before="215"/>
       <w:ind w:left="23" w:right="54"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:pPr>
       <w:ind w:left="140"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00A06A18"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00A06A18"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00A06A18"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00A06A18"/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00194B17"/>
+    <w:rsid w:val="00E85A38"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007823B4"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007823B4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="007823B4"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="007823B4"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007823B4"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00194B17"/>
+    <w:rsid w:val="007D1C8F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...28 lines deleted...]
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00505629"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00505629"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00505629"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00505629"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="00CB21C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1623878787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh11@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -22829,83 +25077,83 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>10580</Characters>
+  <Pages>7</Pages>
+  <Words>1964</Words>
+  <Characters>11196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12412</CharactersWithSpaces>
+  <CharactersWithSpaces>13134</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-08-11T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-06-17T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
 </Properties>
 </file>