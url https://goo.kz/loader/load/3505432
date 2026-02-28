--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,10390 +1,12377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="7FEF7134" w14:textId="52216754" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+    <w:p w:rsidR="006F0ADC" w:rsidRDefault="00E20B44">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>города</w:t>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575137">
+        <w:t>Камал Макпалеев атындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектебі»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>КММ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRPr="008676CA" w:rsidRDefault="006F0ADC" w:rsidP="00442683">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">орыс тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00853A80" w:rsidRPr="008676CA">
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00461747" w:rsidRPr="00461747">
+        <w:rPr>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidR="0031463E" w:rsidRPr="0031463E">
+        <w:rPr>
+          <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+        </w:rPr>
+        <w:t>информатика</w:t>
+      </w:r>
+      <w:r w:rsidR="0031463E" w:rsidRPr="0031463E">
+        <w:rPr>
+          <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>конкурс</w:t>
+      <w:r w:rsidR="00442683">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030513B" w:rsidRPr="008676CA">
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
+        <w:t xml:space="preserve"> са</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0">
+        <w:t>ғат</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2135C0C8" w14:textId="108CF248" w:rsidR="00A84295" w:rsidRPr="00F017D8" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...100 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7446"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="759"/>
-[...22 lines deleted...]
-              <w:t>организации</w:t>
+              <w:ind w:left="107" w:right="318"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>Пошталық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="108"/>
-[...34 lines deleted...]
-              <w:t>школа</w:t>
+              <w:ind w:right="258"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008E437F">
-[...19 lines deleted...]
-          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>КММ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="atLeast"/>
-[...105 lines deleted...]
-              <w:t>Павлодарской</w:t>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="354"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>области</w:t>
+              <w:t>облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>көшесі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...28 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>14001</w:t>
-[...24 lines deleted...]
-              <w:t>Республика</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24F3E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00931795" w:rsidRPr="00C66D07">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0">
+        <w:trPr>
+          <w:trHeight w:val="1103"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="274"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>басқармасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Казахстан,</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>«Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00931795">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:rPr>
-[...72 lines deleted...]
-              <w:t>58</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="161"/>
+          <w:trHeight w:val="2484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-            <w:pPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...22 lines deleted...]
-              <w:t>телефонов</w:t>
+              <w:ind w:left="107" w:right="162"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA82882" w14:textId="078A70D9" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...38 lines deleted...]
-              <w:t>22-22-18</w:t>
+          <w:p w:rsidR="00ED4EC0" w:rsidRPr="000A20ED" w:rsidRDefault="000A20ED" w:rsidP="000A20ED">
+            <w:pPr>
+              <w:widowControl/>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="360"/>
+              </w:tabs>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A20ED">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке тұлғаның психологиялық-медициналық-педагогикалық ерекшеліктерін және оның шағын ортасын, өмір сүру жағдайларын зерделейді, білім алушылардың, тәрбиеленушілердің мүдделері мен қажеттіліктерін, проблемаларын, жанжалды жағдайларын, мінез-құлқындағы ауытқуларды анықтайды және оларға әлеуметтік көмек пен қолдауды уақтылы көрсетеді;әлеуметтік-педагогикалық жұмыстың міндеттерін, нысандарын, әдістерін, баланың жеке және әлеуметтік проблемаларын шешу тәсілдерін айқындайды, білім алушылардың, тәрбиеленушілердің жеке басының құқықтары мен бостандықтарын іске асыруда әлеуметтік қорғау және әлеуметтік көмек бойынша шаралар қабылдайды; білім алушылар, тәрбиеленушілер және ұйым, отбасы, орта, әртүрлі әлеуметтік қызметтердің, ведомстволар мен әкімшілік органдардың мамандары арасында делдал болады; жеке тұлғаның қоғамдағы өмірге бейімделуін қамтамасыз ететін білім беру ұйымдарында және тұрғылықты жері бойынша білім алушыларды, тәрбиеленушілерді тәрбиелеу, білім беру, дамыту және әлеуметтік қорғау жөніндегі шаралар кешенін жүзеге асырады; жетім балалар мен ата-анасының қамқорлығынсыз қалған балалардың, кемтар балалардың, мүгедек балалардың, бала кезінен мүгедектердің патронат, тұрғын үймен, жәрдемақылармен, зейнетақылармен, мүліктік және мүліктік емес құқықтармен қамтамасыз ету жөніндегі жұмысты үйлестіреді;сабақтан тыс уақытта білім алушылардың, тәрбиеленушілердің таланттарын, ақыл-ой және дене қабілеттерін дамыту үшін жағдай жасайды;әлеуметтік ортада адамгершілік, адамгершілік сау қарым-қатынас орнатуға ықпал етеді; білім алушылар, тәрбиеленушілер және мемлекеттік, қоғамдық ұйымдар мен әлеуметтік қызметтер арасындағы байланысты қамтамасыз етеді;педагогтармен, ата-аналармен және өзге де заңды өкілдермен өзара іс-қимыл жасайды; білім беру процесі кезеңінде білім алушылардың, тәрбиеленушілердің өмірі мен денсаулығын қорғауды қамтамасыз етеді; білім беру ұйымдарында білім беретін оқу бағдарламаларын әзірлеуге, бекітуге және іске асыруға қатысады;     білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>адреса</w:t>
+              <w:t>Бос</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>электронной</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="264" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>почты</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="107" w:right="640"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="00177AC2">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-            </w:hyperlink>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031463E">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>нформатика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="0030513B" w:rsidRPr="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29" w:rsidRPr="007E06ED">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29" w:rsidRPr="007E06ED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="166"/>
-[...8 lines deleted...]
-              <w:t>Наименование</w:t>
+              <w:ind w:left="107" w:right="259"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной или</w:t>
-[...12 lines deleted...]
-              <w:t>временно</w:t>
+              <w:t>мөлшері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной</w:t>
-[...28 lines deleted...]
-              <w:t>нагрузка</w:t>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766E24DB" w14:textId="42BADB48" w:rsidR="00634804" w:rsidRPr="002A1BD9" w:rsidRDefault="00177AC2">
-[...303 lines deleted...]
-          <w:p w14:paraId="72092A33" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
-[...424 lines deleted...]
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:right="856" w:firstLine="0"/>
-[...102 lines deleted...]
-          <w:p w14:paraId="7F7E38E8" w14:textId="0A6DE671" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:left="247"/>
-[...8 lines deleted...]
-              <w:t>среднее</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>специальное</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B44130">
+              <w:t>106</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">20 </w:t>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="57"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="285A0E79" w14:textId="45D51610" w:rsidR="00634804" w:rsidRDefault="00634804">
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:ind w:left="247"/>
-[...21 lines deleted...]
-              <w:t>образование</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(min):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...29 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>130000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>тенге</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="1783"/>
+          <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="95"/>
-[...8 lines deleted...]
-              <w:t>Квалификационные</w:t>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требования,</w:t>
+              <w:t>сипаттамаларымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявляемые к</w:t>
+              <w:t>бекітілген кандидатқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>кандидату,</w:t>
-[...73 lines deleted...]
-              <w:t>педагогов</w:t>
+              <w:t>талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E21EE" w14:textId="73EA8EA8" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="000A20ED" w:rsidRPr="000A20ED" w:rsidRDefault="000A20ED" w:rsidP="000A20ED">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B666EB">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A20ED">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары педагогикалық білімі немесе "Әлеуметтік педагог" бағыты бойынша кәсіптік білімі немесе педагогикалық қайта даярлығын растайтын құжат, жұмыс стажына талап қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="000A20ED" w:rsidP="000A20ED">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A20ED">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>     және (немесе) біліктілігінің жоғары деңгейі болған кезде әлеуметтік педагог лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін – кемінде 4 жыл және педагог-шебер лауазымындағы жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0">
+        <w:trPr>
+          <w:trHeight w:val="553"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="003733C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B666EB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B666EB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008676CA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0">
+        <w:trPr>
+          <w:trHeight w:val="4416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00ED4B81" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар үшін пән бойынша шекті деңгейі кемінде 90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау нәтижелері туралы сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы туралы куәлік (бар болса) немесе Celta сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 балл; немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында арнайы пәндер бойынша педагогтер және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік оқыту шеберлері лауазымдарына педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке кіріскен, тиісті мамандық немесе бейін бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12) Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен педагогтерін лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларының 11-қосымшына сәйкес нысан бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="440"/>
-[...448 lines deleted...]
-                <w:tab w:val="left" w:pos="262"/>
+                <w:tab w:val="left" w:pos="372"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="101" w:firstLine="0"/>
-[...48 lines deleted...]
-              <w:t>лет</w:t>
+              <w:ind w:right="164" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибе жоқ кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейнепрезентациясы кемінде 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="000152B0" w:rsidTr="000152B0">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="2057"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Срок</w:t>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>приема</w:t>
-[...15 lines deleted...]
-              <w:t>документов</w:t>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43381ED0" w14:textId="15FFFAFF" w:rsidR="00634804" w:rsidRPr="00CC61AA" w:rsidRDefault="002A1BD9">
-[...194 lines deleted...]
-          <w:p w14:paraId="17000845" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
+          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
-[...980 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2781AC1B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6003" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға тағайындау, лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="6623" w:right="1175"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>қағидаларына 10-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1068" style="position:absolute;margin-left:53.9pt;margin-top:15.95pt;width:498pt;height:.1pt;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,319" coordsize="9960,0" path="m1078,319r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1067" style="position:absolute;margin-left:53.9pt;margin-top:31.8pt;width:498pt;height:.1pt;z-index:-15728128;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,636" coordsize="9960,0" path="m1078,636r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1066" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1065" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="405" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1064" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498.05pt;height:.1pt;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9961,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1063" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15726080;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1062" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498.1pt;height:.1pt;z-index:-15725568;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,270" coordsize="9962,0" path="m1078,270r9962,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="344" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1061" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2574"/>
+          <w:tab w:val="left" w:pos="10231"/>
+          <w:tab w:val="left" w:pos="10306"/>
+        </w:tabs>
+        <w:spacing w:before="34"/>
+        <w:ind w:left="217" w:right="377" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(керегінің астын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>керек)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1060" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498pt;height:.1pt;z-index:-15724544;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,270" coordsize="9960,0" path="m1078,270r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="340" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="926"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1059" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15724032;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1058" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498.1pt;height:.1pt;z-index:-15723520;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9962,0" path="m1078,547r9962,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="887" w:right="401"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="9"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="114" w:type="dxa"/>
+        <w:tblInd w:w="222" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7542"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3263"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="2979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00634804" w14:paraId="5B950852" w14:textId="77777777" w:rsidTr="00B44130">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="132"/>
+          <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B458BB" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="285" w:right="169" w:firstLine="472"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="189" w:right="169" w:firstLine="281"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2383" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05BCDE5F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="590"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7542" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D601F14" w14:textId="0883C8B3" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00B44130">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="232"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="892" w:right="553" w:hanging="320"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="61363897" w14:textId="77777777" w:rsidTr="00634804">
+      <w:tr w:rsidR="00ED4EC0">
         <w:trPr>
-          <w:trHeight w:val="827"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6D2B9E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2383" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2F59F1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="694"/>
-[...38 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7542" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2663E433" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...10 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7825DE4E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10148"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1057" style="position:absolute;margin-left:53.9pt;margin-top:13.6pt;width:498pt;height:.1pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,272" coordsize="9960,0" path="m1078,272r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10179"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10268"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1056" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1055" style="position:absolute;margin-left:53.9pt;margin-top:27.4pt;width:498pt;height:.1pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,548" coordsize="9960,0" path="m1078,548r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10222"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1054" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15721472;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1053" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="_x0000_s1052" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15720448;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="720" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3555"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="89"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">жылғы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="0031463E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="-1577"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="_x0000_s1050" style="width:132pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2640,10">
+            <v:line id="_x0000_s1051" style="position:absolute" from="0,5" to="2640,5" strokeweight=".48pt"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720" w:equalWidth="0">
+            <w:col w:w="1114" w:space="40"/>
+            <w:col w:w="3596" w:space="4432"/>
+            <w:col w:w="1508"/>
+          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5077"/>
-        <w:gridCol w:w="3979"/>
+        <w:gridCol w:w="5673"/>
+        <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="492775B9" w14:textId="77777777" w:rsidTr="00924841">
-[...826 lines deleted...]
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="604867ED" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00A05A87">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B979270" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D9D4B0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...7 lines deleted...]
-          <w:p w14:paraId="2FC14379" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24464323" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="368A68D0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76E3B7E5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1912BF36" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F3E2732" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E72AC4B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00A05A87">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54C7CF28" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z186"/>
+      <w:r w:rsidRPr="00737FA7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10630621" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
-[...278 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="524"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="57F02C34" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EC78755" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="079FA5D8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12A9FA68" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...17 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF81E55" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...38 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5346A336" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="3856A456" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33DC9BB6" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="314E6046" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26D01807" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="183679AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...86 lines deleted...]
-              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4762E777" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="358CC3C0" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EEB447E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52AF7A07" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30E939E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E5E56AF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="563E77F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="69F5AFDC" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="743E7D1B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C526547" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="200420FF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5972A60F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E597BF9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="354E3769" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="116871CD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EE28802" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="038899F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A870EC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...122 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40D7E3E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="1BE27B0A" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14B0769D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50C312BE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66B2D538" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75AAA925" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D449A5C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="4CA7ADD1" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A96EA46" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA66FBF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...23 lines deleted...]
-              <w:t>впервые поступающих на работу</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E19D6F2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...24 lines deleted...]
-              <w:t>диплому об образовании</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1057AC40" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...42 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27AA55BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="52B2321A" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C3FE52" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15007000" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">орнынан ұсыныс хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CD56C2B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A381FE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...32 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4031D481" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0F04E808" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1938F61A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3945F114" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B3E577E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="774A3A96" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...104 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) олимпиадалар және конкурстар жеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) олимпиадалар және конкурстар жеңімпаздары - 3 балл "Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13C53167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="34B2720B" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A462371" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FCA8A27" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1822EDC9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F08F5FD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74BDE977" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="7648E2B8" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CCDD48E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F602D25" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B0AAF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F9B0331" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...86 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08C12F86" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0EDC248C" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="652EB224" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B74EE50" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE747BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...30 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" программалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>- сертификат на цифровую грамотность,</w:t>
-[...170 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TKT</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Educational Management</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
-[...141 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AF257AC" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
-[...72 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A2F2CF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="60A1EAA1" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E72C02A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0342D2AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3598A192" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7B2167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DBD4235" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="5E50DC38" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EB31A99" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78103FF0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2271CAA8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...19 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="00CB5938">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w:rsidR="003E3C5B" w:rsidRDefault="003E3C5B" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="70"/>
-        <w:ind w:left="6214" w:right="874" w:firstLine="1"/>
+        <w:ind w:left="6075" w:right="487"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CE4BB6" w:rsidSect="00CB5938">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00C947C0">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01EA27B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2645A44"/>
+    <w:lvl w:ilvl="0" w:tplc="4FDABD32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B9B013C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="685E4EB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1ECCE910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9D9261CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EEAE4D9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A6AD4AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CE7874B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0740631C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03C71FF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B692B270"/>
+    <w:lvl w:ilvl="0" w:tplc="0F32512C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70ACDFDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C91AA59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76DD50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CF626A5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0F5A64A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="98D0F4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="88E676E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="33C2FFA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="092A3767"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2E7C94D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D26947"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2890990A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1430247A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="316E9794"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D575ABC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C243780"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="409A2685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08BA00D2"/>
+    <w:lvl w:ilvl="0" w:tplc="BBF660F0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="367" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3828EA2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1009" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1116ED20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1658" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="928C88CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2307" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4EB02C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B21A2220">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3605" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="924264A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5DFAB29C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4903" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9B6284B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5552" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46625A9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82CAF9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="E320D8B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A8C98E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="73C49A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6636810A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D8C456C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A748FC9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EA5EAAF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5F7ECA92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E30CF856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADC25FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94F03610"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA807C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="180"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CD247AB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="531" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="83889E28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1022" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DD18A16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1513" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="06CC19B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2004" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="987068DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2495" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3C5ACBA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2986" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F9C6E166">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3477" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1CADBE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3968" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E0C6C1A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5D02886"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54296A1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05C82A58"/>
+    <w:lvl w:ilvl="0" w:tplc="FE64C6B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F3E06822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="414C706E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="850CB6FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="93B05C68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7850F666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="321232D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4F0014D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4DF2A39C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57800B1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAA43BFE"/>
+    <w:lvl w:ilvl="0" w:tplc="DCD8F8BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34EA6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C48CD2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="571ADF40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="32AEBD5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04404666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="23E0AF7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D932ED14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D01A320C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F3701C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="791C9E5A"/>
+    <w:lvl w:ilvl="0" w:tplc="629443D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="247" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E12026E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="901" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1F9E3A9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1562" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8AF41E30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2223" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="89BC5568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2884" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E904E784">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3545" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="726E5F4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4206" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="52560900">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4867" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="874A94AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5528" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63AD2F25"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="942A8D54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70A70729"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF44F832"/>
+    <w:lvl w:ilvl="0" w:tplc="41A01026">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE10866A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14AC6BEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABD0D5D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D202232">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4732993C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="41C80050">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6B2AC694">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D86AEE2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8">
-[...11 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
-[...29 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00744B21"/>
-[...41 lines deleted...]
-    <w:rsid w:val="00FF28ED"/>
+    <w:rsidRoot w:val="00ED4EC0"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rsid w:val="00052485"/>
+    <w:rsid w:val="00053E29"/>
+    <w:rsid w:val="000A20ED"/>
+    <w:rsid w:val="000C1F1F"/>
+    <w:rsid w:val="000D31CD"/>
+    <w:rsid w:val="000E2D02"/>
+    <w:rsid w:val="000E340F"/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00122E0F"/>
+    <w:rsid w:val="001742B2"/>
+    <w:rsid w:val="001A03ED"/>
+    <w:rsid w:val="001F2B91"/>
+    <w:rsid w:val="002129C0"/>
+    <w:rsid w:val="0027745B"/>
+    <w:rsid w:val="0030513B"/>
+    <w:rsid w:val="0031463E"/>
+    <w:rsid w:val="003733C7"/>
+    <w:rsid w:val="003E3C5B"/>
+    <w:rsid w:val="00442683"/>
+    <w:rsid w:val="00442F53"/>
+    <w:rsid w:val="00461747"/>
+    <w:rsid w:val="004A4293"/>
+    <w:rsid w:val="004D412E"/>
+    <w:rsid w:val="00575137"/>
+    <w:rsid w:val="006F0ADC"/>
+    <w:rsid w:val="007C205F"/>
+    <w:rsid w:val="007E06ED"/>
+    <w:rsid w:val="007E70B6"/>
+    <w:rsid w:val="00853A80"/>
+    <w:rsid w:val="008676CA"/>
+    <w:rsid w:val="00875D02"/>
+    <w:rsid w:val="008B3C9F"/>
+    <w:rsid w:val="00931795"/>
+    <w:rsid w:val="00A64398"/>
+    <w:rsid w:val="00AD1D1B"/>
+    <w:rsid w:val="00AF10FF"/>
+    <w:rsid w:val="00B666EB"/>
+    <w:rsid w:val="00BB4B48"/>
+    <w:rsid w:val="00C67D9F"/>
+    <w:rsid w:val="00D377BC"/>
+    <w:rsid w:val="00DB3FEF"/>
+    <w:rsid w:val="00E20B44"/>
+    <w:rsid w:val="00E464C2"/>
+    <w:rsid w:val="00ED4EC0"/>
+    <w:rsid w:val="00F24F3E"/>
+    <w:rsid w:val="00F5100D"/>
+    <w:rsid w:val="00F96811"/>
+    <w:rsid w:val="00FA7A17"/>
+    <w:rsid w:val="00FA7EF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1069"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8EEC50"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
+  <w14:docId w14:val="37A50D09"/>
+  <w15:docId w15:val="{14A0EF7C-DC8F-44BC-9D6A-CCACC2188875}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10411,51 +12398,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10524,51 +12511,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -10724,678 +12711,711 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="007C205F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="007C205F"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F017D8"/>
+    <w:rsid w:val="008676CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="00634804"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007C205F"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C205F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C205F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C205F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="000F4C74"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="000F4C74"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
-    <w:name w:val="msonormal"/>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00634804"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000152B0"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008676CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008676CA"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...13 lines deleted...]
-    <w:name w:val="Основной текст Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="anegp0gi0b9av8jahpyh">
+    <w:name w:val="anegp0gi0b9av8jahpyh"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...100 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00E464C2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="861550270">
+    <w:div w:id="601379899">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="935985448">
+    <w:div w:id="833764215">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1415935653">
+    <w:div w:id="836846900">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="973830464">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1355039753">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1468085625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1541166870">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1935626340">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2103644447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1724</Words>
-  <Characters>9828</Characters>
+  <Words>1834</Words>
+  <Characters>10455</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11529</CharactersWithSpaces>
+  <CharactersWithSpaces>12265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2022-11-03T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>