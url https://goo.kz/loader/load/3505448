--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -1,17051 +1,20142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="4C09415E">
-[...97 lines deleted...]
-    <w:p w14:paraId="5AC208EE">
+    <w:p w14:paraId="7478502B">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518B8876">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының  №11 жалпы орта білім беру мектебі» КММ орыс тілінде оқытатын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005DE0CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>психолог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына конкурс жариялайды. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...23 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүктеме)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-279" w:type="dxa"/>
+        <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="426"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7374"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w14:paraId="0DC3C7A7">
+      <w:tr w14:paraId="5EFB8CE1">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="556" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C85AD3B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9626" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F536FFA">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1597"/>
+                <w:tab w:val="left" w:pos="3099"/>
+                <w:tab w:val="left" w:pos="4719"/>
+                <w:tab w:val="left" w:pos="6105"/>
+                <w:tab w:val="left" w:pos="7300"/>
+                <w:tab w:val="left" w:pos="8596"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="110" w:right="98"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ЕСКЕРТПЕ:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Педагогтерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>конкурсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>"Педагогті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмысқа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қабылдау" модулінде (https://hr-nobd.edu.kz/) жүзеге асырылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="33378ACC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="73588361">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B512CE">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ұйымының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301F2158">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №11 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D410A5E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="55E73B19">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="505" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C95D4DB">
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="74D474FF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10209" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="127407D6">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="15994005">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>жері,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3339AA27">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>пошталық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31218344">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...159 lines deleted...]
-                <w:b/>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, Жеңіс алаңы көшесі, 3/1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="464165B2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7B7E8709">
+      <w:tr w14:paraId="5035E7BA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="328" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D31B54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CC38EA">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>нөмірлері,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B022DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> 8 (718)  32- 49 -69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="078D9ADA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="251" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F079EF1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22694B42">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679975FE">
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> HYPERLINK "mailto:Sosh11@goo.edu.kz" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="4"/>
+              </w:rPr>
+              <w:t>Sosh11@goo.edu.kz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="4"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C78F64C"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="71953B37">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="757" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACF02D3">
-[...1 lines deleted...]
-              <w:pStyle w:val="22"/>
+          <w:p w14:paraId="5E7A5D7B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62AC121F">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1761320B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Бос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бос лауазымның атауы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C99B3A">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7374" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E401550">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">№ </w:t>
+          <w:p w14:paraId="55E40E11">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>педагог-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 </w:t>
-[...85 lines deleted...]
-          </w:p>
+              <w:t>психолог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F54C1A1"/>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="49022748">
+      <w:tr w14:paraId="34C84A66">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1771" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="050DA565">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778EC345">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="110" w:right="414"/>
+            </w:pPr>
+            <w:r>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функционалдық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5BF3BA">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың психологиялық және әлеуметтік салауаттылығын сақтауға бағытталған іс-шараларды жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="169DAB51">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     -  Бала құқықтарын қорғау туралы конвенцияға сәйкес жеке тұлғаның құқықтарын қорғауға жәрдемдеседі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C720C09">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   -   Оқушылар мен тәрбиеленушілердің жеке басының дамуына кедергі келтіретін факторларды анықтайды және әртүрлі психологиялық көмек көрсету (психокоррекциялық, оңалту және консультативтік) шараларын қолданады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59328592">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-оқушыларға, ата-аналарына немесе оларды алмастыратын тұлғаларға, педагогикалық ұжымға нақты психологиялық мәселелерді шешуде көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA0C281">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Түрлі профильдер мен мақсаттағы психологиялық диагностиканы жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C74DFF7">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            - Инклюзивті білім беру қағидасын әзірлейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51203072">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оқушылардың жеке тұлғасының жеке және гендерлік ерекшеліктерін ескере отырып, оқу іс-әрекетінің дамытушылық және түзету бағдарламаларын жоспарлауға және әзірлеуге қатысады, олардың әртүрлі өмірлік жағдайларға және кәсіби өзін-өзі анықтау мәселелеріне бағдарлануға дайындығын дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1167E872">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Дарынды оқушыларға, ерекше білім беру қажеттіліктері бар оқушыларға психологиялық қолдау көрсетеді, олардың дамуына ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1220A4">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Білім беру ұйымдарының қызметкерлеріне студенттердің, тәрбиеленушілердің, мұғалімдердің, білім алушылардың ата-аналарының немесе оларды алмастыратын адамдардың әлеуметтік-психологиялық құзыреттілігін арттыруға бағытталған психологияны практикалық қолдану бойынша кеңес береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B98141">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қорқыту мен суицидтің алдын алу үшін жұмыс істейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741C8C9E">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="42"/>
+                <w:szCs w:val="42"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұйымда білім беру процесінің барлық субъектілерінің, соның ішінде балалардың отбасыларының қатысуымен «Құндылықтарға негізделген білім» тұжырымдамасын жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2914BCEC">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6485972D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02DAF517">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F91227">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>еңбекке ақы төлеу мөлшері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E63B606">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524AF8C4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       - орташа арнайы білім- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>129 258, 84</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281C6619">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    - жоғары білім (min): 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>636</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2F749C16">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1865" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74057C96">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118989EB">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="110" w:right="533"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">үлгілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647CC6EC">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E841AC">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="110" w:right="521"/>
+            </w:pPr>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">кандидатқа қойылатын біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E034B83">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="12"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Психология» мамандығы бойынша жұмыс тәжірибесіне немесе тиісті бейіні бойынша техникалық және кәсіптік білімге қойылатын талаптарсыз жоғары білім, біліктілігі жоғары немесе орта деңгей болған жағдайда, мамандығы бойынша жұмыс өтілі: модератор оқытушы үшін кемінде 3 жыл , сарапшы мұғалім үшін – кемінде 4 жыл, оқытушы-зерттеуші – 5 жылдан кем емес.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="20517BBC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2794B403">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ECA9D87">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED8BFB0">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E09EDA2">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEE0C10">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">.08.2025 - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.08.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="70A137A3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="4762" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71049E6E">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593ED892">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B07478F">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41510FB7">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="470"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">не цифрлық құжаттар сервисінен алынған электрондық құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD4C65B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="350"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кадрларды есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке іс парағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CA79F5">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="535"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B5913B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="346" w:hanging="239"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30916D7C">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="458"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5621FAD9">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="374"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психикалық, мінез-құлықтық бұзылушылықтары б</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ар аурудың динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="20B86C5A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="4762" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CA02E5">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDDFAE9">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EF8FD0">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C6D103B">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="491"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="55"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F146FF7">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="701"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1829F9">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="526"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бағалау парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300F2E18">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="552"/>
+              </w:tabs>
+              <w:ind w:left="552" w:hanging="445"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бойынша),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51681347">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3B390258">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="506" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="400F508B">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5E217F34">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2691AA1B">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4619C4CF">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A007A6">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...21 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7374" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19AECDEC">
-[...92 lines deleted...]
-              <w:t>Площадь Победы 3/1</w:t>
+          <w:p w14:paraId="47524BF6">
+            <w:pPr>
+              <w:pStyle w:val="9"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0C3A8B0C">
+    </w:tbl>
+    <w:p w14:paraId="0E034C4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1935"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E05C20">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1935"/>
+        </w:tabs>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8A0772">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4CABEF">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446CABB1">
+      <w:pPr>
+        <w:spacing w:line="177" w:lineRule="exact"/>
+        <w:ind w:left="5675" w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1803842A">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142875</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 1" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.25pt;height:0.1pt;width:500.2pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251656192;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6352540,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA7dsSWtUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBm90kYiwxmx6EggepmApep9lpEszO&#10;xuymrf/eyUmP783Hm/fKzcUN6kRT6D0bSFcJKOLG255bAx/77d0aVIjIFgfPZOCHAmyq66sSC+vP&#10;/E6nOrZKQjgUaKCLcSy0Dk1HDsPKj8RyO/rJYRQ5tdpOeJZwN+gsSXLtsGf50OFIzx01X/XsDIzh&#10;c0u1fjm+zcyv+TfO+916Z8ztTZo8gYp0iX8wLPWlOlTS6eBntkENotP7TFADWfYAagHEyUEdFucR&#10;dFXq/xOqX1BLAwQUAAAACACHTuJAYCK5uBUCAAB6BAAADgAAAGRycy9lMm9Eb2MueG1srVTLbtsw&#10;ELwX6D8QvNey1cZJDMtBESNBgaINkPQDaIqyCPDVXdqy/75LSrJd95JDfZCH3NVwZ2ep5cPBGrZX&#10;gNq7is8mU86Uk77WblvxX29Pn+44wyhcLYx3quJHhfxh9fHDsgsLVfrWm1oBIxKHiy5UvI0xLIoC&#10;ZauswIkPylGw8WBFpCVsixpER+zWFOV0Oi86D3UALxUi7a77IB8Y4T2Evmm0VGsvd1a52LOCMiKS&#10;JGx1QL7K1TaNkvFn06CKzFSclMb8pEMIb9KzWC3FYgsitFoOJYj3lHClyQrt6NAT1VpEwXag/6Gy&#10;WoJH38SJ9LboheSOkIrZ9Ko3r60IKmuhVmM4NR3/H638sX8BpmuaBM6csGT489CNWWpOF3BBOa/h&#10;BYYVEkxKDw3Y9E8a2CE39HhqqDpEJmlz/vmmvPlCvZYUm5W3ud/F+V25w/isfOYR++8YezvqEYl2&#10;RPLgRghkarLTZDsjZ2QnZDs3vZ1BxPReKi5B1p0LSXvW79Wbz9F4VTmVdo4ad5lFUmb3ZcnZqJJy&#10;+wwC6ZjVcgD5aMKX4oxLVdzez+/ylKA3un7SxqQqELabRwNsL9KM5l/SQQx/pQXAuBbY9nk5NKQZ&#10;R9nJqN6ahDa+PpKvHVlZcfy9E6A4M98cTU66BSOAEWxGANE8+nxXUmnOf91F3+jkSz6h5x0WNJK5&#10;zOH6pJm/XOes8ydj9QdQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAA&#10;AAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQ&#10;a+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BG&#10;AzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrk&#10;DfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNH&#10;PuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78n&#10;u9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7A&#10;ufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ym&#10;aiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrM&#10;m8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAA&#10;AAAAAAABACAAAACDBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAAAAAAAAAEAAAAGUDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAA&#10;CwAAAAAAAAABACAAAACJAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDt2xJa1QAAAAoBAAAPAAAAAAAA&#10;AAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAYCK5uBUCAAB6BAAADgAA&#10;AAAAAAABACAAAAAkAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAqwUAAAAA&#10;" path="m0,0l6351922,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>310515</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 2" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:24.45pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251655168;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAEf0RT9cAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwWrDMBBE74X+g9hCb40kJ5TEtRyooYcSKDQJPSvW1nZq&#10;rYylJM7fd3NqjzP7mJ0p1pPvxRnH2AUyoGcKBFIdXEeNgf3u7WkJIiZLzvaB0MAVI6zL+7vC5i5c&#10;6BPP29QIDqGYWwNtSkMuZaxb9DbOwoDEt+8weptYjo10o71wuO9lptSz9LYj/tDaAasW65/tyRv4&#10;OFY4Va9f0+74Ps0leZ1tlDbm8UGrFxAJp/QHw60+V4eSOx3CiVwUPWs9zxg1sFiuQNwArRc85sDO&#10;SoMsC/l/QvkLUEsDBBQAAAAIAIdO4kCxw4NfFQIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWytVMtu&#10;2zAQvBfoPxC817IdREkMy0ERI0GBog2Q9ANoirII8NVd2rL/vktKsl33kkN9kIfc1XBnZ6nl48Ea&#10;tleA2ruKzyZTzpSTvtZuW/Ff789f7jnDKFwtjHeq4keF/HH1+dOyCws19603tQJGJA4XXah4G2NY&#10;FAXKVlmBEx+Uo2DjwYpIS9gWNYiO2K0p5tNpWXQe6gBeKkTaXfdBPjDCRwh902ip1l7urHKxZwVl&#10;RCRJ2OqAfJWrbRol48+mQRWZqTgpjflJhxDepGexWorFFkRotRxKEB8p4UqTFdrRoSeqtYiC7UD/&#10;Q2W1BI++iRPpbdELyR0hFbPpVW/eWhFU1kKtxnBqOv4/Wvlj/wpM1xWfc+aEJcNfhm7MU3O6gAvK&#10;eQuvMKyQYFJ6aMCmf9LADrmhx1ND1SEySZvlTTmdldRrSbHZ/C73uzi/K3cYX5TPPGL/HWNvRz0i&#10;0Y5IHtwIgUxNdppsZ+SM7IRs56a3M4iY3kvFJci6cyFpz/q9evc5Gq8qp9LOUeMus8qb24fylqSM&#10;Kim3zyCQjlktB5CPJnwpzrhUxd1DeZ+nBL3R9bM2JlWBsN08GWB7kWY0/5IOYvgrLQDGtcC2z8uh&#10;Ic04yk5G9dYktPH1kXztyMqK4++dAMWZ+eZoctItGAGMYDMCiObJ57uSSnP+6y76Ridf8gk977Cg&#10;kcxlDtcnzfzlOmedPxmrP1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04v&#10;o9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7&#10;UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y&#10;6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe&#10;00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9U&#10;eXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/&#10;vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9&#10;jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZD&#10;TKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trW&#10;asybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAAAAAAAEAIAAAAIUEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAAAAAAAAAAAQAAAAZwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAAAAAAAEAIAAAAIsDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQBH9EU/XAAAACgEAAA8AAAAA&#10;AAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCxw4NfFQIAAHoEAAAO&#10;AAAAAAAAAAEAIAAAACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACtBQAAAAA=&#10;" path="m0,0l6359650,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F1F115">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31BAAAD1">
+      <w:pPr>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="23" w:right="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6137D4E3">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 3" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:10.95pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251654144;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAbFvwzdYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjtFCFI41QiEgeEhESLOLvxNkmJ&#10;11Hstubv2Z7gOLNPszPVOvtRnHCOQyADeqFAILXBDdQZ+Ny+3D2CiMmSs2MgNPCDEdb19VVlSxfO&#10;9IGnTeoEh1AsrYE+pamUMrY9ehsXYULi2z7M3iaWcyfdbM8c7kdZKPUgvR2IP/R2wqbH9ntz9Abe&#10;Dw3m5vkrbw+veSnJ6+JNaWNub7RagUiY0x8Ml/pcHWrutAtHclGMrPWyYNRAoZ9AXACt73nMjp1C&#10;g6wr+X9C/QtQSwMEFAAAAAgAh07iQBBBlrwXAgAAegQAAA4AAABkcnMvZTJvRG9jLnhtbK1Uy27b&#10;MBC8F8g/ELzH8gOVHcNyUMRIUKBoAyT9AJqiLAIUye7Slv33XVKS7biXHOqDPOSuhjs7S60ej41h&#10;BwWonS34ZDTmTFnpSm13Bf/9/ny/4AyDsKUwzqqCnxTyx/Xdl1Xrl2rqamdKBYxILC5bX/A6BL/M&#10;MpS1agSOnFeWgpWDRgRawi4rQbTE3phsOh7nWeug9OCkQqTdTRfkPSN8htBVlZZq4+S+UTZ0rKCM&#10;CCQJa+2Rr1O1VaVk+FVVqAIzBSelIT3pEMLb+MzWK7HcgfC1ln0J4jMl3GhqhLZ06JlqI4Jge9D/&#10;UDVagkNXhZF0TdYJSR0hFZPxTW/eauFV0kKtRn9uOv4/Wvnz8ApMlwWfcWZFQ4a/9N2Yxea0HpeU&#10;8+ZfoV8hwaj0WEET/0kDO6aGns4NVcfAJG3ms3w8yanXkmKT6Tz1O7u8K/cYXpRLPOLwA0NnRzkg&#10;UQ9IHu0AgUyNdppkZ+CM7IRk57az04sQ34vFRcjaSyFxr3EH9e5SNNxUTqVdosZeZ+Wzrw+L+Zyz&#10;QSXldhkE4jHrVQ/S0YSvxRkbq5g/5Is0JeiMLp+1MbEKhN32yQA7iDij6Rd1EMOHNA8YNgLrLi+F&#10;+jRjKTsa1VkT0daVJ/K1JSsLjn/2AhRn5rulyYm3YAAwgO0AIJgnl+5KLM26b/vgKh19SSd0vP2C&#10;RjKV2V+fOPPX65R1+WSs/wJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBsW/DN1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAEEGWvBcCAAB6BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 4" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.45pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251653120;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJ8f2cNcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjjNKA2xKlEJA4ICYkWcXbjJUmJ&#10;11Hstubv2Z7gOLNPszPVJrlRnHAOgycNapGBQGq9HajT8LF7vluBCNGQNaMn1PCDATb19VVlSuvP&#10;9I6nbewEh1AojYY+xqmUMrQ9OhMWfkLi25efnYks507a2Zw53I0yz7IH6cxA/KE3EzY9tt/bo9Pw&#10;dmgwNU+faXd4SUtJTuWvmdL69kZljyAipvgHw6U+V4eaO+39kWwQI2u1zBnVUBRrEBdAqYLH7Nm5&#10;VyDrSv6fUP8CUEsDBBQAAAAIAIdO4kC3L9UvFwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWytVMFu&#10;4jAQva/Uf7B8LwHaDRQRqlVRq5VWu5Xa/QDjOMSSY3tnDIG/37GTAGUvPSyH8OyZPM+bN87y8dAY&#10;tleA2tmCT0ZjzpSVrtR2W/Df78+3c84wCFsK46wq+FEhf1zdfFm2fqGmrnamVMCIxOKi9QWvQ/CL&#10;LENZq0bgyHllKVg5aESgJWyzEkRL7I3JpuNxnrUOSg9OKkTaXXdB3jPCZwhdVWmp1k7uGmVDxwrK&#10;iECSsNYe+SpVW1VKhl9VhSowU3BSGtKTDiG8ic9stRSLLQhfa9mXID5TwpWmRmhLh56o1iIItgP9&#10;D1WjJTh0VRhJ12SdkNQRUjEZX/XmrRZeJS3UavSnpuP/o5U/96/AdFnwe86saMjwl74b97E5rccF&#10;5bz5V+hXSDAqPVTQxH/SwA6pocdTQ9UhMEmb+V0+nuTUa0mxyXSW+p2d35U7DC/KJR6x/4Ghs6Mc&#10;kKgHJA92gECmRjtNsjNwRnZCsnPT2elFiO/F4iJk7bmQuNe4vXp3KRquKqfSzlFjL7Pyu68P89mM&#10;s0El5XYZBOIxq2UP0tGEL8UZG6uYPeTzNCXojC6ftTGxCoTt5skA24s4o+kXdRDDhzQPGNYC6y4v&#10;hfo0Yyk7GtVZE9HGlUfytSUrC45/dgIUZ+a7pcmJt2AAMIDNACCYJ5fuSizNum+74CodfUkndLz9&#10;gkYyldlfnzjzl+uUdf5krP4CUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsD&#10;BBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxij&#10;Ti+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2&#10;e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkw&#10;bpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7&#10;p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50&#10;X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVja&#10;M/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp&#10;1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4P&#10;VkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm&#10;2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEA&#10;ABMAAAAAAAAAAQAgAAAAhwQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABgAAAAAAAAAAABAAAABpAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAAAAAAAAAQAgAAAAjQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAJ8f2cNcAAAAKAQAADwAA&#10;AAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQLcv1S8XAgAAegQA&#10;AA4AAAAAAAAAAQAgAAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAK8FAAAAAA==&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EEF4D0">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B329C11">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="61" w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>болса),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F99FD1C">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140335</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 5" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.05pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251652096;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhPAKKNUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzWrDMBCE74W+g9hCb41+XEpxLQdi6KEUCk1Cz4q1tZ1Y&#10;K2Mpifr2lU/tcWY/ZmeqdXIju+AcBk8a5EoAQ2q9HajTsN+9PjwDC9GQNaMn1PCDAdb17U1lSuuv&#10;9ImXbexYDqFQGg19jFPJeWh7dCas/ISUb99+diZmOXfczuaaw93IlRBP3JmB8ofeTNj02J62Z6fh&#10;49hgajZfaXd8SwUnJ9W7kFrf30nxAixiin8wLPVzdahzp4M/kw1szFoWKqMalJLAFkDKxzzmsDgF&#10;8Lri/yfUv1BLAwQUAAAACACHTuJAVjt4HxYCAAB6BAAADgAAAGRycy9lMm9Eb2MueG1srVTBjtow&#10;EL1X6j9YvpcAKwKLCKtq0a4qVe1Ku/0A4zjEkmO7M4bA33fsJEDZyx6WQ3j2TJ7nzRtn9XBsDDso&#10;QO1swSejMWfKSldquyv4n7enbwvOMAhbCuOsKvhJIX9Yf/2yav1STV3tTKmAEYnFZesLXofgl1mG&#10;slaNwJHzylKwctCIQEvYZSWIltgbk03H4zxrHZQenFSItLvpgrxnhI8QuqrSUm2c3DfKho4VlBGB&#10;JGGtPfJ1qraqlAy/qwpVYKbgpDSkJx1CeBuf2XolljsQvtayL0F8pIQbTY3Qlg49U21EEGwP+h1V&#10;oyU4dFUYSddknZDUEVIxGd/05rUWXiUt1Gr056bj59HKX4cXYLos+IwzKxoy/Lnvxiw2p/W4pJxX&#10;/wL9CglGpccKmvhPGtgxNfR0bqg6BiZpM7/Lx5Ocei0pNpnOU7+zy7tyj+FZucQjDj8xdHaUAxL1&#10;gOTRDhDI1GinSXYGzshOSHZuOzu9CPG9WFyErL0UEvcad1BvLkXDTeVU2iVq7HVWfje7X8znnA0q&#10;KbfLIBCPWa96kI4mfC3O2FjF/D5fpClBZ3T5pI2JVSDsto8G2EHEGU2/qIMY/kvzgGEjsO7yUqhP&#10;M5ayo1GdNRFtXXkiX1uysuD4dy9AcWZ+WJqceAsGAAPYDgCCeXTprsTSrPu+D67S0Zd0QsfbL2gk&#10;U5n99Ykzf71OWZdPxvofUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQA&#10;AAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j&#10;0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQ&#10;RgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq&#10;5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97T&#10;Rz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5&#10;cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/&#10;J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2O&#10;wLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNM&#10;pmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZq&#10;zJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMA&#10;AAAAAAAAAQAgAAAAhAQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAAAAAAAAABAAAABmAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAAAAAAAAAQAgAAAAigMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAhPAKKNUAAAAKAQAADwAAAAAA&#10;AAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQFY7eB8WAgAAegQAAA4A&#10;AAAAAAAAAQAgAAAAJAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKwFAAAAAA==&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 6" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.45pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251651072;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJ8f2cNcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjjNKA2xKlEJA4ICYkWcXbjJUmJ&#10;11Hstubv2Z7gOLNPszPVJrlRnHAOgycNapGBQGq9HajT8LF7vluBCNGQNaMn1PCDATb19VVlSuvP&#10;9I6nbewEh1AojYY+xqmUMrQ9OhMWfkLi25efnYks507a2Zw53I0yz7IH6cxA/KE3EzY9tt/bo9Pw&#10;dmgwNU+faXd4SUtJTuWvmdL69kZljyAipvgHw6U+V4eaO+39kWwQI2u1zBnVUBRrEBdAqYLH7Nm5&#10;VyDrSv6fUP8CUEsDBBQAAAAIAIdO4kB1Bo9OFgIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWytVMGO&#10;2jAQvVfqP1i+lwCrBhYRVtWiXVWq2pV2+wGO4xBLju3OGAJ/37GTAEsveyiH8OyZPM+bN8764dga&#10;dlCA2tmCzyZTzpSVrtJ2V/Dfb09flpxhELYSxllV8JNC/rD5/Gnd+ZWau8aZSgEjEourzhe8CcGv&#10;sgxlo1qBE+eVpWDtoBWBlrDLKhAdsbcmm0+nedY5qDw4qRBpd9sH+cAIHyF0da2l2jq5b5UNPSso&#10;IwJJwkZ75JtUbV0rGX7VNarATMFJaUhPOoRwGZ/ZZi1WOxC+0XIoQXykhBtNrdCWDj1TbUUQbA/6&#10;H6pWS3Do6jCRrs16IakjpGI2venNayO8Slqo1ejPTcf/Ryt/Hl6A6argOWdWtGT489CNPDan87ii&#10;nFf/AsMKCUalxxra+E8a2DE19HRuqDoGJmkzv8uns5x6LSk2my9Sv7PLu3KP4Vm5xCMOPzD0dlQj&#10;Es2I5NGOEMjUaKdJdgbOyE5Idpa9nV6E+F4sLkLWXQqJe607qDeXouGmcirtEjX2Oiu/+3q/XCw4&#10;G1VSbp9BIB6zWQ8gHU34WpyxsYrFfb5MU4LO6OpJGxOrQNiVjwbYQcQZTb+ogxjepXnAsBXY9Hkp&#10;NKQZS9nRqN6aiEpXncjXjqwsOP7ZC1Ccme+WJifeghHACMoRQDCPLt2VWJp13/bB1Tr6kk7oeYcF&#10;jWQqc7g+ceav1ynr8snY/AVQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAnx/Zw1wAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAdQaPThYCAAB6BAAA&#10;DgAAAAAAAAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618FF935">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B583E84">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33634D1C">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140335</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 7" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.05pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251650048;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhPAKKNUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzWrDMBCE74W+g9hCb41+XEpxLQdi6KEUCk1Cz4q1tZ1Y&#10;K2Mpifr2lU/tcWY/ZmeqdXIju+AcBk8a5EoAQ2q9HajTsN+9PjwDC9GQNaMn1PCDAdb17U1lSuuv&#10;9ImXbexYDqFQGg19jFPJeWh7dCas/ISUb99+diZmOXfczuaaw93IlRBP3JmB8ofeTNj02J62Z6fh&#10;49hgajZfaXd8SwUnJ9W7kFrf30nxAixiin8wLPVzdahzp4M/kw1szFoWKqMalJLAFkDKxzzmsDgF&#10;8Lri/yfUv1BLAwQUAAAACACHTuJAlBIifhYCAAB6BAAADgAAAGRycy9lMm9Eb2MueG1srVTBjtow&#10;EL1X6j9YvpcAqwYWEVbVol1VqtqVdvsBjuMQS47tzhgCf9+xkwBLL3soh/DsmTzPmzfO+uHYGnZQ&#10;gNrZgs8mU86Ula7Sdlfw329PX5acYRC2EsZZVfCTQv6w+fxp3fmVmrvGmUoBIxKLq84XvAnBr7IM&#10;ZaNagRPnlaVg7aAVgZawyyoQHbG3JptPp3nWOag8OKkQaXfbB/nACB8hdHWtpdo6uW+VDT0rKCMC&#10;ScJGe+SbVG1dKxl+1TWqwEzBSWlITzqEcBmf2WYtVjsQvtFyKEF8pIQbTa3Qlg49U21FEGwP+h+q&#10;Vktw6Oowka7NeiGpI6RiNr3pzWsjvEpaqNXoz03H/0crfx5egOmq4AvOrGjJ8OehG4vYnM7jinJe&#10;/QsMKyQYlR5raOM/aWDH1NDTuaHqGJikzfwun85y6rWk2Gy+SP3OLu/KPYZn5RKPOPzA0NtRjUg0&#10;I5JHO0IgU6OdJtkZOCM7IdlZ9nZ6EeJ7sbgIWXcpJO617qDeXIqGm8qptEvU2Ous/O7r/XJBTRpV&#10;Um6fQSAes1kPIB1N+FqcsbGKxX2+TFOCzujqSRsTq0DYlY8G2EHEGU2/qIMY3qV5wLAV2PR5KTSk&#10;GUvZ0ajemohKV53I146sLDj+2QtQnJnvliYn3oIRwAjKEUAwjy7dlViadd/2wdU6+pJO6HmHBY1k&#10;KnO4PnHmr9cp6/LJ2PwFUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQA&#10;AAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j&#10;0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQ&#10;RgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq&#10;5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97T&#10;Rz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5&#10;cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/&#10;J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2O&#10;wLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNM&#10;pmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZq&#10;zJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMA&#10;AAAAAAAAAQAgAAAAhAQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAAAAAAAAABAAAABmAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAAAAAAAAAQAgAAAAigMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAhPAKKNUAAAAKAQAADwAAAAAA&#10;AAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQJQSIn4WAgAAegQAAA4A&#10;AAAAAAAAAQAgAAAAJAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKwFAAAAAA==&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0391E818">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="23" w:right="56"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8187AF">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140335</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 8" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.05pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251649024;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhPAKKNUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzWrDMBCE74W+g9hCb41+XEpxLQdi6KEUCk1Cz4q1tZ1Y&#10;K2Mpifr2lU/tcWY/ZmeqdXIju+AcBk8a5EoAQ2q9HajTsN+9PjwDC9GQNaMn1PCDAdb17U1lSuuv&#10;9ImXbexYDqFQGg19jFPJeWh7dCas/ISUb99+diZmOXfczuaaw93IlRBP3JmB8ofeTNj02J62Z6fh&#10;49hgajZfaXd8SwUnJ9W7kFrf30nxAixiin8wLPVzdahzp4M/kw1szFoWKqMalJLAFkDKxzzmsDgF&#10;8Lri/yfUv1BLAwQUAAAACACHTuJAet14sxYCAAB6BAAADgAAAGRycy9lMm9Eb2MueG1srVTBjtow&#10;EL1X6j9YvpcAqwYWEVbVol1VqtqVdvsBjuMQS47tzhgCf9+xkwBLL3soh/DsmTzPmzfO+uHYGnZQ&#10;gNrZgs8mU86Ula7Sdlfw329PX5acYRC2EsZZVfCTQv6w+fxp3fmVmrvGmUoBIxKLq84XvAnBr7IM&#10;ZaNagRPnlaVg7aAVgZawyyoQHbG3JptPp3nWOag8OKkQaXfbB/nACB8hdHWtpdo6uW+VDT0rKCMC&#10;ScJGe+SbVG1dKxl+1TWqwEzBSWlITzqEcBmf2WYtVjsQvtFyKEF8pIQbTa3Qlg49U21FEGwP+h+q&#10;Vktw6Oowka7NeiGpI6RiNr3pzWsjvEpaqNXoz03H/0crfx5egOmq4GS7FS0Z/jx0Yxmb03lcUc6r&#10;f4FhhQSj0mMNbfwnDeyYGno6N1QdA5O0md/l01lOvZYUm80Xqd/Z5V25x/CsXOIRhx8YejuqEYlm&#10;RPJoRwhkarTTJDsDZ2QnJDvL3k4vQnwvFhch6y6FxL3WHdSbS9FwUzmVdokae52V3329Xy4WnI0q&#10;KbfPIBCP2awHkI4mfC3O2FjF4j5fpilBZ3T1pI2JVSDsykcD7CDijKZf1EEM79I8YNgKbPq8FBrS&#10;jKXsaFRvTUSlq07ka0dWFhz/7AUozsx3S5MTb8EIYATlCCCYR5fuSizNum/74GodfUkn9LzDgkYy&#10;lTlcnzjz1+uUdflkbP4CUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQA&#10;AAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j&#10;0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQ&#10;RgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq&#10;5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97T&#10;Rz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5&#10;cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/&#10;J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2O&#10;wLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNM&#10;pmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZq&#10;zJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMA&#10;AAAAAAAAAQAgAAAAhAQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAAAAAAAAABAAAABmAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAAAAAAAAAQAgAAAAigMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAhPAKKNUAAAAKAQAADwAAAAAA&#10;AAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQHrdeLMWAgAAegQAAA4A&#10;AAAAAAAAAQAgAAAAJAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKwFAAAAAA==&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773F096E">
+      <w:pPr>
+        <w:spacing w:before="215"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859BE64">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9383"/>
+        </w:tabs>
+        <w:spacing w:before="88"/>
+        <w:ind w:right="113"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="134"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E9DEDE">
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:right="171"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6817AAA3">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141605</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 9" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.15pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251648000;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA6NNHb9YAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3Kh/AgilcSoRiQNCQqJFnN14m6TE&#10;6yh2W/P2OCc4zuyn2Zlqk9zIzjiHwZMGuRLAkFpvB+o0fO5e7p6AhWjImtETavjBAJv6+qoypfUX&#10;+sDzNnYsh1AojYY+xqnkPLQ9OhNWfkLKt4OfnYlZzh23s7nkcDdyJcQjd2ag/KE3EzY9tt/bk9Pw&#10;fmwwNc9faXd8TQUnJ9WbkFrf3kixBhYxxT8Ylvq5OtS5096fyAY2Zi0LlVENShXAFkDK+zxmvzgP&#10;wOuK/59Q/wJQSwMEFAAAAAgAh07iQJvJ1YMXAgAAegQAAA4AAABkcnMvZTJvRG9jLnhtbK1Uy27b&#10;MBC8F8g/ELzHsh1UfsByUMRIUKBoAyT9AJqiLAIUye7Slv33XVKS7biXHOqDPOSuhjs7S60ej41h&#10;BwWonS34ZDTmTFnpSm13Bf/9/nw/5wyDsKUwzqqCnxTyx/Xdl1Xrl2rqamdKBYxILC5bX/A6BL/M&#10;MpS1agSOnFeWgpWDRgRawi4rQbTE3phsOh7nWeug9OCkQqTdTRfkPSN8htBVlZZq4+S+UTZ0rKCM&#10;CCQJa+2Rr1O1VaVk+FVVqAIzBSelIT3pEMLb+MzWK7HcgfC1ln0J4jMl3GhqhLZ06JlqI4Jge9D/&#10;UDVagkNXhZF0TdYJSR0hFZPxTW/eauFV0kKtRn9uOv4/Wvnz8ApMlwVfcGZFQ4a/9N1YxOa0HpeU&#10;8+ZfoV8hwaj0WEET/0kDO6aGns4NVcfAJG3mD/l4klOvJcUm01nqd3Z5V+4xvCiXeMThB4bOjnJA&#10;oh6QPNoBApka7TTJzsAZ2QnJzm1npxchvheLi5C1l0LiXuMO6t2laLipnEq7RI29zsofvi7msxln&#10;g0rK7TIIxGPWqx6kowlfizM2VjFb5PM0JeiMLp+1MbEKhN32yQA7iDij6Rd1EMOHNA8YNgLrLi+F&#10;+jRjKTsa1VkT0daVJ/K1JSsLjn/2AhRn5rulyYm3YAAwgO0AIJgnl+5KLM26b/vgKh19SSd0vP2C&#10;RjKV2V+fOPPX65R1+WSs/wJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDo00dv1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAm8nVgxcCAAB6BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>287655</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 10" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.65pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251646976;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJrIhEtYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjjpEUoxKlEJA4ICYkWcXbjJUmJ&#10;11Hstubv2ZzgOLNPszPVNrlRnHEOgycNapWBQGq9HajT8LF/vnsAEaIha0ZPqOEHA2zr66vKlNZf&#10;6B3Pu9gJDqFQGg19jFMpZWh7dCas/ITEty8/OxNZzp20s7lwuBtlnmX30pmB+ENvJmx6bL93J6fh&#10;7dhgap4+0/74kgpJTuWvmdL69kZljyAipvgHw1Kfq0PNnQ7+RDaIkbUqckY1rDcFiAVQas1jDouz&#10;AVlX8v+E+hdQSwMEFAAAAAgAh07iQAl8l60WAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7Jk8v5k3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKASMSi6vOF7wJwa+y&#10;DGWjWoET55WlYO2gFYGWsMsqEB2xtyabT6d51jmoPDipEGl32wf5wAgfIXR1raXaOrlvlQ09Kygj&#10;ApWEjfbIN0ltXSsZftU1qsBMwanSkJ50COEyPrPNWqx2IHyj5SBBfETCTU2t0JYOPVNtRRBsD/of&#10;qlZLcOjqMJGuzfpCUkeoitn0pjevjfAq1UKtRn9uOv4/Wvnz8AJMVzQJ1BIrWnL8eWgH7VB7Oo8r&#10;ynr1LzCskGCs9VhDG/+pCnZMLT2dW6qOgUnazO/y6Swnakmx2XyRKLPLu3KP4Vm5xCMOPzD0hlQj&#10;Es2I5NGOEMjWaKhJhgbOyFBIhpa9oV6E+F4UFyHrLkLiXusO6s2laLhRTtIuUWOvs/K7r/fLxYKz&#10;sUrK7TMIxGM26wGkowlfF2dsVLG4z5dpTtAZXT1pY6IKhF35aIAdRJzS9It1EMO7NA8YtgKbPi+F&#10;hjRjKTsa1VsTUemqEznbkZcFxz97AYoz893S7MR7MAIYQTkCCObRpdsSpVn3bR9craMv6YSed1jQ&#10;UCaZwwWKU3+9TlmXj8bmL1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04v&#10;o9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7&#10;UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y&#10;6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe&#10;00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9U&#10;eXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/&#10;vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9&#10;jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZD&#10;TKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trW&#10;asybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAAAAAAAEAIAAAAIUEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAAAAAAAAAAAQAAAAZwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAAAAAAAEAIAAAAIsDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCayIRLWAAAACgEAAA8AAAAA&#10;AAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAJfJetFgIAAHwEAAAO&#10;AAAAAAAAAAEAIAAAACUBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACtBQAAAAA=&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFA0DB2">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EC67BE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="23" w:right="61"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D54A416">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4327C572">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141605</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Graphic 11"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 11" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.15pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251645952;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA6NNHb9YAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3Kh/AgilcSoRiQNCQqJFnN14m6TE&#10;6yh2W/P2OCc4zuyn2Zlqk9zIzjiHwZMGuRLAkFpvB+o0fO5e7p6AhWjImtETavjBAJv6+qoypfUX&#10;+sDzNnYsh1AojYY+xqnkPLQ9OhNWfkLKt4OfnYlZzh23s7nkcDdyJcQjd2ag/KE3EzY9tt/bk9Pw&#10;fmwwNc9faXd8TQUnJ9WbkFrf3kixBhYxxT8Ylvq5OtS5096fyAY2Zi0LlVENShXAFkDK+zxmvzgP&#10;wOuK/59Q/wJQSwMEFAAAAAgAh07iQDJSUswXAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7JmM35s3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKAaMiFledL3gTgl9l&#10;GcpGtQInzitLwdpBKwItYZdVIDqq3ppsPp3mWeeg8uCkQqTdbR/kQ0X4SEFX11qqrZP7VtnQVwVl&#10;RCBJ2GiPfJPY1rWS4VddowrMFJyUhvSkQwiX8Zlt1mK1A+EbLQcK4iMUbjS1Qls69FxqK4Jge9D/&#10;lGq1BIeuDhPp2qwXkjpCKmbTm968NsKrpIVajf7cdPx/ZeXPwwswXdEkzDizoiXHn4d20A61p/O4&#10;oqxX/wLDCglGrcca2vhPKtgxtfR0bqk6BiZpM7/Lp7Ocui0pNpsvUsezy7tyj+FZuVRHHH5g6A2p&#10;RiSaEcmjHSGQrdFQkwwNnJGhkAwte0O9CPG9SC5C1l2IxL3WHdSbS9Fww5yoXaLGXmfld1/vl4sF&#10;Z6NKyu0zCMRjNusBpKMJX4szNrJY3OfLNCfojK6etDGRBcKufDTADiJOafpFHVThXZoHDFuBTZ+X&#10;QkOasZQdjeqtiah01Ymc7cjLguOfvQDFmfluaXbiPRgBjKAcAQTz6NJtidSs+7YPrtbRl3RCX3dY&#10;0FAmmsMFilN/vU5Zl4/G5i9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDo00dv1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMlJSzBcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286385</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Graphic 12"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 12" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.55pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251644928;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJASpFsVdYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjjpCAU4lQiEgeEhERbcXbjJUmJ&#10;11Hstubv2ZzgOLNPszPVJrlRnHEOgycNapWBQGq9HajTsN+93D2CCNGQNaMn1PCDATb19VVlSusv&#10;9IHnbewEh1AojYY+xqmUMrQ9OhNWfkLi25efnYks507a2Vw43I0yz7IH6cxA/KE3EzY9tt/bk9Pw&#10;fmwwNc+faXd8TYUkp/K3TGl9e6OyJxARU/yDYanP1aHmTgd/IhvEyFoVOaMa1vcKxAIoteYxh8Up&#10;QNaV/D+h/gVQSwMEFAAAAAgAh07iQH8gHW4XAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7JmM35s3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKAaMiFledL3gTgl9l&#10;GcpGtQInzitLwdpBKwItYZdVIDqq3ppsPp3mWeeg8uCkQqTdbR/kQ0X4SEFX11qqrZP7VtnQVwVl&#10;RCBJ2GiPfJPY1rWS4VddowrMFJyUhvSkQwiX8Zlt1mK1A+EbLQcK4iMUbjS1Qls69FxqK4Jge9D/&#10;lGq1BIeuDhPp2qwXkjpCKmbTm968NsKrpIVajf7cdPx/ZeXPwwswXdEkzDmzoiXHn4d20A61p/O4&#10;oqxX/wLDCglGrcca2vhPKtgxtfR0bqk6BiZpM7/Lp7Ocui0pNpsvUsezy7tyj+FZuVRHHH5g6A2p&#10;RiSaEcmjHSGQrdFQkwwNnJGhkAwte0O9CPG9SC5C1l2IxL3WHdSbS9Fww5yoXaLGXmfld1/vl4sF&#10;Z6NKyu0zCMRjNusBpKMJX4szNrJY3OfLNCfojK6etDGRBcKufDTADiJOafpFHVThXZoHDFuBTZ+X&#10;QkOasZQdjeqtiah01Ymc7cjLguOfvQDFmfluaXbiPRgBjKAcAQTz6NJtidSs+7YPrtbRl3RCX3dY&#10;0FAmmsMFilN/vU5Zl4/G5i9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBKkWxV1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAfyAdbhcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CE7E01">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C4D329">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1871"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E5D430">
+      <w:pPr>
+        <w:spacing w:before="121"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ӛзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100A1EDD">
+      <w:pPr>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>кейінгі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4ECD90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="4537"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="4483042A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="263" w:hRule="atLeast"/>
+          <w:trHeight w:val="304" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A9C1E1">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D30FFE1">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757FD4F0">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1BD52A3D">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-              </w:rPr>
-              <w:t>телефонов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7374" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4418F34C">
-[...29 lines deleted...]
-              <w:t>32-49-69</w:t>
+          <w:p w14:paraId="5BC23548">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="739"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7E8EBE0D">
+      <w:tr w14:paraId="0614B542">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="253" w:hRule="atLeast"/>
+          <w:trHeight w:val="278" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF4F612">
-[...3 lines deleted...]
-                <w:szCs w:val="2"/>
+          <w:p w14:paraId="7143A682">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C90D88C">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4B57AE9B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7374" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD03BB0">
-[...226 lines deleted...]
-                <w:sz w:val="21"/>
+          <w:p w14:paraId="7DD24101">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1397 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08693177">
+    <w:p w14:paraId="637A5C0C">
       <w:pPr>
-        <w:pStyle w:val="22"/>
-[...6 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:before="112"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(расталған)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682A259A">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141605</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 13" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.15pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251643904;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA6NNHb9YAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3Kh/AgilcSoRiQNCQqJFnN14m6TE&#10;6yh2W/P2OCc4zuyn2Zlqk9zIzjiHwZMGuRLAkFpvB+o0fO5e7p6AhWjImtETavjBAJv6+qoypfUX&#10;+sDzNnYsh1AojYY+xqnkPLQ9OhNWfkLKt4OfnYlZzh23s7nkcDdyJcQjd2ag/KE3EzY9tt/bk9Pw&#10;fmwwNc9faXd8TQUnJ9WbkFrf3kixBhYxxT8Ylvq5OtS5096fyAY2Zi0LlVENShXAFkDK+zxmvzgP&#10;wOuK/59Q/wJQSwMEFAAAAAgAh07iQEQO2A8YAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1Uy27b&#10;MBC8F8g/ELzH8gOVHcNyUMRIUKBoAyT9AJqiLAIUye7Slv33XVKS7biXHOqDPOSuljM7S60ej41h&#10;BwWonS34ZDTmTFnpSm13Bf/9/ny/4AyDsKUwzqqCnxTyx/Xdl1Xrl2rqamdKBYyKWFy2vuB1CH6Z&#10;ZShr1QgcOa8sBSsHjQi0hF1WgmipemOy6XicZ62D0oOTCpF2N12Q9xXhMwVdVWmpNk7uG2VDVxWU&#10;EYEkYa098nViW1VKhl9VhSowU3BSGtKTDiG8jc9svRLLHQhfa9lTEJ+hcKOpEdrSoedSGxEE24P+&#10;p1SjJTh0VRhJ12SdkNQRUjEZ3/TmrRZeJS3UavTnpuP/Kyt/Hl6B6ZImYcaZFQ05/tK3g3aoPa3H&#10;JWW9+VfoV0gwaj1W0MR/UsGOqaWnc0vVMTBJm/ksH09y6rak2GQ6Tx3PLu/KPYYX5VIdcfiBoTOk&#10;HJCoBySPdoBAtkZDTTI0cEaGQjJ02xnqRYjvRXIRsvZCJO417qDeXYqGG+ZE7RI19jorn319WMzn&#10;nA0qKbfLIBCPWa96kI4mfC3O2Mhi/pAv0pygM7p81sZEFgi77ZMBdhBxStMv6qAKH9I8YNgIrLu8&#10;FOrTjKXsaFRnTURbV57I2Za8LDj+2QtQnJnvlmYn3oMBwAC2A4Bgnly6LZGadd/2wVU6+pJO6Or2&#10;CxrKRLO/QHHqr9cp6/LRWP8FUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsD&#10;BBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxij&#10;Ti+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2&#10;e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkw&#10;bpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7&#10;p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50&#10;X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVja&#10;M/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp&#10;1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4P&#10;VkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm&#10;2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEA&#10;ABMAAAAAAAAAAQAgAAAAhwQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABgAAAAAAAAAAABAAAABpAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAAAAAAAAAQAgAAAAjQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA6NNHb9YAAAAKAQAADwAA&#10;AAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQEQO2A8YAgAAfAQA&#10;AA4AAAAAAAAAAQAgAAAAJQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAK8FAAAAAA==&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F17EB4">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ӛтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52969F99">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
-[...1977 lines deleted...]
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1196"/>
-        <w:gridCol w:w="1731"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3009"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2725"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1ACFD8E1">
+      <w:tr w14:paraId="0B71C670">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="719" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C03D362">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7775931C">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="266"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Общий</w:t>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="771FC908">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="749993E7">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогический</w:t>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02338FC4">
-[...5 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="42CBF323">
+            <w:pPr>
+              <w:spacing w:before="14" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="212" w:right="190" w:hanging="12"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Стаж</w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной службы</w:t>
+              <w:t>ӛтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3494111A">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="253B670C">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="281" w:right="272" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>По</w:t>
-[...39 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалистов</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-9"/>
+              <w:t>(кәсіпкерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>субъектов предпринимательства)</w:t>
+              <w:t xml:space="preserve">субъектілерінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандары үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3009" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="321C57CD">
-[...3 lines deleted...]
-              <w:ind w:left="28"/>
+          <w:p w14:paraId="72ED0F53">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="115" w:right="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-4"/>
+              <w:t>Осы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>данной</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-4"/>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымында, оның ішінде атқаратын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации</w:t>
-[...68 lines deleted...]
-              <w:t>на занимаемой должности</w:t>
+              <w:t>лауазымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3F9FE644">
+      <w:tr w14:paraId="280FB37F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="400" w:hRule="atLeast"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C0023C">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="26D65DBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B22911D">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="08D67467">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4825CCCB">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="263C4001">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2E579E">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="70701CC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3009" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E43A5E">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="180C39BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7451886E">
+    <w:p w14:paraId="7D65CC93">
       <w:pPr>
+        <w:spacing w:before="1"/>
         <w:ind w:left="140"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>работы:</w:t>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EBD9F8">
+    <w:p w14:paraId="45662182">
       <w:pPr>
-        <w:pStyle w:val="15"/>
         <w:spacing w:before="6"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...32 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140970</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 14" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:11.1pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251642880;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAr0RVONUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvEMBCF74L/IYzgzU3SXURq0wULHkQQ3BXP2WZsuzaT&#10;0mR34793etLT8GYeb75XbbMfxRnnOAQyoFcKBFIb3ECdgY/9890DiJgsOTsGQgM/GGFbX19VtnTh&#10;Qu943qVOcAjF0hroU5pKKWPbo7dxFSYkvn2F2dvEcu6km+2Fw/0oC6XupbcD8YfeTtj02H7vTt7A&#10;27HB3Dx95v3xJa8leV28Km3M7Y1WjyAS5vRnhgWf0aFmpkM4kYtiZK3XBVsNFAXPxaD1hsscls0G&#10;ZF3J/xXqX1BLAwQUAAAACACHTuJApMLy8RcCAAB8BAAADgAAAGRycy9lMm9Eb2MueG1srVTBjtow&#10;EL1X6j9YvpcA2wY2IqyqRbuqVLUr7fYDjOMQS47tzhgCf9+xkwCllz2UQ3j2TMbvzRtn9XBsDTso&#10;QO1syWeTKWfKSldpuyv5r7enT0vOMAhbCeOsKvlJIX9Yf/yw6nyh5q5xplLAqIjFovMlb0LwRZah&#10;bFQrcOK8shSsHbQi0BJ2WQWio+qtyebTaZ51DioPTipE2t30QT5UhPcUdHWtpdo4uW+VDX1VUEYE&#10;koSN9sjXiW1dKxl+1jWqwEzJSWlITzqE8DY+s/VKFDsQvtFyoCDeQ+FGUyu0pUPPpTYiCLYH/U+p&#10;Vktw6Oowka7NeiGpI6RiNr3pzWsjvEpaqNXoz03H/1dW/ji8ANMVTcJnzqxoyfHnoR20Q+3pPBaU&#10;9epfYFghwaj1WEMb/0kFO6aWns4tVcfAJG3md/l0llO3JcVm80XqeHZ5V+4xPCuX6ojDdwy9IdWI&#10;RDMiebQjBLI1GmqSoYEzMhSSodveUC9CfC+Si5B1FyJxr3UH9eZSNNwwJ2qXqLHXWfndl/vlYsHZ&#10;qJJy+wwC8Zj1agDpaMLX4oyNLBb3+TLNCTqjqydtTGSBsNs+GmAHEac0/aIOqvBXmgcMG4FNn5dC&#10;Q5qxlB2N6q2JaOuqEznbkZclx997AYoz883S7MR7MAIYwXYEEMyjS7clUrPu6z64Wkdf0gl93WFB&#10;Q5loDhcoTv31OmVdPhrrP1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04v&#10;o9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7&#10;UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y&#10;6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe&#10;00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9U&#10;eXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/&#10;vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9&#10;jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZD&#10;TKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trW&#10;asybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAAAAAAAEAIAAAAIUEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAAAAAAAAAAAQAAAAZwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAAAAAAAEAIAAAAIsDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQK9EVTjVAAAACgEAAA8AAAAA&#10;AAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCkwvLxFwIAAHwEAAAO&#10;AAAAAAAAAAEAIAAAACQBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACtBQAAAAA=&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>287655</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Graphic 15"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 15" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.65pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251641856;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJrIhEtYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjjpEUoxKlEJA4ICYkWcXbjJUmJ&#10;11Hstubv2ZzgOLNPszPVNrlRnHEOgycNapWBQGq9HajT8LF/vnsAEaIha0ZPqOEHA2zr66vKlNZf&#10;6B3Pu9gJDqFQGg19jFMpZWh7dCas/ITEty8/OxNZzp20s7lwuBtlnmX30pmB+ENvJmx6bL93J6fh&#10;7dhgap4+0/74kgpJTuWvmdL69kZljyAipvgHw1Kfq0PNnQ7+RDaIkbUqckY1rDcFiAVQas1jDouz&#10;AVlX8v+E+hdQSwMEFAAAAAgAh07iQJ/sN5AXAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XBFYbWERYVYt2ValqV9rtBxjHIZYc250xBP6+YycBSi97KIfw7JmM35s3zurx2Bp2&#10;UIDa2ZJPJzlnykpXabsr+a/35y8LzjAIWwnjrCr5SSF/XH/+tOr8Us1c40ylgFERi8vOl7wJwS+z&#10;DGWjWoET55WlYO2gFYGWsMsqEB1Vb002y/Mi6xxUHpxUiLS76YN8qAgfKejqWku1cXLfKhv6qqCM&#10;CCQJG+2RrxPbulYy/KxrVIGZkpPSkJ50COFtfGbrlVjuQPhGy4GC+AiFG02t0JYOPZfaiCDYHvQ/&#10;pVotwaGrw0S6NuuFpI6Qiml+05u3RniVtFCr0Z+bjv+vrPxxeAWmK5qEe86saMnxl6EdtEPt6Twu&#10;KevNv8KwQoJR67GGNv6TCnZMLT2dW6qOgUnaLO6KfFpQtyXFprN56nh2eVfuMbwol+qIw3cMvSHV&#10;iEQzInm0IwSyNRpqkqGBMzIUkqHb3lAvQnwvkouQdRcica91B/XuUjTcMCdql6ix11nF3f3DYj7n&#10;bFRJuX0GgXjMejWAdDTha3HGRhbzh2KR5gSd0dWzNiayQNhtnwywg4hTmn5RB1X4K80Dho3Aps9L&#10;oSHNWMqORvXWRLR11Ymc7cjLkuPvvQDFmflmaXbiPRgBjGA7AgjmyaXbEqlZ93UfXK2jL+mEvu6w&#10;oKFMNIcLFKf+ep2yLh+N9R9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAmsiES1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAn+w3kBcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Graphic 16"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 16" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:34.15pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251640832;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAm1j/vNYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KjtBKoqxKlEJA4ICYkWcXbjJUmJ&#10;11HstuHv2ZzgOLNPszPldvaDOOMU+0AG9EqBQGqC66k18LF/vtuAiMmSs0MgNPCDEbbV9VVpCxcu&#10;9I7nXWoFh1AsrIEupbGQMjYdehtXYUTi21eYvE0sp1a6yV443A8yU2otve2JP3R2xLrD5nt38gbe&#10;jjXO9dPnvD++zLkkr7NXpY25vdHqEUTCOf3BsNTn6lBxp0M4kYtiYK3zjFED600OYgG0vucxh8V5&#10;AFmV8v+E6hdQSwMEFAAAAAgAh07iQNKeeDIXAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7JmM35s3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKAaMiFledL3gTgl9l&#10;GcpGtQInzitLwdpBKwItYZdVIDqq3ppsPp3mWeeg8uCkQqTdbR/kQ0X4SEFX11qqrZP7VtnQVwVl&#10;RCBJ2GiPfJPY1rWS4VddowrMFJyUhvSkQwiX8Zlt1mK1A+EbLQcK4iMUbjS1Qls69FxqK4Jge9D/&#10;lGq1BIeuDhPp2qwXkjpCKmbTm968NsKrpIVajf7cdPx/ZeXPwwswXdEk5JxZ0ZLjz0M7aIfa03lc&#10;Udarf4FhhQSj1mMNbfwnFeyYWno6t1QdA5O0md/l01lO3ZYUm80XqePZ5V25x/CsXKojDj8w9IZU&#10;IxLNiOTRjhDI1mioSYYGzshQSIaWvaFehPheJBch6y5E4l7rDurNpWi4YU7ULlFjr7Pyu6/3y8WC&#10;s1El5fYZBOIxm/UA0tGEr8UZG1ks7vNlmhN0RldP2pjIAmFXPhpgBxGnNP2iDqrwLs0Dhq3Aps9L&#10;oSHNWMqORvXWRFS66kTOduRlwfHPXoDizHy3NDvxHowARlCOAIJ5dOm2RGrWfdsHV+voSzqhrzss&#10;aCgTzeECxam/Xqesy0dj8xdQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCbWP+81gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA0p54MhcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51160298">
+    <w:p w14:paraId="7A2046AC">
       <w:pPr>
-        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
-[...132 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
-        </w:rPr>
-[...42 lines deleted...]
-          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1616CAE6">
+    <w:p w14:paraId="43443B81">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-        <w:rPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0372A430">
+    <w:p w14:paraId="2BABA9FE">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-[...1 lines deleted...]
-        <w:ind w:left="140" w:right="171"/>
+        <w:spacing w:before="121" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Марапаттары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтер (бар болса):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A53EDA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Graphic 17"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 17" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:10.8pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251639808;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA2k+OVNYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwWrDMBBE74X+g9hCb40kp4TgWg7U0EMpBJqEnhVrazu1&#10;VsZSEvfvsz61x5l9zM4Um8n34oJj7AIZ0AsFAqkOrqPGwGH/9rQGEZMlZ/tAaOAXI2zK+7vC5i5c&#10;6RMvu9QIDqGYWwNtSkMuZaxb9DYuwoDEt+8weptYjo10o71yuO9lptRKetsRf2jtgFWL9c/u7A1s&#10;TxVO1evXtD+9T0tJXmcfShvz+KDVC4iEU/qDYa7P1aHkTsdwJhdFz1ovM0YNZHoFYga0fuYxx9lZ&#10;gywL+X9CeQNQSwMEFAAAAAgAh07iQOmwvVMXAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7JmM35s3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKAaMiFledL3gTgl9l&#10;GcpGtQInzitLwdpBKwItYZdVIDqq3ppsPp3mWeeg8uCkQqTdbR/kQ0X4SEFX11qqrZP7VtnQVwVl&#10;RCBJ2GiPfJPY1rWS4VddowrMFJyUhvSkQwiX8Zlt1mK1A+EbLQcK4iMUbjS1Qls69FxqK4Jge9D/&#10;lGq1BIeuDhPp2qwXkjpCKmbTm968NsKrpIVajf7cdPx/ZeXPwwswXdEkLDizoiXHn4d20A61p/O4&#10;oqxX/wLDCglGrcca2vhPKtgxtfR0bqk6BiZpM7/Lp7Ocui0pNpsvUsezy7tyj+FZuVRHHH5g6A2p&#10;RiSaEcmjHSGQrdFQkwwNnJGhkAwte0O9CPG9SC5C1l2IxL3WHdSbS9Fww5yoXaLGXmfld1/vlwvq&#10;0qiScvsMAvGYzXoA6WjC1+KMjSwW9/kyzQk6o6snbUxkgbArHw2wg4hTmn5RB1V4l+YBw1Zg0+el&#10;0JBmLGVHo3prIipddSJnO/Ky4PhnL0BxZr5bmp14D0YAIyhHAME8unRbIjXrvu2Dq3X0JZ3Q1x0W&#10;NJSJ5nCB4tRfr1PW5aOx+QtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDaT45U1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA6bC9UxcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>281940</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 18" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:22.2pt;height:0.1pt;width:500.8pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251638784;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6360160,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9JuqbdYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBm91sGorEbAoGPIgg2BbP2+yYpGZn&#10;Q3bbrv/eyUmP783Hm/eqbXKjuOAcBk8a1CoDgdR6O1Cn4bB/eXgEEaIha0ZPqOEHA2zr25vKlNZf&#10;6QMvu9gJDqFQGg19jFMpZWh7dCas/ITEty8/OxNZzp20s7lyuBtlnmUb6cxA/KE3EzY9tt+7s9Pw&#10;fmowNc+faX96TWtJTuVvmdL6/k5lTyAipvgHw1Kfq0PNnY7+TDaIkbVa54xqKIoCxAIoVfCY4+Js&#10;QNaV/D+h/gVQSwMEFAAAAAgAh07iQFMBXBUXAgAAfAQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwY7a&#10;MBC9V+o/WL6XAKsGFhFW1aJdVaralXb7AY7jEEuO7c4YAn/fsZMASy97KIfw7JmM35s3zvrh2Bp2&#10;UIDa2YLPJlPOlJWu0nZX8N9vT1+WnGEQthLGWVXwk0L+sPn8ad35lZq7xplKAaMiFledL3gTgl9l&#10;GcpGtQInzitLwdpBKwItYZdVIDqq3ppsPp3mWeeg8uCkQqTdbR/kQ0X4SEFX11qqrZP7VtnQVwVl&#10;RCBJ2GiPfJPY1rWS4VddowrMFJyUhvSkQwiX8Zlt1mK1A+EbLQcK4iMUbjS1Qls69FxqK4Jge9D/&#10;lGq1BIeuDhPp2qwXkjpCKmbTm968NsKrpIVajf7cdPx/ZeXPwwswXdEkkO9WtOT489AO2qH2dB5X&#10;lPXqX2BYIcGo9VhDG/9JBTumlp7OLVXHwCRt5nf5dJZTtyXFZvNF6nh2eVfuMTwrl+qIww8MvSHV&#10;iEQzInm0IwSyNRpqkqGBMzIUkqFlb6gXIb4XyUXIuguRuNe6g3pzKRpumBO1S9TY66z87uv9crHg&#10;bFRJuX0GgXjMZj2AdDTha3HGRhaL+3yZ5gSd0dWTNiayQNiVjwbYQcQpTb+ogyq8S/OAYSuw6fNS&#10;aEgzlrKjUb01EZWuOpGzHXlZcPyzF6A4M98tzU68ByOAEZQjgGAeXbotkZp13/bB1Tr6kk7o6w4L&#10;GspEc7hAceqv1ynr8tHY/AVQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD0m6pt1gAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAUwFcFRcCAAB8BAAA&#10;DgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6359877,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>718820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>428625</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358669" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 19" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:56.6pt;margin-top:33.75pt;height:0.1pt;width:500.7pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251637760;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6358890,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA49RvuNUAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokNmq7JSlK43Qg6sQCKRKrGxs7anyO&#10;bLcpb48zwfjfffrvu3p/cyO56hAHjwL4igHR2Hs1oBHweTw8vQCJSaKSo0ct4EdH2Df3d7WslJ/x&#10;Q1+7ZEguwVhJATalqaI09lY7GVd+0ph33z44mXIMhqog51zuRrpmrKRODpgvWDnpV6v7c3dxAlrL&#10;gmqLTdt/daWZ37Aw74dJiMcHznZAkr6lPxgW/awOTXY6+QuqSMac+WadUQHltgCyAJw/l0BOy2QL&#10;tKnp/xeaX1BLAwQUAAAACACHTuJAkr2PpBUCAAB8BAAADgAAAGRycy9lMm9Eb2MueG1srVRNj9ow&#10;EL1X6n+wfC8BqrKACKtq0a4qVe1Ku/0BxnGIJX91xhD49x07CVD2soflEJ49k/G898ZZ3R+tYQcF&#10;qL0r+WQ05kw56SvtdiX/8/r4Zc4ZRuEqYbxTJT8p5Pfrz59WbViqqW+8qRQwKuJw2YaSNzGGZVGg&#10;bJQVOPJBOQrWHqyItIRdUYFoqbo1xXQ8nhWthyqAlwqRdjddkPcV4T0FfV1rqTZe7q1ysasKyohI&#10;lLDRAfk6d1vXSsbfdY0qMlNyYhrzkw4hvE3PYr0Syx2I0GjZtyDe08INJyu0o0PPpTYiCrYH/aaU&#10;1RI8+jqOpLdFRyQrQiwm4xttXhoRVOZCUmM4i44fV1b+OjwD0xVNwoIzJyw5/tTLQTskTxtwSVkv&#10;4Rn6FRJMXI812PRPLNgxS3o6S6qOkUnanH39Np8vSG1Jscn0LiteXN6Ve4xPyuc64vATY2dINSDR&#10;DEge3QCBbE2Gmmxo5IwMhWzotjM0iJjeS80lyNpLI2nP+oN69Tkabzqn1i5R466zEpXZjFQaWFJu&#10;l0EgHbNe9SAfTfianHGpi7vFbJ7nBL3R1aM2JnWBsNs+GGAHkaY0/xIPqvBfWgCMG4FNl5dDfZpx&#10;lJ2M6qxJaOurEznbkpclx797AYoz88PR7KR7MAAYwHYAEM2Dz7clteb89330tU6+5BO6uv2ChjK3&#10;2V+gNPXX65x1+Wis/wFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAA&#10;AAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQ&#10;a+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BG&#10;AzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrk&#10;DfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNH&#10;PuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78n&#10;u9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7A&#10;ufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ym&#10;aiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrM&#10;m8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAA&#10;AAAAAAABACAAAACDBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAAAAAAAAAEAAAAGUDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAA&#10;CwAAAAAAAAABACAAAACJAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDj1G+41QAAAAoBAAAPAAAAAAAA&#10;AAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAkr2PpBUCAAB8BAAADgAA&#10;AAAAAAABACAAAAAkAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAqwUAAAAA&#10;" path="m0,0l6358669,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25691946">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BFB5172">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0370530A">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="173"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="40"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерімді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерді ӛңдеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін) ӛңдеуге келісім беремін.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6011759D">
+    <w:p w14:paraId="072E6B32">
       <w:pPr>
-        <w:pStyle w:val="3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10116"/>
+          <w:tab w:val="left" w:pos="10109"/>
         </w:tabs>
-        <w:spacing w:before="114"/>
+        <w:spacing w:before="189"/>
+        <w:ind w:left="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен келісемін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DA005F">
+    <w:p w14:paraId="1AD3185C">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="4610"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>(Ф.И.О.</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ТАӘ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(при</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>его</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Microsoft Sans Serif" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5A47EE">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35864C61">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1054"/>
+          <w:tab w:val="left" w:pos="2642"/>
+          <w:tab w:val="left" w:pos="4651"/>
+        </w:tabs>
+        <w:ind w:left="140"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        <w:t>(подпись)</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4D0B68">
+    <w:p w14:paraId="7C2CF3AF">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-[...87 lines deleted...]
-        <w:pStyle w:val="15"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7489"/>
         <w:rPr>
+          <w:rFonts w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...12 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:rFonts w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="1708785" cy="8890"/>
+                <wp:effectExtent l="9525" t="0" r="0" b="635"/>
+                <wp:docPr id="20" name="Group 20"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1708785" cy="8890"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1708785" cy="8890"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="4416"/>
+                            <a:ext cx="1708785" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1708785">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1708659" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="8833">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Group 20" o:spid="_x0000_s1026" o:spt="203" style="height:0.7pt;width:134.55pt;" coordsize="1708785,8890" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzf4c4tQAAAAD&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBm91s1WJjNkWKeipCW0F6mybTJDQ7&#10;G7LbpP33jl708mB4j/e+yRZn16qB+tB4tmAmCSjiwpcNVxY+t293T6BCRC6x9UwWLhRgkV9fZZiW&#10;fuQ1DZtYKSnhkKKFOsYu1ToUNTkME98Ri3fwvcMoZ1/pssdRyl2rp0ky0w4bloUaO1rWVBw3J2fh&#10;fcTx5d68DqvjYXnZbR8/vlaGrL29MckzqEjn+BeGH3xBh1yY9v7EZVCtBXkk/qp409ncgNpL6AF0&#10;nun/7Pk3UEsDBBQAAAAIAIdO4kDkRfcMaAIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWylVF1v2yAU&#10;fZ+0/4B4Xx2nbeJacaqpWatJ01qp3Q8gGH9IGNiFxOm/3wVsp023qdry4By4l/tx7oHV9aGTZC/A&#10;tloVND2bUSIU12Wr6oL+eLr9lFFiHVMlk1qJgj4LS6/XHz+sepOLuW60LAUQDKJs3puCNs6ZPEks&#10;b0TH7Jk2QqGx0tAxh0uokxJYj9E7mcxns0XSaygNaC6sxd1NNNIhIrwnoK6qlouN5rtOKBejgpDM&#10;YUu2aY2l61BtVQnu7qvKCkdkQbFTF76YBPHWf5P1iuU1MNO0fCiBvaeEk5461ipMOoXaMMfIDto3&#10;obqWg7a6cmdcd0lsJDCCXaSzE27uQO9M6KXO+9pMpOOgTlj/57D8+/4BSFsWdI6UKNbhxENagmsk&#10;pzd1jj53YB7NAwwbdVz5fg8VdP4fOyGHQOvzRKs4OMJxM13OsmV2SQlHW5ZdDazzBkfz5hBvvvzt&#10;WDKmTHxlUyG9QTHaI0P2/xh6bJgRgXjrux8ZSo8MRcHM08hR8JoIsrlFrv7IzsVFuoi6+y1B6XwZ&#10;CJo6ZTnfWXcndCCa7b9ZF1Vbjog1I+IHNUJA7XvVy6B6RwmqHoLqtzG7Yc6f83V6SPrjpPxep/fi&#10;SQerO5kSlna0SvXSy896cXlFySgD9I0eCHya9WoAITXil81J5avIsvPzcJmslm1520rpq7BQb28k&#10;kD3zVzn8fB8Y4ZWbAes2zDbRL5gGN6nQ2wslTsejrS6fcbg93v+C2p87BoIS+VWhfPxjMQIYwXYE&#10;4OSNDk+KL03pzzunq9bPJWSIcYcF6jKgcIcRvXokXq6D1/GNXf8CUEsDBAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUi&#10;S6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQw&#10;t81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg2&#10;4Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtA&#10;qBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjC&#10;Sh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbY&#10;wucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHx&#10;CiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQA&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA1QQAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAC3AwAAX3JlbHMvUEsB&#10;AhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA2wMAAF9yZWxzLy5yZWxzUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAA&#10;CACHTuJAzf4c4tQAAAADAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQA&#10;FAAAAAgAh07iQORF9wxoAgAAqwUAAA4AAAAAAAAAAQAgAAAAIwEAAGRycy9lMm9Eb2MueG1sUEsF&#10;BgAAAAAGAAYAWQEAAP0FAAAAAA==&#10;">
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:shape id="Graphic 21" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0;top:4416;height:1270;width:1708785;" filled="f" stroked="t" coordsize="1708785,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAVvuQdLwAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE7wv+h6EFL4tOorBodPQgLCzoZY0Xb02m88BM&#10;T0yPr3/vLAh7LKq+Kmq1ebhW3aiXxrOBdJKAIi68bbgycMy/x3NQEpAttp7JwJMENuvBxwoz6+/8&#10;S7dDqFQsYcnQQB1Cl2ktRU0OZeI74uiVvncYouwrbXu8x3LX6mmSfGmHDceFGjva1lScD1dnYCo4&#10;y7cyL+W67z7zxQ7L0+5izGiYJktQgR7hP/ymf2zkUvj7En+AXr8AUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQFb7kHS8AAAA&#10;2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,0l1708659,0e">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke weight="0.695511811023622pt" color="#000000" joinstyle="round"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                </v:shape>
+                <w10:wrap type="none"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D92780">
+    <w:p w14:paraId="638D8798">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-        <w:ind w:left="8254"/>
+        <w:ind w:left="8643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>(подпись)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CD3DD4"/>
-    <w:p w14:paraId="75D0C10E">
+    <w:p w14:paraId="4797B859">
       <w:pPr>
-        <w:spacing w:before="79"/>
-        <w:ind w:left="6481" w:right="378"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="566" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2287F7EA">
+      <w:pPr>
+        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6735" w:right="776" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 12-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553E8DB8">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="6481" w:right="523"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCFB125">
+      <w:pPr>
+        <w:spacing w:before="221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38027A94">
-[...130 lines deleted...]
-    <w:p w14:paraId="5CC48E14">
+    <w:p w14:paraId="49CBC875">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D61F8D">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>540385</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>166370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6571615" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6571615" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6571615">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6571244" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 1" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:42.55pt;margin-top:13.1pt;height:0.1pt;width:517.45pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251636736;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6571615,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJACi9WJtcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VIvVEnUamiEKeHquXCpTQogpsbb+Oo&#10;9jqK3Tb8Pc4JjrszmnlTbiZr2A1H3zsSkC4TYEitUz11Aj7r/XMOzAdJShpHKOAHPWyqx4dSFsrd&#10;6QNvx9CxGEK+kAJ0CEPBuW81WumXbkCK2tmNVoZ4jh1Xo7zHcGt4liRrbmVPsUHLAbca28vxagXs&#10;0DarwXxvD91781U3udb12yTE4ilNXoEFnMKfGWb8iA5VZDq5KynPjID8JY1OAdk6AzbraewDdpo/&#10;K+BVyf8vqH4BUEsDBBQAAAAIAIdO4kCIVsAxFgIAAHsEAAAOAAAAZHJzL2Uyb0RvYy54bWytVMFu&#10;2zAMvQ/YPwi6N46NNmmDOEXRoMWAYSvQ7gMUWY4FyJJGKnHy96NkO8mySw/LwXkS6Sc+PsrLx0Nr&#10;2F4BamdLnk+mnCkrXaXttuS/Pl5u7jnDIGwljLOq5EeF/HH19cuy8wtVuMaZSgEjEouLzpe8CcEv&#10;sgxlo1qBE+eVpWDtoBWBlrDNKhAdsbcmK6bTWdY5qDw4qRBpd90H+cAInyF0da2lWju5a5UNPSso&#10;IwJJwkZ75KtUbV0rGX7WNarATMlJaUhPOoTwJj6z1VIstiB8o+VQgvhMCVeaWqEtHXqiWosg2A70&#10;P1StluDQ1WEiXZv1QlJHSEU+verNeyO8Slqo1ehPTcf/Ryt/7N+A6arkRcGZFS05/jq0I4/d6Twu&#10;KOndv8GwQoJR6qGGNv6TCHZIHT2eOqoOgUnanN3N81l+x5mkWF7MU8Oz87tyh+FVucQj9t8x9H5U&#10;IxLNiOTBjhDI1einSX4GzshPSH5uej+9CPG9WFyErDsXEvdat1cfLkXDVeVU2jlq7GVWlFLc3nI2&#10;qqTcPoNAPGa1HEA6mvClOGNjFfOH2X0aE3RGVy/amFgFwnbzbIDtRRzS9Is6iOGvNA8Y1gKbPi+F&#10;hjRjKTsa1VsT0cZVRzK2IytLjr93AhRn5pul0YnXYAQwgs0IIJhnly5LLM26p11wtY6+pBN63mFB&#10;M5nKHO5PHPrLdco6fzNWfwBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAKL1Ym1wAAAAkBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAiFbAMRYCAAB7BAAA&#10;DgAAAAAAAAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;" path="m0,0l6571244,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16851F0B">
+      <w:pPr>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="268" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...258 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>наличии))</w:t>
+        <w:t>болса))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BA0856">
+    <w:p w14:paraId="0C04B307">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-        <w:rPr>
+        <w:spacing w:before="39" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="74" w:type="dxa"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
       </w:tblGrid>
-      <w:tr w14:paraId="0A4A9A0E">
+      <w:tr w14:paraId="140737BD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="328" w:hRule="atLeast"/>
+          <w:trHeight w:val="410" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5744CA3D">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="2B54D8B4">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050F7715">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="710A3DF7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5809D7">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="30F81EFF">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>документ</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757E5332">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="39C9F6A0">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="11"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="10"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...19 lines deleted...]
-              <w:t>30)</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="12AAD783">
+      <w:tr w14:paraId="4E4905AA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="844" w:hRule="atLeast"/>
+          <w:trHeight w:val="779" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B04CC59">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="73F1F871">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32205431">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="24D4FC64">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4A97F8">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="19E34D31">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>и приложения к диплому</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B4D976">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="40150181">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-21"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>2 баллов</w:t>
-[...18 lines deleted...]
-              <w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E78E41">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...50 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла</w:t>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3FF118E0">
+      <w:tr w14:paraId="3C920271">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1243" w:hRule="atLeast"/>
+          <w:trHeight w:val="1123" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1A6F77">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="626B317C">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74330EE1">
-[...27 lines deleted...]
-              <w:t>звание/ученая степень/степень</w:t>
+          <w:p w14:paraId="45564879">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65CEC818">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1A272F6A">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның және дипломға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48DF3262">
-[...43 lines deleted...]
-                <w:w w:val="110"/>
+          <w:p w14:paraId="6C52A6BC">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...8 lines deleted...]
-                <w:w w:val="105"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...102 lines deleted...]
-                <w:spacing w:val="26"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D36119">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылым докторы, Ғылым кандидаты, профиль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл Педагогикалық бағыты бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D40DE03">
+            <w:pPr>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-27"/>
-[...114 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4CF2EE4D">
+      <w:tr w14:paraId="17A469AE">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2687" w:hRule="atLeast"/>
+          <w:trHeight w:val="2433" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F540DC9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="48746B83">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A1ABA3">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="354D5EDA">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Квалификационная </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>категория</w:t>
+              <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33428154">
-[...39 lines deleted...]
-              <w:t>документ</w:t>
+          <w:p w14:paraId="743C9800">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="196849C3">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="53A02ACA">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...28 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42966BB6">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="1107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор – 3 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>педагог-модератор</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="140"/>
+                <w:w w:val="145"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-19"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-11"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла педагог-эксперт</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-зерттеуші – 7 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAF0747">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="456"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B6E053">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-25"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC8861A">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының бірінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...15 lines deleted...]
-                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39CD64E5">
+            <w:pPr>
+              <w:spacing w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-28"/>
-[...90 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...213 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6FB31A0E">
+      <w:tr w14:paraId="75B825AE">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2851" w:hRule="atLeast"/>
+          <w:trHeight w:val="3088" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EACF025">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1976EC70">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B856BB1">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="02594F52">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Опыт</w:t>
-[...30 lines deleted...]
-              <w:t>и методической деятельности</w:t>
+              <w:t>және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3744ACF8">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16FD592A">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="60AC7811">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Трудовая</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">книжка/документ, </w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>кітапшасы/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деятельность</w:t>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алмастыратын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1052656B">
-[...93 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="53870A14">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E9A7C4D">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">төрт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079F8A6A">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8DC27A">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жыл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="105"/>
-[...21 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6A7E1C">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6374F66D">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көп </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191E8FFD">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...30 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44868EF6">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы жұмыс өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79275A17">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
-[...446 lines deleted...]
-              <w:t>5 баллов</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0F5BD824">
+      <w:tr w14:paraId="0A6CBBEF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="984" w:hRule="atLeast"/>
+          <w:trHeight w:val="969" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FB79AE">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="348A71D5">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E77E5F1">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3E3DC854">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145" w:firstLine="52"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан (педагог </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Рекомендательное </w:t>
-[...31 lines deleted...]
-              <w:t>предыдущего места работы (по должности педагога)</w:t>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58BD57AB">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="633B1116">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>предыдущего места работы)</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72D9248B">
-[...24 lines deleted...]
-                <w:w w:val="160"/>
+          <w:p w14:paraId="6C0B5946">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-17"/>
-[...10 lines deleted...]
-              <w:t>3 балла</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4BB0D748">
+      <w:tr w14:paraId="1D3A647A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2812" w:hRule="atLeast"/>
+          <w:trHeight w:val="2651" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="517FA96E">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="087269B6">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2993BE53">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="284E3333">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Показатели профессиональных </w:t>
-[...5 lines deleted...]
-              <w:t>достижений (за последние 3 года)</w:t>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0EFB53">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23F93611">
-[...1 lines deleted...]
-              <w:pStyle w:val="22"/>
+          <w:p w14:paraId="68CC8A26">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="146"/>
               </w:tabs>
-              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстар жеңімпаздарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DCBC55">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоталары,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="22"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылыми </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7431CB43">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="146"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-[...55 lines deleted...]
-              <w:rPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқаулар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>государственная</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>награда</w:t>
+              <w:t>дипломдары, грамоталары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31BFD568">
-[...1 lines deleted...]
-              <w:pStyle w:val="22"/>
+          <w:p w14:paraId="354FC6FF">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="244"/>
+                <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
-              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
-[...66 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="29" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қалалық/аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-[...49 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5091EFA4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="161" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалар:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қалалық/аудандық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A3399A">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">облыстық – 1 балл, республикалық – 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла,</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>международных</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="120"/>
+                <w:w w:val="150"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-23"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E58650">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="244"/>
+                <w:tab w:val="left" w:pos="252"/>
               </w:tabs>
-              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
-[...45 lines deleted...]
-              <w:rPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="43" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысушы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-[...118 lines deleted...]
-              <w:pStyle w:val="22"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615E7BD5">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="244"/>
+                <w:tab w:val="left" w:pos="252"/>
               </w:tabs>
-              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
-[...58 lines deleted...]
-              <w:rPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="252" w:hanging="220"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1933E">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
-[...107 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="61B19F21">
+      <w:tr w14:paraId="4BD09F34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="784" w:hRule="atLeast"/>
+          <w:trHeight w:val="904" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3FC7C3">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="642D6394">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF5F2D">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3C520024">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық-педагогикалық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Общественно- </w:t>
-[...13 lines deleted...]
-              <w:t>деятельность</w:t>
+              <w:t>қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23532B4C">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="30DC3F4B">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>общественно-педагогическую деятельность</w:t>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат (бұрыңғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B0D64E">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0C74EE66">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Тәлімгер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...24 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла</w:t>
-[...19 lines deleted...]
-              <w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEA83D6">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бірлестігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...37 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>басшысы –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балла</w:t>
+              <w:t>балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7632B137">
+    <w:p w14:paraId="1D786E7A">
       <w:pPr>
-        <w:pStyle w:val="22"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:left="32"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:sectPr>
-          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="580" w:right="425" w:bottom="142" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="1"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="74" w:type="dxa"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
       </w:tblGrid>
-      <w:tr w14:paraId="25CC2588">
+      <w:tr w14:paraId="020ED6B6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="309" w:hRule="atLeast"/>
+          <w:trHeight w:val="436" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C59154">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3032F6F8">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63651137">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="2E3947DC">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375252AF">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="66868C80">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>документ</w:t>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3AC609">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="52C8F293">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Кол-во</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="3"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>баллов</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(от 1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="5"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>до</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="3"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-              <w:t>20)</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="42A74B5D">
+      <w:tr w14:paraId="75E34998">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="11473" w:hRule="atLeast"/>
+          <w:trHeight w:val="9644" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C8995E">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0E4FA769">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B05F26">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="20D62FD4">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсовая</w:t>
-[...13 lines deleted...]
-              <w:t>подготовка</w:t>
+              <w:t>дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="463F10E4">
-[...1 lines deleted...]
-              <w:pStyle w:val="22"/>
+          <w:p w14:paraId="53F5A9D6">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12815E12">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="199"/>
               </w:tabs>
-              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="199" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сертификаты</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>предметной подготовки;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:t>сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08029E87">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="146"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...38 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>грамотность,</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>немесе QAZAQ RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6788472E">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="146"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...58 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="80"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="22"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721F9B01">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="205"/>
+                <w:tab w:val="left" w:pos="146"/>
               </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418A79C3">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша оқыту, «Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786E062D">
+            <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="634" w:firstLine="0"/>
-[...39 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқыту </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FEFF278">
+            <w:pPr>
               <w:spacing w:line="213" w:lineRule="exact"/>
-              <w:ind w:left="91"/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>программирования в Python»,</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2335C4D4">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CCCDAF">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFB9628">
+            <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="91"/>
-[...50 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBC3F5D">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D7D3E2">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E8841C">
+            <w:pPr>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E20D514">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9B2EDD">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4861C2E1">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697E0F79">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсера</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="22"/>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="242477B7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26116A65">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching English as a Foreign Language (IHC) IHCYLT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052B600A">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C100DB6">
+            <w:pPr>
               <w:spacing w:line="211" w:lineRule="exact"/>
-              <w:ind w:left="91"/>
-[...9 lines deleted...]
-                <w:b/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Международные</w:t>
-[...36 lines deleted...]
-              <w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEAF428">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...41 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teachers Курсы на платформе Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A571E1">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...485 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...369 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2185EC">
-[...54 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="240EAC4B">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="580"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>іске асыратын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:pStyle w:val="22"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>саласындағы уәкілетті органмен келісілген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F46DC5">
+            <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="23"/>
-[...31 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="32" w:right="451"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалар бойынша біліктілікті </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...24 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79240511">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...2 lines deleted...]
-              <w:t>отдельно)</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2E2EDA0D">
+      <w:tr w14:paraId="4F1B6ABA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="309" w:hRule="atLeast"/>
+          <w:trHeight w:val="467" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2770" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="27030D0C">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="2B8B4621">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1874"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7656" w:type="dxa"/>
+            <w:tcW w:w="7657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B184C2B">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="190E27D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="566FE2B0">
+    <w:p w14:paraId="69DA3291">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D585C19">
+    <w:p w14:paraId="72D2CC13">
       <w:pPr>
-        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ПРИМЕЧАНИЕ:</w:t>
+        <w:t>ЕСКЕРТПЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1DC9C">
+    <w:p w14:paraId="1BEBE838">
       <w:pPr>
-        <w:spacing w:line="207" w:lineRule="exact"/>
+        <w:spacing w:before="5"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>6-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>(үш)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...180 lines deleted...]
-        <w:t>уровню</w:t>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0928FC">
+    <w:p w14:paraId="443874CD">
       <w:pPr>
-        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="270"/>
+          <w:tab w:val="left" w:pos="283"/>
         </w:tabs>
-        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
-        <w:ind w:right="249" w:firstLine="0"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олимпиадалар мен конкурстардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>әрбір деңгей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>і (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="40"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>– 2 балла, международных – 3 балла;</w:t>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39761CFF">
+    <w:p w14:paraId="44E5A8C0">
       <w:pPr>
-        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="268"/>
+          <w:tab w:val="left" w:pos="283"/>
         </w:tabs>
-        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
-        <w:ind w:right="250" w:firstLine="0"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-14"/>
-          <w:w w:val="110"/>
-          <w:sz w:val="18"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:w w:val="110"/>
-[...2 lines deleted...]
-        <w:t>соответственно;</w:t>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жобалар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қалалық/аудандық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>тиісінше 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03432720">
+    <w:p w14:paraId="3987A425">
       <w:pPr>
-        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="253"/>
+          <w:tab w:val="left" w:pos="258"/>
         </w:tabs>
-        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
-        <w:ind w:left="253" w:hanging="109"/>
+        <w:spacing w:line="212" w:lineRule="exact"/>
+        <w:ind w:left="258" w:hanging="114"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...60 lines deleted...]
-        <w:t>балла</w:t>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4240AADA">
+    <w:p w14:paraId="23B0E37A">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="144" w:right="251"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:w w:val="105"/>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:w w:val="105"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** 8-тармақта соңғы 3 (үш) жылдағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>органмен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>курстары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(әрқайсысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...83 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:w w:val="105"/>
-          <w:sz w:val="18"/>
-[...131 lines deleted...]
-        <w:t>отдельно).</w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>жеке).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E737D4">
+    <w:p w14:paraId="54139676">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52558732">
+    <w:p w14:paraId="0E80103A">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3630786F">
+    <w:p w14:paraId="61FB2F00">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C890A0B">
+    <w:p w14:paraId="7C46FA19">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30535264">
+    <w:p w14:paraId="49F58EE3">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="078C8CB1">
+    <w:p w14:paraId="6C777367">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35FE04EB">
+    <w:p w14:paraId="3D93278F">
       <w:pPr>
-        <w:ind w:left="144" w:right="249"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D0F8210">
+    <w:p w14:paraId="51617D94">
       <w:pPr>
-        <w:pStyle w:val="15"/>
-[...1 lines deleted...]
-        <w:ind w:left="6409" w:right="592"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241B6E6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B685FBB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D018FC2">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2D66BE">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 13-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECB70C0">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="5216"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB1349D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223C5416">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F729CCA">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF5F88D">
+      <w:pPr>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794D2D22">
+      <w:pPr>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>690245</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>168275</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6290310" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6290310" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6290310">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6289773" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Graphic 1" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:54.35pt;margin-top:13.25pt;height:0.1pt;width:495.3pt;mso-position-horizontal-relative:page;mso-wrap-distance-bottom:0pt;mso-wrap-distance-top:0pt;z-index:-251635712;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="6290310,1" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJANbW5adgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokFkTttiJtQ5wOFVUXUEULuxObOMI+&#10;W7abhrfHmWD87z799121Ha0hgwqxd8hhPmNAFLZO9thx+DjvH9dAYhIohXGoOPyoCNv69qYSpXRX&#10;fFfDKXUkl2AsBQedki8pja1WVsSZ8wrz7ssFK1KOoaMyiGsut4YuGCuoFT3mC1p4tdOq/T5dLIeH&#10;c/O2N8tdKI6H8PmiX/04HDzn93dz9gwkqTH9wTDpZ3Wos1PjLigjMTmz9SqjHBbFE5AJYJvNEkgz&#10;TVZA64r+f6H+BVBLAwQUAAAACACHTuJAponrvRcCAAB7BAAADgAAAGRycy9lMm9Eb2MueG1srVRN&#10;j9owEL1X6n+wfC+BrMRHRFhVi3ZVqWpX2u0PMI5DLDm2O2MI/PuOnQQoveyhHMKzZ/I8b94468dT&#10;a9hRAWpnSz6bTDlTVrpK233Jf70/f1lyhkHYShhnVcnPCvnj5vOndecLlbvGmUoBIxKLRedL3oTg&#10;iyxD2ahW4MR5ZSlYO2hFoCXsswpER+ytyfLpdJ51DioPTipE2t32QT4wwkcIXV1rqbZOHlplQ88K&#10;yohAkrDRHvkmVVvXSoafdY0qMFNyUhrSkw4hvIvPbLMWxR6Eb7QcShAfKeFOUyu0pUMvVFsRBDuA&#10;/oeq1RIcujpMpGuzXkjqCKmYTe9689YIr5IWajX6S9Px/9HKH8dXYLoqef7AmRUtOf4ytGMWu9N5&#10;LCjpzb/CsEKCUeqphjb+kwh2Sh09XzqqToFJ2pznq+nDjJotKTbLF6nh2fVdecDwolziEcfvGHo/&#10;qhGJZkTyZEcI5Gr00yQ/A2fkJyQ/d72fXoT4XiwuQtZdC4l7rTuqd5ei4a5yKu0aNfY2a54vV4sF&#10;NWlUSbl9BoF4zGY9gHQ04VtxxsYqFqv5Mo0JOqOrZ21MrAJhv3sywI4iDmn6RR3E8FeaBwxbgU2f&#10;l0JDmrGUHY3qrYlo56ozGduRlSXH3wcBijPzzdLoxGswAhjBbgQQzJNLlyWWZt3XQ3C1jr6kE3re&#10;YUEzmcoc7k8c+tt1yrp+MzZ/AFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BL&#10;AwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMY&#10;o04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyip&#10;Nnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8Z&#10;MG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/&#10;+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVu&#10;dF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY&#10;2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5R&#10;KdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgne&#10;D1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly&#10;5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAAAAAAAEAIAAAAIgEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAagMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAAAAAAAEAIAAAAI4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQDW1uWnYAAAACgEAAA8A&#10;AAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCmieu9FwIAAHsE&#10;AAAOAAAAAAAAAAEAIAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACwBQAAAAA=&#10;" path="m0,0l6289773,0e">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.62740157480315pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="0mm,0mm,0mm,0mm"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C9718E">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="343" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B162655">
+      <w:pPr>
+        <w:spacing w:before="72"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...467 lines deleted...]
-          <w:sz w:val="10"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="74" w:type="dxa"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3688"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3970"/>
       </w:tblGrid>
-      <w:tr w14:paraId="72C965D7">
+      <w:tr w14:paraId="0187626E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="330" w:hRule="atLeast"/>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B92A3D1">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="4BC96B3C">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73A369A8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0923CD6B">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="1086"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F193F0D">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3D8C3592">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="520"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Подтверждающий</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>документ</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6694BAA6">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="46F0089E">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="509"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Кол-во</w:t>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>20)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3CD9CAF9">
+      <w:tr w14:paraId="04DF09D1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1122" w:hRule="atLeast"/>
+          <w:trHeight w:val="856" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3354ECC1">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="41D7BEF2">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0B877F">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0CC53178">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4159F5BE">
-[...54 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="04078896">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>диплому</w:t>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3335555D">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="300F9A9D">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">отличием </w:t>
-[...17 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2 балла</w:t>
-[...137 lines deleted...]
-              <w:t>балла</w:t>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61AB54BF">
+            <w:pPr>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік–4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="252AA361">
+      <w:tr w14:paraId="2FAB5A05">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1125" w:hRule="atLeast"/>
+          <w:trHeight w:val="1065" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4C8482">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7B885603">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34841EBB">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3858AF0C">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дәрежесі/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Ученое</w:t>
-[...27 lines deleted...]
-              <w:t>степень/степень</w:t>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9BCBEB">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3D401FE0">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...27 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>звания/ученой</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>степени/степени</w:t>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601396E9">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736DEE5E">
-[...27 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6A914DDF">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы–15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63654D0F">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кандидаты,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профиль бойынша докторы– 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404A2B9D">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>баллов</w:t>
-[...149 lines deleted...]
-              <w:t>5 баллов</w:t>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787806D7">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="76C70E25">
+      <w:tr w14:paraId="5B1BEBA7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="712" w:hRule="atLeast"/>
+          <w:trHeight w:val="738" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCA9907">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5BA94BA7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5D84BF">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="08C83DB5">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Результаты</w:t>
-[...13 lines deleted...]
-              <w:t>прохождения сертификации</w:t>
+              <w:t>нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BA801D">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="04F3FBC9">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD17B28">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1F0EF5E2">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t>50%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>%</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFBAADB">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="155"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D65F8A">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>80-100%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-26"/>
-[...143 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="36DF0D68">
+      <w:tr w14:paraId="488790F9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="782" w:hRule="atLeast"/>
+          <w:trHeight w:val="693" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D76968E">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="592C3A30">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597A9BD4">
-[...28 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="10C11915">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="782" w:firstLine="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>профессиональной</w:t>
-[...13 lines deleted...]
-              <w:t>практики</w:t>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практика нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB8F07A">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5AEC05B5">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="532"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...17 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>образовании</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04EE57B5">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2BA3CABF">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="160"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-9"/>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A5BAA2">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>«4»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...8 lines deleted...]
-              <w:pStyle w:val="22"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F5AA01">
+            <w:pPr>
               <w:spacing w:before="3"/>
-              <w:ind w:left="23"/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«5»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-              <w:t>балла</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2F5A7540">
+      <w:tr w14:paraId="0F1367DE">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="527" w:hRule="atLeast"/>
+          <w:trHeight w:val="419" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2612227A">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="13D18B89">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C1780A">
-[...58 lines deleted...]
-              <w:t>учебы</w:t>
+          <w:p w14:paraId="68E2C089">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3926E9AE">
-[...26 lines deleted...]
-              <w:t>письмо</w:t>
+          <w:p w14:paraId="5E0149B2">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DF8E15">
-[...38 lines deleted...]
-              <w:t>балла</w:t>
+          <w:p w14:paraId="72750A27">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2DC81355">
+      <w:tr w14:paraId="6DB648FE">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="422" w:hRule="atLeast"/>
+          <w:trHeight w:val="282" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C50E5E0">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="76846020">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="068FA31C">
-[...47 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4F689978">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>работе</w:t>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F712FC1">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7AD47585">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>участия</w:t>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4441DD00">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="43AD62DB">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="19BBCB4E">
+      <w:tr w14:paraId="4AD8CEDC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1125" w:hRule="atLeast"/>
+          <w:trHeight w:val="1156" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9A5E8C">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="051B2586">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="102A0352">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7D7B32DC">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...53 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>интернет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бетін,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5B1010">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>(публикации авторских</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">научных </w:t>
-[...5 lines deleted...]
-              <w:t>проектов, уроки, семинары))</w:t>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жүргізу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(авторлық ғылыми жобалар, сабақтар, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>семинарлар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1914DB96">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1284369E">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Ссылки</w:t>
+              <w:t>Сілтемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5038D432">
-[...27 lines deleted...]
-                <w:w w:val="110"/>
+          <w:p w14:paraId="7530082A">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
-[...24 lines deleted...]
-                <w:w w:val="125"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...8 lines deleted...]
-                <w:w w:val="110"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F315FAD">
-[...25 lines deleted...]
-                <w:w w:val="110"/>
+          <w:p w14:paraId="4EB61903">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...22 lines deleted...]
-                <w:w w:val="110"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...22 lines deleted...]
-                <w:w w:val="125"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-15"/>
-[...7 lines deleted...]
-                <w:w w:val="110"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...40 lines deleted...]
-                <w:w w:val="110"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEA5557">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...22 lines deleted...]
-                <w:w w:val="140"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-18"/>
-[...7 lines deleted...]
-                <w:w w:val="110"/>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...11 lines deleted...]
-              <w:t>балла</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7BE121DE">
+      <w:tr w14:paraId="1F4FDE8B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="297" w:hRule="atLeast"/>
+          <w:trHeight w:val="563" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5473298E">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7A84A91B">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610E0B98">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4E58732F">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-              <w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерей</w:t>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72DFAC58">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3247AE03">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>участия</w:t>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09E39BEA">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="02EB7E10">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балла</w:t>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="64A29D0F">
+      <w:tr w14:paraId="3D90BB36">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:trHeight w:val="671" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06DD34E4">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="56192CD9">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F42D063">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1EDA7413">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...57 lines deleted...]
-              <w:t>др.)</w:t>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурстарға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу (ғылыми жобалар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA3BE51">
+            <w:pPr>
+              <w:spacing w:line="203" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>т.б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714163B1">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4DC8F2DB">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>участия</w:t>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749A75B5">
-[...48 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="311995B3">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...50 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балдан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>баллов</w:t>
+              <w:t>аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="55662905">
+      <w:tr w14:paraId="178C5E0E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="4437" w:hRule="atLeast"/>
+          <w:trHeight w:val="4576" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D702F7A">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="746ACF85">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DA2BCB">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="40A81767">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B96AE73">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF; Goethe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAF3810">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификатов</w:t>
-[...18 lines deleted...]
-              <w:rPr>
+              <w:t>сертификаттары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13067FD4">
+            <w:pPr>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B629C76">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="476"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft-та</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үйрету» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111960C4">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A20976">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...222 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...112 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63631195">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0451A792">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DELTA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Diploma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AA66DD9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4B964C41">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DD10D2E">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5FF826A3">
+            <w:pPr>
+              <w:spacing w:before="21" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="190"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT»Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...79 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEF30ED">
+            <w:pPr>
+              <w:spacing w:line="182" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Instruction)»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teacher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
-[...18 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C34DBA5">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...24 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>Other Languages (TESOL)»TESOL»</w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42DB4A31">
+            <w:pPr>
+              <w:spacing w:before="24"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C05B58B">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="71BA2060">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42125C27">
-[...21 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0C78F645">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(әрқайсына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>отдельно)</w:t>
-[...63 lines deleted...]
-            </w:pPr>
+              <w:t>бөлек)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E614793"/>
-    <w:p w14:paraId="26ECD991">
+    <w:p w14:paraId="7F010045">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:panose1 w:val="02010600030101010101"/>
@@ -17082,600 +20173,457 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="30FC6453"/>
+    <w:nsid w:val="1AA723D0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="30FC6453"/>
+    <w:tmpl w:val="1AA723D0"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="116"/>
+        <w:ind w:left="200" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="429" w:hanging="116"/>
+        <w:ind w:left="576" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="758" w:hanging="116"/>
+        <w:ind w:left="952" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1087" w:hanging="116"/>
+        <w:ind w:left="1328" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1416" w:hanging="116"/>
+        <w:ind w:left="1704" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1746" w:hanging="116"/>
+        <w:ind w:left="2080" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2075" w:hanging="116"/>
+        <w:ind w:left="2456" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2404" w:hanging="116"/>
+        <w:ind w:left="2832" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2733" w:hanging="116"/>
+        <w:ind w:left="3208" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="364A7898"/>
+    <w:nsid w:val="410518B5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="364A7898"/>
+    <w:tmpl w:val="410518B5"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="23" w:hanging="222"/>
+        <w:ind w:left="32" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="442" w:hanging="222"/>
+        <w:ind w:left="403" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="864" w:hanging="222"/>
+        <w:ind w:left="767" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="222"/>
+        <w:ind w:left="1131" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1709" w:hanging="222"/>
+        <w:ind w:left="1494" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2132" w:hanging="222"/>
+        <w:ind w:left="1858" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2554" w:hanging="222"/>
+        <w:ind w:left="2222" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2976" w:hanging="222"/>
+        <w:ind w:left="2585" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3399" w:hanging="222"/>
+        <w:ind w:left="2949" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3DD96822"/>
+    <w:nsid w:val="44095C5A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3DD96822"/>
+    <w:tmpl w:val="44095C5A"/>
     <w:lvl w:ilvl="0" w:tentative="0">
-      <w:start w:val="8"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="682" w:hanging="576"/>
+        <w:ind w:left="32" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="100"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1319" w:hanging="576"/>
+        <w:ind w:left="432" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1959" w:hanging="576"/>
+        <w:ind w:left="824" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2599" w:hanging="576"/>
+        <w:ind w:left="1216" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3239" w:hanging="576"/>
+        <w:ind w:left="1608" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3879" w:hanging="576"/>
+        <w:ind w:left="2000" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4519" w:hanging="576"/>
+        <w:ind w:left="2392" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5159" w:hanging="576"/>
+        <w:ind w:left="2784" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5799" w:hanging="576"/>
+        <w:ind w:left="3176" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="473863B6"/>
+    <w:nsid w:val="56083126"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="473863B6"/>
-[...129 lines deleted...]
-    <w:tmpl w:val="553A6AD7"/>
+    <w:tmpl w:val="56083126"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1203" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17752,585 +20700,447 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8646" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="689E34C3"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="57330932"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="689E34C3"/>
+    <w:tmpl w:val="57330932"/>
     <w:lvl w:ilvl="0" w:tentative="0">
-      <w:start w:val="0"/>
-[...129 lines deleted...]
-      <w:start w:val="1"/>
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="106" w:hanging="262"/>
+        <w:ind w:left="107" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="797" w:hanging="262"/>
+        <w:ind w:left="780" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1495" w:hanging="262"/>
+        <w:ind w:left="1460" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2193" w:hanging="262"/>
+        <w:ind w:left="2140" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2891" w:hanging="262"/>
+        <w:ind w:left="2820" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="262"/>
+        <w:ind w:left="3500" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4287" w:hanging="262"/>
+        <w:ind w:left="4180" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4985" w:hanging="262"/>
+        <w:ind w:left="4860" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5683" w:hanging="262"/>
+        <w:ind w:left="5540" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="7ED34264"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="5F9F2011"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7ED34264"/>
+    <w:tmpl w:val="5F9F2011"/>
     <w:lvl w:ilvl="0" w:tentative="0">
-      <w:start w:val="0"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="-"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="116"/>
+        <w:ind w:left="107" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...3 lines deleted...]
-        <w:iCs w:val="0"/>
+        <w:rFonts w:hint="default"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="99"/>
-[...1 lines deleted...]
-        <w:szCs w:val="19"/>
+        <w:w w:val="100"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="429" w:hanging="116"/>
+        <w:ind w:left="780" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="758" w:hanging="116"/>
+        <w:ind w:left="1460" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1087" w:hanging="116"/>
+        <w:ind w:left="2140" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1416" w:hanging="116"/>
+        <w:ind w:left="2820" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1746" w:hanging="116"/>
+        <w:ind w:left="3500" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2075" w:hanging="116"/>
+        <w:ind w:left="4180" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2404" w:hanging="116"/>
+        <w:ind w:left="4860" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2733" w:hanging="116"/>
+        <w:ind w:left="5540" w:hanging="350"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008D1AB8"/>
-[...30 lines deleted...]
-    <w:rsid w:val="5F517A3A"/>
+    <w:rsidRoot w:val="00592352"/>
+    <w:rsid w:val="00023E48"/>
+    <w:rsid w:val="00101499"/>
+    <w:rsid w:val="00126E89"/>
+    <w:rsid w:val="00142AAE"/>
+    <w:rsid w:val="001C444B"/>
+    <w:rsid w:val="0025310E"/>
+    <w:rsid w:val="003145D7"/>
+    <w:rsid w:val="003B0E1B"/>
+    <w:rsid w:val="004D2391"/>
+    <w:rsid w:val="00504B2E"/>
+    <w:rsid w:val="005921CE"/>
+    <w:rsid w:val="00592352"/>
+    <w:rsid w:val="00611D66"/>
+    <w:rsid w:val="00660672"/>
+    <w:rsid w:val="006E4B59"/>
+    <w:rsid w:val="007271AB"/>
+    <w:rsid w:val="00754C8A"/>
+    <w:rsid w:val="007C6A4C"/>
+    <w:rsid w:val="0097176E"/>
+    <w:rsid w:val="00A33893"/>
+    <w:rsid w:val="00A55694"/>
+    <w:rsid w:val="00A747EF"/>
+    <w:rsid w:val="00B036D8"/>
+    <w:rsid w:val="00BC2213"/>
+    <w:rsid w:val="00C11F3F"/>
+    <w:rsid w:val="00C207CA"/>
+    <w:rsid w:val="00CC4534"/>
+    <w:rsid w:val="00E4717C"/>
+    <w:rsid w:val="00E642DE"/>
+    <w:rsid w:val="00EB0848"/>
+    <w:rsid w:val="01953E84"/>
+    <w:rsid w:val="47D84C8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 2"/>
     <w:lsdException w:uiPriority="39" w:name="toc 3"/>
     <w:lsdException w:uiPriority="39" w:name="toc 4"/>
     <w:lsdException w:uiPriority="39" w:name="toc 5"/>
     <w:lsdException w:uiPriority="39" w:name="toc 6"/>
     <w:lsdException w:uiPriority="39" w:name="toc 7"/>
     <w:lsdException w:uiPriority="39" w:name="toc 8"/>
     <w:lsdException w:uiPriority="39" w:name="toc 9"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
     <w:lsdException w:uiPriority="99" w:name="footnote text"/>
     <w:lsdException w:uiPriority="99" w:name="annotation text"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
     <w:lsdException w:uiPriority="99" w:name="index heading"/>
     <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
     <w:lsdException w:uiPriority="99" w:name="table of figures"/>
     <w:lsdException w:uiPriority="99" w:name="envelope address"/>
     <w:lsdException w:uiPriority="99" w:name="envelope return"/>
     <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
@@ -18346,51 +21156,51 @@
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
-    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
@@ -18402,733 +21212,201 @@
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="No Spacing"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="List Paragraph"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="29" w:semiHidden="0" w:name="Quote"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="30" w:semiHidden="0" w:name="Intense Quote"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...187 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="11">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="12">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="13">
+  <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="hlink"/>
+        </w14:solidFill>
+      </w14:textFill>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="14">
-[...13 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="15">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="44"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="16">
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
-[...18 lines deleted...]
-    <w:link w:val="43"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:tabs>
-[...25 lines deleted...]
-    <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="20">
+  <w:style w:type="table" w:customStyle="1" w:styleId="7">
     <w:name w:val="Table Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="2"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="23">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:autoSpaceDN/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="25">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="2"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
-[...276 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -19384,113 +21662,91 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
+    <customSectPr/>
   </customSectProps>
   <customShpExts>
-    <customShpInfo spid="_x0000_s2072"/>
-[...21 lines deleted...]
-    <customShpInfo spid="_x0000_s2050"/>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <Company>diakov.net</Company>
+  <Company>Grizli777</Company>
   <Pages>6</Pages>
-  <Words>2201</Words>
-[...2 lines deleted...]
-  <Paragraphs>29</Paragraphs>
+  <Words>2065</Words>
+  <Characters>11773</Characters>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14722</CharactersWithSpaces>
+  <CharactersWithSpaces>13811</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.21931_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-06-17T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-07-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ICV">
-    <vt:lpwstr>1D864FBC7330456B9503588144756F01_12</vt:lpwstr>
+    <vt:lpwstr>D4F735909A094A308EE94915591CE971_12</vt:lpwstr>
   </property>
 </Properties>
 </file>