--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -1,49 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="73E7B8A9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">КГУ </w:t>
@@ -760,409 +759,238 @@
               </w:rPr>
               <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="557D2581" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">осуществляет обучение и воспитание </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+              <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D14B3C9" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="z1883"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E41EB67" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z1884"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+              <w:t>      воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>мұғалім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>";</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="21F0AFE7" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z1885"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2998F075" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z1886"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">       составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть; </w:t>
+              <w:t xml:space="preserve">       составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B4D938A" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="z1887"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">       проводит анализ по итогам проведения </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть с комментариями; </w:t>
+              <w:t xml:space="preserve">       проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A220993" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="z1888"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      заполняет журналы (бумажные или электронные);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26D60A5F" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="z1889"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>      обеспечивает достижение личностных, системно-</w:t>
-[...19 lines deleted...]
-              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+              <w:t>      обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C589A4D" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="z1890"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+              <w:t>      участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E247A39" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="z1891"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0871DF76" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
@@ -1181,71 +1009,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      создает условия для инклюзивного образования;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="139663FF" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="z1893"/>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      адаптирует учебные программы с учетом индивидуальной потребности </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+              <w:t>      адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B86F4F9" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="z1894"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5370A4EF" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
@@ -1369,71 +1177,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52329868" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="18" w:name="z1901"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      обеспечивает охрану жизни и </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+              <w:t>      обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A0DB015" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="19" w:name="z1902"/>
             <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A2921D1" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
@@ -1732,81 +1520,79 @@
             </w:pPr>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23D68AD6" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>послесреднее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="7898F740" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="22" w:name="z1916"/>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F524558" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -1929,52 +1715,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="001C6D9E" w:rsidRPr="001C6D9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.08.2025-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidR="001C6D9E" w:rsidRPr="001C6D9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.08.2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4BFF41CE" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28104B2B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2022,1125 +1806,1011 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6241878B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием перечня </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F9DB95" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>прилагаемых</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="06F9DB95" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A698ED0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A698ED0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>2) документ, удостоверяющий личность либо электронный документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E98976D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность либо электронный документ</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E98976D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF636F2" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>из сервиса цифровых документов (для идентификации);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EF636F2" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A6AF9E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="06A6AF9E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AC01BC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43AC01BC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>4) копии документов об образовании в соответствии с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38CB721F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) копии документов об образовании в соответствии </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>предъявляемыми к должности квалификационными требованиями,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE5ED85" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="38CB721F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D5F47C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>предъявляемыми к должности квалификационными требованиями,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FE5ED85" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>5) копия документа, подтверждающую трудовую деятельность (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45112BE9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>утвержденными Типовыми квалификационными характеристиками;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="62D5F47C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECE74F1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5) копия документа, подтверждающую трудовую деятельность (</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11691F97" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>при</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="45112BE9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+              <w:t>приказом исполняющего обязанности Министра здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08ED95C3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>наличии</w:t>
-[...821 lines deleted...]
-            </w:pPr>
+              <w:t>Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 &amp;</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;Об</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1D970C45" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>утверждении форм учетной документации в области здравоохранения, а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BE6FE8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>также инструкций по их заполнению&amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12D80401" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7) справка об отсутствии динамического наблюдения больных с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041E6359" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0657A2FF" w14:textId="519BE0F2" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8) справка об отсутствии динамического наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B14CF20" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9) сертификат о результатах прохождения сертификации или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185AEB33" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии действующей квалификационной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FDBEA5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B87A5D9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF22A81" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат о результатах сертификации по предмету или удостоверение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E558B4C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии квалификационной категории педагога-модератора или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CDED4E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-эксперта, или педагога-исследователя, или педагога-мастера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21158535" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A3FAC0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD76FF1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EE425F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30751DD7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11) заполненный Оценочный лист кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18068717" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7949DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="411341DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12) рекомендательное письмо с места работы (по должности педагога),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C9423F" w14:textId="641190A2" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>учебы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="z188"/>
+            <w:bookmarkStart w:id="24" w:name="z188"/>
             <w:r w:rsidR="009E098E" w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="009E098E" w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="42217129" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A8C4A4A" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3164,99 +2834,110 @@
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022417C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C88AB54" w14:textId="15D83F69" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D47CCF" w:rsidP="00737ECE">
+          <w:p w14:paraId="1C88AB54" w14:textId="3B43C401" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D1532A" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>постоянно</w:t>
+              <w:t>Временно (до 31.08.2026 г.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17FEFBDA" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C109863" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13B2DEAA" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
+    <w:p w14:paraId="13B2DEAA" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254F87C0" w14:textId="77777777" w:rsidR="00D1532A" w:rsidRPr="0022417C" w:rsidRDefault="00D1532A" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5014EB49" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -3319,52 +3000,52 @@
       <w:tr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w14:paraId="612DC274" w14:textId="77777777" w:rsidTr="0073129E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9974" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F7C4B55" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="z349"/>
-            <w:bookmarkStart w:id="27" w:name="_Hlk204768059"/>
+            <w:bookmarkStart w:id="25" w:name="z349"/>
+            <w:bookmarkStart w:id="26" w:name="_Hlk204768059"/>
           </w:p>
           <w:p w14:paraId="13CCE1A4" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C5236CE" w14:textId="5E62EA8C" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Приложение 3</w:t>
@@ -3489,53 +3170,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="101102CC" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="57DC319C" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="544D1339" wp14:editId="2BE75D61">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>310856</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6358890" cy="1270"/>
@@ -3570,53 +3251,53 @@
                                     <a:lnTo>
                                       <a:pt x="6358697" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="12A81B05" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="107807B4" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="34F128A9" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22B19F82" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3732,53 +3413,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0B88AD96" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="7B5E491A" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A0DA598" wp14:editId="089689D2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>285365</wp:posOffset>
                       </wp:positionV>
@@ -3814,53 +3495,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="084A44DA" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="41768AD0" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E2930B1" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D3DCAF8" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -4022,53 +3703,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0F93E866" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="0AFFBCC5" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4ECC5797" wp14:editId="10490B5C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>285238</wp:posOffset>
                       </wp:positionV>
@@ -4104,53 +3785,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="77B1A388" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="7F0FA642" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="63E902AF" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D18CE4F" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -4252,53 +3933,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359650" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="314268FA" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="4ECFECB2" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D580DF0" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(фактическое</w:t>
             </w:r>
@@ -4422,53 +4103,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359650" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="593539FE" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="7B296FA5" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A909472" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="579BBB6B" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
@@ -4711,53 +4392,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1B039EA3" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="7BBC60DA" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="15"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="222DBA00" wp14:editId="4F45446D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>271889</wp:posOffset>
                       </wp:positionV>
@@ -4793,80 +4474,79 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1EBAFDF4" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="31BA08CA" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ADD20FB" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="10472A6F" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(наименование</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>организаций</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4921,51 +4601,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>район,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>город/село)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="15339182" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В настоящее время работаю: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -5027,53 +4706,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="562D144E" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="24317163" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E308425" wp14:editId="364A5622">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>288134</wp:posOffset>
                       </wp:positionV>
@@ -5109,80 +4788,79 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="601B61B0" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="6B1058E3" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="26415704" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33B409A6" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(должность,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>наименование</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5237,51 +4915,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>район,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>город/село)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1CE2ECF0" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Сообщаю</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
@@ -5635,51 +5312,50 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3545" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="09091081" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="6E92A205" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Наличие</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>квалификационной</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
@@ -5742,51 +5418,50 @@
               <w:t>при</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">его </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>наличии):</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0A5E7CA7" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CD73642" wp14:editId="47496EFF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -5824,53 +5499,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="565EFC63" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="438D1D4B" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="65E0B642" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Стаж</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
@@ -6033,95 +5708,93 @@
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00EA3591">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-2"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>службы</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2521" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="2E1C798C" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>По</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-8"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>специальности</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-9"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-4"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>(для</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
                 <w:p w14:paraId="156FBDB6" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-2"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>специалистов</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00E0322D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="-9"/>
                       <w:sz w:val="20"/>
                       <w:lang w:val="ru-RU"/>
@@ -6485,53 +6158,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="578EA34E" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="73D0322F" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FEA8297" wp14:editId="72A0B9C9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>286464</wp:posOffset>
                       </wp:positionV>
@@ -6567,53 +6240,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="63521818" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="73EC1B00" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B04598B" wp14:editId="10EBF75A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>433149</wp:posOffset>
                       </wp:positionV>
@@ -6649,53 +6322,53 @@
                                     <a:lnTo>
                                       <a:pt x="6351922" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2B9935A6" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="3DEA0C26" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EC0807F" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A0E9620" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6900,53 +6573,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="08E353C1" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="25D4AE8E" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45945BD6" wp14:editId="679406DE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>284212</wp:posOffset>
                       </wp:positionV>
@@ -6982,53 +6655,53 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2CDA4943" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="45E2038E" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="17"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34D86298" wp14:editId="6C4B22EE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>719327</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>430516</wp:posOffset>
                       </wp:positionV>
@@ -7064,196 +6737,154 @@
                                     <a:lnTo>
                                       <a:pt x="6359877" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:ln w="7968">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="441C9CBA" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                    <v:shape w14:anchorId="26746C04" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                       <v:path arrowok="t"/>
                       <w10:wrap type="topAndBottom" anchorx="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="546DCFEF" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13CEEC81" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0453BAD4" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
-[...27 lines deleted...]
-              <w:t>ли без использования таких средств).</w:t>
+              <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B32FFB4" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E886812" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Я согласен</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">а) </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Я согласен (-а) </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_______________________________________________________      _________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="220D3F8D" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRPr="00EA3591" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(Ф.И.О.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(при</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3591">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7485,154 +7116,142 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D6F6ACA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оценочный лист кандидата со стажем на вакантную</w:t>
+              <w:t>или временно вакантную должность педагога</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>или временно вакантную должность педагога</w:t>
+              <w:t>________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>________________________________________________________</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>(Ф.И.О. (при его наличии)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9671" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="446"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
             </w:tblGrid>
             <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="6AEBF4AD" w14:textId="77777777" w:rsidTr="00AE5146">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="446" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:bookmarkEnd w:id="26"/>
+                <w:bookmarkEnd w:id="25"/>
                 <w:p w14:paraId="56608F3D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>№</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
@@ -7836,133 +7455,100 @@
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="485F49E1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> и профессиональное - 1 балл</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное - 1 балл</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="0AA213A9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> - 2 баллов</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее - 2 баллов</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="06D8E27C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> с отличием - 3 балла</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее с отличием - 3 балла</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="04D7649B" w14:textId="77777777" w:rsidTr="00AE5146">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="446" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="38571495" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
@@ -8076,71 +7662,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Доктор наук - 15 баллов</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="4CD33B6A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
-[...19 lines deleted...]
-                    <w:t>, доктор по профилю - 10 баллов</w:t>
+                    <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="5E9B3F47" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
@@ -8714,117 +8280,149 @@
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="507997F3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+                    <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">должности педагога) </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="63C733A5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">предыдущего места работы) </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6C153022" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">Наличие положительного рекомендательного письма - 3 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>балла</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="666FF223" w14:textId="77777777" w:rsidTr="00AE5146">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="446" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6EC81ED1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
@@ -8852,71 +8450,51 @@
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0E532B2B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>Показатели профессиональных достижений (</w:t>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve"> последние 3 года)</w:t>
+                    <w:t>Показатели профессиональных достижений (за последние 3 года)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="27ABD22F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
@@ -8994,93 +8572,80 @@
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="65339F7A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="0879FE90" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
                 <w:p w14:paraId="4B279BB9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="498DF800" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
@@ -9485,669 +9050,597 @@
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>GoetheZertifikat</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">, </w:t>
-[...20 lines deleted...]
-                  </w:r>
+                    <w:t xml:space="preserve">, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="68FA9802" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>Python</w:t>
+                    <w:t>Курсера</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="00D47CCF">
-[...6 lines deleted...]
-                    <w:t xml:space="preserve">", "Обучение работе с </w:t>
+                </w:p>
+                <w:p w14:paraId="70A6666E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Международные</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3AB484C5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A564851" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1B212199" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="611299B6" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="219FBEA0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0860BBFF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TKT Teaching Knowledge Test"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0218DE23" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0F0E968C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3DB22452" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="762835C0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7FA31064" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">IHCYLT - International House </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Certificate In Teaching Young Learners and Teenagers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2DB8C018" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="23AE24A0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                    </w:rPr>
-                    <w:t>Microsoft</w:t>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Maths</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                    </w:rPr>
-[...11 lines deleted...]
-                      <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                  </w:pPr>
-[...12 lines deleted...]
-                <w:p w14:paraId="70A6666E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                    <w:t xml:space="preserve"> Teaching</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6ABFC1AC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                    </w:rPr>
-[...7 lines deleted...]
-                      <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
+                    <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5975E27D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Educational Management</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1A7EAAAE" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0866A3D0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>курсы</w:t>
+                    <w:t>на</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>:</w:t>
-[...8 lines deleted...]
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>платформе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                  </w:pPr>
-[...468 lines deleted...]
-                    <w:t xml:space="preserve">, </w:t>
+                    <w:t xml:space="preserve"> Coursera, </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Futute</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> learn</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="64A72ACB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
@@ -10390,103 +9883,101 @@
                 <w:p w14:paraId="7C4F4059" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3AE9C0C1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="z401"/>
+            <w:bookmarkStart w:id="27" w:name="z401"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>      Примечание:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p w14:paraId="34949012" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4267C1DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2184B4B2" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B14C4BC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
@@ -11095,163 +10586,151 @@
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Форма</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="6AD9E9D4" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="z404"/>
+            <w:bookmarkStart w:id="28" w:name="z404"/>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оценочный лист кандидата без стажа на вакантную</w:t>
+              <w:t>или временно вакантную должность педагога</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>или временно вакантную должность педагога</w:t>
+              <w:t>_____________________________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D47CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_____________________________________________________</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>(Ф.И.О. (при его наличии)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9934" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="709"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
             </w:tblGrid>
             <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="64B9FD65" w14:textId="77777777" w:rsidTr="00AE5146">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:bookmarkEnd w:id="29"/>
+                <w:bookmarkEnd w:id="28"/>
                 <w:p w14:paraId="44EC4E0C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>№</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
@@ -11476,165 +10955,121 @@
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="57DC5544" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> и профессиональное - 1 балл</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное - 1 балл</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="3ABFED57" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> и профессиональное с отличием -2 балла</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="70010210" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> - 3 балла</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее - 3 балла</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="71B90962" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-                    <w:t xml:space="preserve"> с отличием – 4 балла</w:t>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее с отличием – 4 балла</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="28F97C5C" w14:textId="77777777" w:rsidTr="00AE5146">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="2CBF98FB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
@@ -11748,71 +11183,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Доктор наук - 15 баллов</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="1F8AD46B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
-[...19 lines deleted...]
-                    <w:t>, доктор по профилю - 10 баллов</w:t>
+                    <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2C03CDC3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
@@ -13026,143 +12441,84 @@
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Zertifikat</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">, </w:t>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve"> "Основы программирования в </w:t>
+                    <w:t xml:space="preserve">, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>Python</w:t>
+                    <w:t>Курсера</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="00D47CCF">
-[...38 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
                 <w:p w14:paraId="65FC3805" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Международные</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>курсы</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
@@ -13171,62 +12527,51 @@
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="17FDFAA7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">TEFL Cambridge "CELTA </w:t>
-[...10 lines deleted...]
-                    <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+                    <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="05858A93" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D47CCF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
                   </w:r>
                 </w:p>
@@ -13682,51 +13027,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A573E03" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FF2EF53" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p w14:paraId="31248B4F" w14:textId="1994C356" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="61" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62012678" w14:textId="108D58CF" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
             <w:pPr>
@@ -13743,655 +13088,604 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C9D39D4" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidSect="00E0322D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="567" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD79D9"/>
     <w:rsid w:val="001A12C4"/>
     <w:rsid w:val="001C6D9E"/>
     <w:rsid w:val="00221FB9"/>
     <w:rsid w:val="0022417C"/>
     <w:rsid w:val="00403D96"/>
     <w:rsid w:val="004227F3"/>
     <w:rsid w:val="00577D1F"/>
     <w:rsid w:val="005D1C4A"/>
     <w:rsid w:val="00610318"/>
+    <w:rsid w:val="006F53BC"/>
     <w:rsid w:val="0073129E"/>
     <w:rsid w:val="0084622C"/>
     <w:rsid w:val="008A5EB4"/>
     <w:rsid w:val="008D6BBD"/>
     <w:rsid w:val="00994807"/>
     <w:rsid w:val="009960F6"/>
     <w:rsid w:val="009E098E"/>
     <w:rsid w:val="009F3154"/>
     <w:rsid w:val="00AD79D9"/>
     <w:rsid w:val="00C40107"/>
     <w:rsid w:val="00C6146D"/>
+    <w:rsid w:val="00D1532A"/>
     <w:rsid w:val="00D47CCF"/>
     <w:rsid w:val="00DC7B12"/>
     <w:rsid w:val="00E0322D"/>
     <w:rsid w:val="00EC5082"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="35EE6596"/>
+  <w15:docId w15:val="{BAB31C05-67D8-4214-A3CD-D94094B57CF8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009E098E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009E098E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...290 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009E098E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E0322D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -14422,59 +13716,59 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E0322D"/>
     <w:rPr>
       <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14739,69 +14033,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89CDE399-9C27-48B9-9D83-019EFC70DDE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2419</Words>
-  <Characters>13789</Characters>
+  <Words>2421</Words>
+  <Characters>13806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
+  <Lines>115</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16176</CharactersWithSpaces>
+  <CharactersWithSpaces>16195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>