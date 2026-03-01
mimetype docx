--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1,13261 +1,21606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="73E7B8A9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7478502B" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00B80E99" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005DE0CC" w14:textId="5D1A6A0D" w:rsidR="00592352" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> №6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>№6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t>жалпы орта білім беру мектебі»</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> КММ орыс тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3228">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t>физика</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...99 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>мұғалімі лауазымына конкурс жариялайды.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="37" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00610318" w:rsidRPr="0022417C" w14:paraId="0BBBB3DA" w14:textId="77777777" w:rsidTr="00EC1C90">
+      <w:tr w:rsidR="00592352" w14:paraId="5EFB8CE1" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10314" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D9987C" w14:textId="0AD5F7FF" w:rsidR="00610318" w:rsidRPr="00610318" w:rsidRDefault="00610318" w:rsidP="00403D96">
-            <w:pPr>
+          <w:p w14:paraId="2C85AD3B" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00592352">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9626" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F536FFA" w14:textId="61C3EEB9" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1597"/>
+                <w:tab w:val="left" w:pos="3099"/>
+                <w:tab w:val="left" w:pos="4719"/>
+                <w:tab w:val="left" w:pos="6105"/>
+                <w:tab w:val="left" w:pos="7300"/>
+                <w:tab w:val="left" w:pos="8596"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="110" w:right="98"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ЕСКЕРТПЕ:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00434D17">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтерді </w:t>
+            </w:r>
+            <w:r w:rsidR="00434D17">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00434D17">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тағайындауға арналған Конкурсы қағаз форматында жүзеге асырылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504B2E" w14:paraId="33378ACC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="73588361" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B512CE" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t xml:space="preserve">ұйымының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D410A5E" w14:textId="51536200" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> формате</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4B8DA1F7" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00504B2E" w14:paraId="55E73B19" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04EEF2F9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...23 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="74D474FF" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEBF26D" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...19 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w14:paraId="15994005" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>жері,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3339AA27" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>пошталық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC033BD" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...159 lines deleted...]
-          <w:p w14:paraId="58E9A0A9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+          <w:p w14:paraId="464165B2" w14:textId="5E0DFA37" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, генерал Смагұлов көшесі,78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504B2E" w14:paraId="5035E7BA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D31B54" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CC38EA" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>нөмірлері,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B022DB" w14:textId="489097FF" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
               <w:t>8 7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="79D65C88" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00504B2E" w14:paraId="078D9ADA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E673A80" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="3F079EF1" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693C292C" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...18 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+          <w:p w14:paraId="22694B42" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440473AC" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3C78F64C" w14:textId="74F902E0" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:r w:rsidRPr="00C207CA">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="59E4BD41" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="71953B37" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA8BF73" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-            <w:pPr>
+          <w:p w14:paraId="5E7A5D7B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77C563EF" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...17 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+          <w:p w14:paraId="1761320B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRPr="00C207CA" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>Бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>бос лауазымның атауы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C99B3A" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRPr="00C207CA" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A97BAC3" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="775EC928" w14:textId="7432D425" w:rsidR="00754C8A" w:rsidRPr="00C207CA" w:rsidRDefault="00BC3228" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          </w:p>
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+            <w:r w:rsidR="00C207CA" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C207CA" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00754C8A" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00754C8A" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0097176E" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00754C8A" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00754C8A" w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F54C1A1" w14:textId="5D01799D" w:rsidR="00C207CA" w:rsidRPr="00C207CA" w:rsidRDefault="00C207CA" w:rsidP="00504B2E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4A937AF7" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="34C84A66" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="1771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="373D4E77" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="050DA565" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F7FBA1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...17 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+          <w:p w14:paraId="778EC345" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="414"/>
+            </w:pPr>
+            <w:r>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функционалдық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="557D2581" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
-            <w:pPr>
+          <w:p w14:paraId="3AE61505" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...16 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C12A79" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38872CA3" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="99" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...470 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="53A45A47" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="6485972D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16E129E1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="02DAF517" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57104F8A" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...17 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+          <w:p w14:paraId="24F91227" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>еңбекке ақы төлеу мөлшері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C840D1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...105 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+          <w:p w14:paraId="023A2EC0" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D20384C" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>258,89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281C6619" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>626,94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="775485BD" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="2F749C16" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="632841C3" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-            <w:pPr>
+          <w:p w14:paraId="74057C96" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6FCC3B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...40 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+          <w:p w14:paraId="118989EB" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="533"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">үлгілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647CC6EC" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E841AC" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="521"/>
+            </w:pPr>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">кандидатқа қойылатын біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23D68AD6" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
-            <w:pPr>
+          <w:p w14:paraId="662C3993" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...36 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A9B14A" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(немесе) біліктілігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>және орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>деңгейі болған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін- кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E034B83" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="100" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...28 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="033BCC11" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="20517BBC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="009B98A1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-            <w:pPr>
+          <w:p w14:paraId="2794B403" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3AFA6E" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...18 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+          <w:p w14:paraId="0ECA9D87" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E09EDA2" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF28DEE" w14:textId="432755DE" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00403D96" w:rsidP="00403D96">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2DEE0C10" w14:textId="75DEAE82" w:rsidR="00754C8A" w:rsidRDefault="00CE7633" w:rsidP="00EB0848">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12.08.2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>.08.2025-</w:t>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="001C6D9E" w:rsidRPr="001C6D9E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">.08.2025 </w:t>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.08.2025 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4BFF41CE" w14:textId="77777777" w:rsidTr="00737ECE">
+      <w:tr w:rsidR="00754C8A" w14:paraId="70A137A3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4762"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28104B2B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-            <w:pPr>
+          <w:p w14:paraId="71049E6E" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="142083CC" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...18 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+          <w:p w14:paraId="593ED892" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6241878B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5B07478F" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41510FB7" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="470"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">не цифрлық құжаттар сервисінен алынған электрондық құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD4C65B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="350"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кадрларды есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке іс парағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...365 lines deleted...]
-              <w:t>8) справка об отсутствии динамического наблюдения</w:t>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...467 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CA79F5" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="535"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B5913B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="346" w:hanging="239"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30916D7C" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="458"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30751DD7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
-[...73 lines deleted...]
-              <w:pStyle w:val="a4"/>
+          <w:p w14:paraId="5621FAD9" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="374"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="94" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-            <w:bookmarkEnd w:id="24"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психикалық, мінез-құлықтық бұзылушылықтары б</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ар аурудың динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="42217129" w14:textId="77777777" w:rsidTr="00737ECE">
+    </w:tbl>
+    <w:p w14:paraId="73E05C20" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00592352">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00592352">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="37" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00592352" w14:paraId="0EB666CC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4762"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8C4A4A" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...23 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="013B37D5" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00592352">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130AB32E" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="57D991C3" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00592352">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C88AB54" w14:textId="3B43C401" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D1532A" w:rsidP="00737ECE">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="50B9C633" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Временно (до 31.08.2026 г.)</w:t>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F56819" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="491"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="55"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA74B31" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="701"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FC74EA" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="526"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бағалау парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1E04E2" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="552"/>
+              </w:tabs>
+              <w:ind w:left="552" w:hanging="445"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бойынша),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAE1DB5" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00592352" w14:paraId="7FA6CFC8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069262E0" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E7D8C8" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31744D58" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00A747EF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7357856E" w14:textId="594568AA" w:rsidR="00592352" w:rsidRPr="004D23D8" w:rsidRDefault="004D23D8" w:rsidP="0097176E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Уа</w:t>
+            </w:r>
+            <w:r>
+              <w:t>қытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(31.08.2026 ж. дей</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17FEFBDA" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="009E098E">
-[...3 lines deleted...]
-          <w:color w:val="002060"/>
+    <w:p w14:paraId="3D7E318E" w14:textId="77777777" w:rsidR="00A747EF" w:rsidRDefault="00A747EF" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D3FDED7" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0654B82C" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2A3032" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C87E18E" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E4D3F0" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA35F61" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="428EC0C3" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7985DF57" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD5F907" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBF5516" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D301B23" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798DE826" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54100339" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055880A5" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4BF2BD" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FAC0A5D" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5616531F" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="317FB516" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B52EB41" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0717E36D" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7C72A9" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5347A1B9" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E14185C" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F77FAD" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28E9EC3C" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31189237" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16AE0859" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D82F2EF" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13AE81EF" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BB6FC3" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BB5FAF" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6452A03A" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50D9C13D" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD717C7" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B8063B" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D3F694" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A74A09" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ACFEC93" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B38AD0" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E10502" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8A0772" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4CABEF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446CABB1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:line="177" w:lineRule="exact"/>
+        <w:ind w:left="5675" w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1803842A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64745851" wp14:editId="5E6D0200">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>143301</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="58EBED88" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F2AD64" wp14:editId="76F2A4AD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>310941</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4EF016E1" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;pqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbBd44kiFkCDKl2uqNGwvf2/eEJ&#10;mA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWfuR4p3o5usCpEOTRcD+oSw63h&#10;8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/G8tnYAHHcIVhqh+rQxE7HdyJ&#10;tGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F1F115" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C109863" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
-[...3 lines deleted...]
-          <w:color w:val="002060"/>
+    <w:p w14:paraId="31BAAAD1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="23" w:right="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6137D4E3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A46866" wp14:editId="1F45EC18">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139315</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7A70362D" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="587F22CB" wp14:editId="2066A9ED">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285619</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="765FF158" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EEF4D0" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B329C11" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="61" w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>болса),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F99FD1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D91BD52" wp14:editId="7B18AC8E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140839</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="27CDFF52" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CA0C582" wp14:editId="3EC60B3B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285619</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="742CD575" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618FF935" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B583E84" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33634D1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA9ABC7" wp14:editId="5E2FC6DC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140458</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2C9AC63D" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;4wRRGuJUAfGQuiOlC3bT2E0i4nFku234e5xVWd6ZoztnivVkBnbSzveWJIhFAkxTY1VPrYSv7dvd&#10;IzAfkBQOlrSEX+1hXV5fFZgre6ZPfapDy2IJ+RwldCGMOee+6bRBv7Cjprg7WGcwxOharhyeY7kZ&#10;eJokD9xgT/FCh6N+6XTzUx+NhMptM6rq3ZAcnt+Xrx8b/F6KjZS3N1P1BCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZZFlEJaSqAzYAQ9ytg+3mSAS8L/v+F8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBtMoxv3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0391E818" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="23" w:right="56"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8187AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69ECD065" wp14:editId="3D0390CD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140839</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="42EFC946" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773F096E" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="215"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859BE64" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9383"/>
+        </w:tabs>
+        <w:spacing w:before="88"/>
+        <w:ind w:right="113"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="134"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E9DEDE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:right="171"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="58"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6817AAA3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CD6E7B5" wp14:editId="6B83DF6C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="74214D3D" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1F15D1" wp14:editId="6C94B5D6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>288078</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="325794BE" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFA0DB2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EC67BE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="23" w:right="61"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D54A416" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4327C572" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2010B473" wp14:editId="3BE77439">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142060</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Graphic 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3E591480" id="Graphic 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp5wdLEsQiAaaose1AnYTP3evd&#10;PTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuDfmFHRXF3sM5giNF1vHV4juVG&#10;8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3N1P1CCyoKVxgmPWjOpTRaW+P&#10;1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39627D62" wp14:editId="1270E7CE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Graphic 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2D4DDC5F" id="Graphic 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.6pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIjntQLeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zVoYlKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;l0lyx63qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3S6BzYAQ2QOw/TzJgJcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCI57UC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CE7E01" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C4D329" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1871"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E5D430" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ӛзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100A1EDD" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4ECD90" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10029"/>
-        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="4537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C6146D" w:rsidRPr="0022417C" w14:paraId="556224A4" w14:textId="77777777" w:rsidTr="0073129E">
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="4483042A" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9974" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E91E845" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D30FFE1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="61" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E887E4C" w14:textId="3A52AB95" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1BD52A3D" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC23548" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="739"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w14:paraId="612DC274" w14:textId="77777777" w:rsidTr="0073129E">
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0614B542" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9974" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7C4B55" w14:textId="77777777" w:rsidR="00E0322D" w:rsidRDefault="00E0322D" w:rsidP="00E0322D">
-[...3977 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7143A682" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6063 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="61" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62012678" w14:textId="108D58CF" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4B57AE9B" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD24101" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C9D39D4" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
-[...3 lines deleted...]
-          <w:color w:val="002060"/>
+    <w:p w14:paraId="637A5C0C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="112"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(расталған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682A259A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10797D17" wp14:editId="1FC09820">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3F4DB002" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp5wdLEsQiAaaose1AnYTP3evd&#10;PTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuDfmFHRXF3sM5giNF1vHV4juVG&#10;8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3N1P1CCyoKVxgmPWjOpTRaW+P&#10;1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F17EB4" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ӛтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52969F99" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2725"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0B71C670" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7775931C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="266"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="749993E7" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CBF323" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="212" w:right="190" w:hanging="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӛтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253B670C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="281" w:right="272" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кәсіпкерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">субъектілерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72ED0F53" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="115" w:right="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымында, оның ішінде атқаратын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="280FB37F" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D65DBA" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D67467" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="263C4001" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70701CC2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="180C39BD" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7D65CC93" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45662182" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A98C304" wp14:editId="117E3D8F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141562</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="40332A43" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="330C46E8" wp14:editId="7908EF58">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>287867</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Graphic 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1CF3C299" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.65pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM9wp1XfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;Y9LSEuJUAQGVeiOlB25uvE0i7HUUu234e5wTnFazO5p9k69Ha9gZB985kiBmCTCk2umOGgmfu7e7&#10;FTAfFGllHKGEH/SwLq6vcpVpd6EPPFehYTGEfKYktCH0Gee+btEqP3M9Urwd3WBViHJouB7UJYZb&#10;w++T5IFb1VH80KoeX1qsv6uTlVAOu5TKam+S4/P78nWzVV9LsZXy9mYsn4AFHMOfGSb8iA5FZDq4&#10;E2nPTNQiTaNVwnwR52QQYv4I7DBtFsCLnP+vUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAz3CnVd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66D30498" wp14:editId="48641E59">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>434170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Graphic 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="18441229" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.2pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAR1HWzfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y1KlJcSpAuIhdUcKC3bT2E0i4nFku234e5xVWd6Zoztnis1kBnbSzveWJIhFAkxTY1VPrYTP3evd&#10;GpgPSAoHS1rCr/awKa+vCsyVPdOHPtWhZbGEfI4SuhDGnHPfdNqgX9hRU9wdrDMYYnQtVw7PsdwM&#10;/D5JMm6wp3ihw1E/d7r5qY9GQuV2KVX115Acnt5WL+9b/F6JrZS3N1P1CCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZpGlEJ2XoJbAaEWD4A28+TDHhZ8P8vlH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEABHUdbN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2046AC" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43443B81" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BABA9FE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Марапаттары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтер (бар болса):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A53EDA" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43ED2216" wp14:editId="7B417317">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137654</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Graphic 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="47D72DF2" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18E9360A" wp14:editId="45CADAB3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>282434</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3016DB2A" id="Graphic 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.25pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFrOPn3eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQhu8m/odmTLy5&#10;pYKiSNmg8SPZm6wevHXpLBDbKaHdXfz3lpMe35kn7zxTrmdr2BEnPziSIFYJMKTW6YE6CR/bl6s7&#10;YD4o0so4Qgk/6GFdnZ+VqtDuRO94bELHYgn5QknoQxgLzn3bo1V+5UakuNu7yaoQ49RxPalTLLeG&#10;XyfJLbdqoHihVyM+9dh+NwcroZ62KdXNp0n2j6/589tGfeViI+XlxVw/AAs4hz8YFv2oDlV02rkD&#10;ac9MzCJNIyohy26ALYAQ2T2w3TLJgVcl//9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBazj593gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1234E04B" wp14:editId="118D59DE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>428738</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358669" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="173FB598" id="Graphic 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.75pt;width:500.7pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAS8nXGFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNls&#10;IcVQJWN7BBsxDfeqN1Jqtm+Lsy6yuFvM5mk0CGxTPjbWRhaEu+2DRXFQcTDTF+vgCH/APFJYK6p7&#10;XHKdYdaddeqliSJtoTy9oOh4mgtJv/YKjRT2q+NxiaM/GDgY28HAYB8gPZDUIM65Of5Q6EVMX8jA&#10;yj7DMIwqH0SLpV+w8aaDz/sAVRMVTTPUMzpveIJTgefXFp/I7T6hrv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAUWbKl3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBMC&#10;DQpxKoTErgIa+AA3HuK09jiKnQd8Pc4Klnfm6M6ZcrdYwyYcfOdIQLpJgCE1TnXUCvj8eLl5AOaD&#10;JCWNIxTwjR521eVFKQvlZjrgVIeWxRLyhRSgQ+gLzn2j0Uq/cT1S3H25wcoQ49ByNcg5llvDb5Nk&#10;y63sKF7Qssdnjc25Hq2AfFze3vXenM7z/kSH14zbn3oS4vpqeXoEFnAJfzCs+lEdquh0dCMpz0zM&#10;aZZFVMA2vwe2Aml6lwM7rpMceFXy/y9UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAS&#10;8nXGFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAUWbKl3QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358669,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25691946" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BFB5172" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0370530A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="173"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8-бабының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерді ӛңдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін) ӛңдеуге келісім беремін.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidSect="00E0322D">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w14:paraId="072E6B32" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10109"/>
+        </w:tabs>
+        <w:spacing w:before="189"/>
+        <w:ind w:left="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен келісемін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD3185C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="4610"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ТАӘ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5A47EE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35864C61" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1054"/>
+          <w:tab w:val="left" w:pos="2642"/>
+          <w:tab w:val="left" w:pos="4651"/>
+        </w:tabs>
+        <w:ind w:left="140"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2CF3AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="7489"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76BD4B19" wp14:editId="56F6F9CA">
+                <wp:extent cx="1708785" cy="8890"/>
+                <wp:effectExtent l="9525" t="0" r="0" b="635"/>
+                <wp:docPr id="20" name="Group 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1708785" cy="8890"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1708785" cy="8890"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="4416"/>
+                            <a:ext cx="1708785" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1708785">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1708659" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="8833">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2C429B52" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHPslBcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTQFtKIUE1lRZOq&#10;rlKZ9mwc50NzbO/aEPj3u3YSoLTaQ5eH6Nj3+n6ce+z53b6RZCfA1lplNB6NKRGK67xWZUZ/rh++&#10;JJRYx1TOpFYiowdh6d3i86d5a1Ix0ZWWuQCCQZRNW5PRyjmTRpHllWiYHWkjFBoLDQ1zuIQyyoG1&#10;GL2R0WQ8nkathtyA5sJa3F12RroI8YtCcPejKKxwRGYUa3PhD+G/8f9oMWdpCcxUNe/LYB+oomG1&#10;wqTHUEvmGNlC/SZUU3PQVhduxHUT6aKouQg9YDfx+KKbFeitCb2UaVuaI01I7QVPHw7Ln3YrMC/m&#10;GbrqET5q/tsiL1FryvTc7tflyXlfQOMPYRNkHxg9HBkVe0c4bsazcTJLbijhaEuS255wXuFU3hzi&#10;1bd/HYtY2qUMhR0LaQ0qx57Isf9HzkvFjAicW9/8M5A6z+gkpkSxBgW86rWCO8iRT45enr9+ZXsq&#10;32Xn+jqedpJ7l6B4MgsEHTtlKd9atxI6EM12j9Z1gs0HxKoB8b0aIKDsveBlELyjBAUPlKDgN112&#10;w5w/56fnIWlPk/J7jd6JtQ5WdzElLO1klercy896enNLySAD9O08EPg0KKkOhNSIz5uTyleRJFdX&#10;4R5ZLev8oZbSV2Gh3NxLIDvmb3H4fB8Y4ZWbAeuWzFadXzD1blIFOdu0m46f2kbnBxxui+PMqP2z&#10;ZSAokd8Vyse/EwOAAWwGAE7e6/CaBIIw53r/i4EhPn1GHU72SQ8qYukwNN/60defVPrr1umi9hNF&#10;RQ8V9QtUdEDh4iN69bKcr4PX6Sld/AUAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMc+yUFwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638D8798" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:ind w:left="8643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4797B859" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidSect="00E642DE">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="566" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2287F7EA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6735" w:right="776" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 12-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553E8DB8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="6481" w:right="523"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCFB125" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CBC875" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D61F8D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BD99006" wp14:editId="4477279F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>541019</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>166807</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6571615" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6571615" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6571615">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6571244" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="23BF47E7" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSK5H2FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CNmmNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV48HFor9gapAVfIyWgshXEaysZtC/l9/fTp&#10;TgoKypXKgjOFPBqSD8uPHxadz80UarClQcFBHOWdL2Qdgs+zjHRtWkUj8MaxswJsVeAtbrMSVcfR&#10;W5tNx+NZ1gGWHkEbIj5d9U65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egTDfUPLFrVOE56&#10;DrVSQYkdNn+FahuNQFCFkYY2g6pqtEk1cDWT8btq3mrlTaqFm0P+3Cb6f2H1y/7Nv2KkTv4Z9E/i&#10;jmSdp/zsiRs6YQ4VthHLxMUhdfF47qI5BKH5cHY7n8wmt1Jo9k2m89TkTOXDXb2j8MVAiqP2zxR6&#10;DcrBUvVg6YMbTGQlo4Y2aRikYA1RCtZw02voVYj3Irloiu5CJJ61sDdrSN7wjjlTu3itu0bFUqY3&#10;N1IMVTK2R7AR03CveiOlZvu6OOsii/n97C6NBoFtyqfG2siCcLt5tCj2Kg5m+mIdHOEPmEcKK0V1&#10;j0uuE8y6k069NFGkDZTHVxQdT3Mh6ddOoZHCfnU8LnH0BwMHYzMYGOwjpAeSGsQ514cfCr2I6QsZ&#10;WNkXGIZR5YNosfQzNt508HkXoGqiommGekanDU9wKvD02uITud4n1OWfsPwNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uQWU&#10;DUHKxhg9eITdGL3N0hGIdMrSsov/3nLS45v38t43xW4xgzjT5HrLCuJNBIK4sbrnVsFh/3qXgXAe&#10;WeNgmRT8kINdeX1VYK7thSs6174VoYRdjgo678dcStd0ZNBt7EgcvC87GfRBTq3UE15CuRlkEkVb&#10;abDnsNDhSM8dNd/1bBS8fKT0tq8+R/OQDfMJ64pP74tStzfL0yMIT4v/C8OKH9ChDExHO7N2YlCQ&#10;pUlIKki29yBWP06iGMRxvaQgy0L+/6D8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIr&#10;kfYUAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APBXJBncAAAACQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16851F0B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="268" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C04B307" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="39" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="140737BD" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B54D8B4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="710A3DF7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F81EFF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C9F6A0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4E4905AA" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="779"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F1F871" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D4FC64" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E34D31" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40150181" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E78E41" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="3C920271" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="626B317C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45564879" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A272F6A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның және дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C52A6BC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D36119" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылым докторы, Ғылым кандидаты, профиль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл Педагогикалық бағыты бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D40DE03" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="17A469AE" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="2433"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48746B83" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="354D5EDA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743C9800" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A02ACA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42966BB6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="1107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор – 3 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-зерттеуші – 7 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAF0747" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="456"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B6E053" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC8861A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39CD64E5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="75B825AE" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="3088"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1976EC70" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02594F52" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3744ACF8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтегі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AC7811" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алмастыратын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53870A14" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E9A7C4D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">төрт </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079F8A6A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8DC27A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жыл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6A7E1C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6374F66D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191E8FFD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44868EF6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы жұмыс өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79275A17" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0A6CBBEF" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="969"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348A71D5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3DC854" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145" w:firstLine="52"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан (педагог </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633B1116" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0B5946" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="1D3A647A" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="2651"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="087269B6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284E3333" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0EFB53" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC8A26" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстар жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DCBC55" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоталары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7431CB43" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқаулар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары, грамоталары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="354FC6FF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="29" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қалалық/аудандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5091EFA4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="161" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалар:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қалалық/аудандық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A3399A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">облыстық – 1 балл, республикалық – 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-23"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E58650" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="43" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысушы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615E7BD5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="252" w:hanging="220"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1933E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4BD09F34" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="904"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642D6394" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C520024" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық-педагогикалық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DC3F4B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат (бұрыңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C74EE66" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEA83D6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бірлестігінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>басшысы –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D786E7A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="32"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidSect="003145D7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="020ED6B6" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="436"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3032F6F8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3947DC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66868C80" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C8F293" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="75E34998" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="9644"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4FA769" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>8**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D62FD4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F5A9D6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12815E12" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="199"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="199" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08029E87" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>немесе QAZAQ RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6788472E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721F9B01" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418A79C3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша оқыту, «Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786E062D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқыту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FEFF278" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2335C4D4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CCCDAF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFB9628" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBC3F5D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D7D3E2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E8841C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E20D514" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9B2EDD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4861C2E1" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697E0F79" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="242477B7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26116A65" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching English as a Foreign Language (IHC) IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052B600A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C100DB6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEAF428" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teachers Курсы на платформе Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A571E1" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240EAC4B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="580"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>саласындағы уәкілетті органмен келісілген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F46DC5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="451"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалар бойынша біліктілікті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79240511" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4F1B6ABA" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="467"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8B4621" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1874"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="190E27D9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69DA3291" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D2CC13" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЕСКЕРТПЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEBE838" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>6-тармақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>(үш)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443874CD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олимпиадалар мен конкурстардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>әрбір деңгей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>і (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E5A8C0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жобалар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қалалық/аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>тиісінше 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3987A425" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="258"/>
+        </w:tabs>
+        <w:spacing w:line="212" w:lineRule="exact"/>
+        <w:ind w:left="258" w:hanging="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B0E37A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="144" w:right="251"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** 8-тармақта соңғы 3 (үш) жылдағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>органмен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>курстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(әрқайсысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>жеке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54139676" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E80103A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FB2F00" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C46FA19" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F58EE3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C777367" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D93278F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51617D94" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241B6E6F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B685FBB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D018FC2" w14:textId="3FF50621" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2D66BE" w14:textId="34821237" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 13-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECB70C0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="5216"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB1349D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223C5416" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F729CCA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF5F88D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794D2D22" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A37D8C1" wp14:editId="3B831D5C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>690372</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>168663</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6290310" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6290310" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6290310">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6289773" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2AD0AEE7" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm3BAyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRQ4CbiKcpoO3TTp&#10;dDvpmPYc0pRWS+PMDhT+/ZyUAru9TetD5MRf7M/+nC4fjq0VB4PUgCvkZDSWwjgNZeN2hfy+efq0&#10;kIKCcqWy4EwhT4bkw+rjh2XnczOFGmxpUHAQR3nnC1mH4PMsI12bVtEIvHHsrABbFXiLu6xE1XH0&#10;1mbT8XiWdYClR9CGiE/XvVOuUvyqMjp8qyoyQdhCMreQVkzrNq7ZaqnyHSpfN/pMQ/0Di1Y1jpNe&#10;Qq1VUGKPzV+h2kYjEFRhpKHNoKoabVINXM1k/K6at1p5k2rh5pC/tIn+X1j9cnjzrxipk38G/ZO4&#10;I1nnKb944obOmGOFbcQycXFMXTxdumiOQWg+nE3vx3cTbrZm32Q6T03OVD7c1XsKXwykOOrwTKHX&#10;oBwsVQ+WPrrBRFYyamiThkEK1hClYA23vYZehXgvkoum6K5E4lkLB7OB5A3vmDO1q9e6W9Rsurif&#10;z++kGKpkbI9gI6bhXvVGSs32bXHWRRbz+9kijQaBbcqnxtrIgnC3fbQoDioOZvpiHRzhD5hHCmtF&#10;dY9LrjPMurNOvTRRpC2Up1cUHU9zIenXXqGRwn51PC5x9AcDB2M7GBjsI6QHkhrEOTfHHwq9iOkL&#10;GVjZFxiGUeWDaLH0CzbedPB5H6BqoqJphnpG5w1PcCrw/NriE7ndJ9T1n7D6DQAA//8DAFBLAwQU&#10;AAYACAAAACEAGE5Ucd4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjC&#10;kLquNJ3Q+JC4sTEJjllj2mqNUzVZW/j1uCc4vvaj14/zzeRaMWAfGk8abhcKBFLpbUOVhsP7800K&#10;IkRD1rSeUMM3BtgUlxe5yawfaYfDPlaCSyhkRkMdY5dJGcoanQkL3yHx7sv3zkSOfSVtb0Yud61c&#10;KpVIZxriC7XpcFtjedqfnYan1/FnZd/wcyt35VA9vhw+rD1pfX01PdyDiDjFPxhmfVaHgp2O/kw2&#10;iJazSleMalgmCYgZUOv1HYjjPElBFrn8/0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AObcEDIVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABhOVHHeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C9718E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="343" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B162655" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="72"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3970"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0187626E" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC96B3C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0923CD6B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="1086"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8C3592" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="520"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F0089E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="509"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="04DF09D1" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="856"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D7BEF2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC53178" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04078896" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300F9A9D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61AB54BF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік–4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="2FAB5A05" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="1065"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B885603" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3858AF0C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дәрежесі/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D401FE0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601396E9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A914DDF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы–15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63654D0F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кандидаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профиль бойынша докторы– 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404A2B9D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787806D7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="5B1BEBA7" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="738"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA94BA7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C83DB5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F3FBC9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0EF5E2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFBAADB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D65F8A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>80-100%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="488790F9" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="592C3A30" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C11915" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="782" w:firstLine="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEC05B5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="532"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA3CABF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«3»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A5BAA2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F5AA01" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0F1367DE" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D18B89" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E2C089" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0149B2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72750A27" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="6DB648FE" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="282"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76846020" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F689978" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD47585" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43AD62DB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4AD8CEDC" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="1156"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051B2586" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7B32DC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>интернет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бетін,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5B1010" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жүргізу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(авторлық ғылыми жобалар, сабақтар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1284369E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7530082A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EB61903" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEA5557" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="1F4FDE8B" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="563"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A84A91B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E58732F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3247AE03" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EB7E10" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="3D90BB36" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="671"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56192CD9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDA7413" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурстарға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу (ғылыми жобалар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA3BE51" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="203" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC8F2DB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311995B3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="178C5E0E" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="4576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746ACF85" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A81767" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B96AE73" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF; Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAF3810" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13067FD4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B629C76" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="476"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft-та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үйрету» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111960C4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A20976" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0451A792" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B964C41" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FF826A3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="21" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="190"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT»Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEF30ED" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="182" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Instruction)»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C34DBA5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42DB4A31" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="24"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BA2060" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C78F645" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(әрқайсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F010045" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003145D7" w:rsidSect="00660672">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Microsoft Sans Serif">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AA723D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C3ACB46"/>
+    <w:lvl w:ilvl="0" w:tplc="F880E71A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="200" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="77A6A202">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9B685CF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="952" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E192426C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1328" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A6F802B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1704" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C11CD584">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D6F4EF2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2456" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="605E91F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4AFE7622">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3208" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D170E57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C358C3E0"/>
+    <w:lvl w:ilvl="0" w:tplc="21F8B202">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="141" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A7C80ED4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="816" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3D9620A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1826B20E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="77EE56FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="641284FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7BA6FB3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="161C776E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="396A22BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A133359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39247BC4"/>
+    <w:lvl w:ilvl="0" w:tplc="6B90D1D4">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2794B42E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1319" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F2EA92B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1959" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2B385968">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2599" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3D7AF7CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3239" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C92AC96E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3879" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2D602DEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4519" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7FD6B716">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5159" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6BEE1658">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5799" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="410518B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A90733C"/>
+    <w:lvl w:ilvl="0" w:tplc="3E245F08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="32" w:hanging="222"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="22128AE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="403" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="810291CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="767" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AB9269D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1131" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D45E9338">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53543024">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1858" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="558C4426">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2222" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B77A4234">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1304C5E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2949" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44095C5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51D24FCC"/>
+    <w:lvl w:ilvl="0" w:tplc="C34811F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="32" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C2B29B28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DA8A6B54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="824" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D9C60658">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1216" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9F7268E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1608" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="51A23E34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2000" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B964A84C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2392" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E56E4E7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="78E6A1FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3176" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46834F66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DD02FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="C3484F7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E11A58A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5CFE04D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9342BC2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20282250">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AB3CA86E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F05A64D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F886C9F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="632C187E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48AB0917"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E72AD680"/>
+    <w:lvl w:ilvl="0" w:tplc="9384ADFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="106" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="18A23E54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="797" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="90D24C92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="07DE261A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2193" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2A0EA95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2891" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9670F0A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05FE542A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4287" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6826F68E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4985" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2A86B61A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5683" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5191688D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8780B80A"/>
+    <w:lvl w:ilvl="0" w:tplc="E896899E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="424" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FEDE354A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E35CF4C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1716" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B3BE32D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2364" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0BF88BE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A9FA910E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="63DECAA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="56348E20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4956" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C6EAA3F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5604" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56083126"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6CE03D0C"/>
+    <w:lvl w:ilvl="0" w:tplc="751C0D74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="144" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6B68FC92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1203" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2304B4E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2266" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="83222EC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="31F4DB68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4393" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BFD6E732">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5456" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="17A6C518">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6520" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AC12B418">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7583" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B4CAFF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57330932"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5AC0A62"/>
+    <w:lvl w:ilvl="0" w:tplc="C7383C80">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78862DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F62C7BC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8154FB3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="37F645D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CDB4EA18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="366661D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3C1A0FC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="812A959A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CA15F2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70144FE2"/>
+    <w:lvl w:ilvl="0" w:tplc="2674796A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7E808904">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F308165A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FB86F7DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="064A8BA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="54F4723A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="964691A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="382A34B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EAE613C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F9F2011"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E33E401C"/>
+    <w:lvl w:ilvl="0" w:tplc="FEF6C336">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9EB2A0D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="27EC0DE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="744E5F74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="38E61BE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E2046110">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="146CEA7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="790EA796">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1522212">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61703E1A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36885204"/>
+    <w:lvl w:ilvl="0" w:tplc="BE543C62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="141" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC72B334">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="816" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="511E5D78">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3AAA06B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BC94E9A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9CA4DCBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05B8DDD0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="09264150">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2ACEA57E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72447118"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01009512"/>
+    <w:lvl w:ilvl="0" w:tplc="52EC853A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8984317E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FD0E99EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="98BC0EFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="60E81E08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="633EA8A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5CEE742">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5128FFF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C98CAA46">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="409543742">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2033413886">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2080639283">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1781098012">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="738677389">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="826944599">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="886331883">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1706057034">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="61372990">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="28192075">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1632595679">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1364399226">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="942497224">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1061094383">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AD79D9"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00EC5082"/>
+    <w:rsidRoot w:val="00592352"/>
+    <w:rsid w:val="00023E48"/>
+    <w:rsid w:val="0011377C"/>
+    <w:rsid w:val="00126E89"/>
+    <w:rsid w:val="001C444B"/>
+    <w:rsid w:val="0025310E"/>
+    <w:rsid w:val="003145D7"/>
+    <w:rsid w:val="003B0E1B"/>
+    <w:rsid w:val="00434D17"/>
+    <w:rsid w:val="004D23D8"/>
+    <w:rsid w:val="004D2DCC"/>
+    <w:rsid w:val="00504B2E"/>
+    <w:rsid w:val="005921CE"/>
+    <w:rsid w:val="00592352"/>
+    <w:rsid w:val="00660672"/>
+    <w:rsid w:val="006E4B59"/>
+    <w:rsid w:val="00754C8A"/>
+    <w:rsid w:val="007C6A4C"/>
+    <w:rsid w:val="0097176E"/>
+    <w:rsid w:val="00A44B7D"/>
+    <w:rsid w:val="00A55694"/>
+    <w:rsid w:val="00A747EF"/>
+    <w:rsid w:val="00BC3228"/>
+    <w:rsid w:val="00C207CA"/>
+    <w:rsid w:val="00CE7633"/>
+    <w:rsid w:val="00E642DE"/>
+    <w:rsid w:val="00EB0848"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="35EE6596"/>
-  <w15:docId w15:val="{BAB31C05-67D8-4214-A3CD-D94094B57CF8}"/>
+  <w14:docId w14:val="59991963"/>
+  <w15:docId w15:val="{54334556-90C5-4A08-8F51-87315FDDB94F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13282,51 +21627,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13595,296 +21940,292 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009E098E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E0322D"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E0322D"/>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...2 lines deleted...]
-      <w:lang w:val="kk-KZ"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00E0322D"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="106"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
+  <w:divs>
+    <w:div w:id="1689939789">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1753357688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1963078153">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -14012,90 +22353,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13806</Characters>
+  <Pages>6</Pages>
+  <Words>1948</Words>
+  <Characters>11109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16195</CharactersWithSpaces>
+  <CharactersWithSpaces>13031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-07-15T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+</Properties>
+</file>