--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,21001 +1,12340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7478502B" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00B80E99" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+    <w:p w14:paraId="313BE63D" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>социального педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским языком обучения (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ставк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC5E990" w14:textId="77777777" w:rsidR="00B34DBC" w:rsidRPr="00991C89" w:rsidRDefault="00504B2E" w:rsidP="00B34DBC">
+    <w:p w14:paraId="61FC8B9F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
-[...63 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00592352" w14:paraId="5EFB8CE1" w14:textId="77777777">
+      <w:tr w:rsidR="00215183" w:rsidRPr="0005306B" w14:paraId="1CC96988" w14:textId="77777777" w:rsidTr="00473010">
         <w:trPr>
-          <w:trHeight w:val="556"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="10314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFA34D3" w14:textId="6C524253" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="005F77D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...124 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИМЕЧАНИЕ: Конкурс на назначение педагогов осуществляется в </w:t>
+            </w:r>
+            <w:r w:rsidR="005F77D4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>бумажном</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> формате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="55E73B19" w14:textId="77777777">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="1AB265DB" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="30854E52" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051A676D" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FE6696" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="562E536F" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...59 lines deleted...]
-          <w:p w14:paraId="464165B2" w14:textId="5E0DFA37" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          </w:tcPr>
+          <w:p w14:paraId="48FA4279" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D4F379" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8D48CA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, генерал Смагұлов көшесі,78</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="5035E7BA" w14:textId="77777777">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="2ECD8461" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...43 lines deleted...]
-          <w:p w14:paraId="10B022DB" w14:textId="489097FF" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          </w:tcPr>
+          <w:p w14:paraId="4A43B24C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="221BF9CF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264B38C4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:t>8 7182620158</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="078D9ADA" w14:textId="77777777">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="5A34F864" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...63 lines deleted...]
-              <w:ind w:left="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5C5A87" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...72 lines deleted...]
-            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...69 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B09A5FC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C31B68C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh6@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="29A1F59C" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2A04DF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...75 lines deleted...]
-          <w:p w14:paraId="3F576DDE" w14:textId="77777777" w:rsidR="00B34DBC" w:rsidRPr="002B2348" w:rsidRDefault="00B34DBC" w:rsidP="00B34DBC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1009B21C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F02A081" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  с русским языком обучения,  1 ставка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D467E2" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="24F35E0E" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="45583778" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="181EC4D4" w14:textId="77777777" w:rsidR="00B34DBC" w:rsidRPr="002B2348" w:rsidRDefault="00B34DBC" w:rsidP="00B34DBC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6454C03F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22601FEF" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>изучает психолого-медико-педагогические особенности личности и ее микросреды, условия жизни, выявляет интересы и потребности, проблемы, конфликтные ситуации, отклонения в поведении обучающихся, воспитанников и своевременно оказывает им социальную помощь и поддержку;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB5CEA4" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z2195"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      определяет задачи, формы, методы социально-педагогической работы, способы решения личных и социальных проблем ребенка, принимает меры по социальной защите и социальной помощи в реализации прав и свобод личности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C559F8" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z2196"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      выступает посредником между обучающимися, воспитанниками и организацией, семьей, средой, специалистами различных социальных служб, ведомств и административных органов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F196A9E" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z2197"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       осуществляет комплекс мер по воспитанию, образованию, развитию и социальной защите обучающихся, воспитанников в организациях образования и по месту жительства, обеспечивающих адаптацию личности к жизни в обществе; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1BFBFA" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z2198"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      координирует работу по патронату, обеспечению жильем, пособиями, пенсиями, имущественными и неимущественными правами детей-сирот и детей, оставшихся без попечения родителей, детей с ограниченными возможностями, детей-инвалидов, инвалидов с детства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="459E71B9" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z2199"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      создает условия для развития талантов, умственных и физических способностей обучающихся, воспитанников во внеурочное время;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7DA01E" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z2200"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      способствует установлению гуманных, нравственно здоровых отношений в социальной среде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70749DE6" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z2201"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      обеспечивает связь между обучающимися, воспитанниками и государственными, общественными организациями и социальными службами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44DA7C30" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z2202"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      взаимодействует с педагогами, родителями и иными законными представителями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CDB0C31" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z2203"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       обеспечивает охрану жизни и здоровья обучающихся, воспитанников в период образовательного процесса; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A6F639B" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z2204"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      участвует в разработке, утверждении и реализации образовательных учебных программ в организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4D06CE" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z2205"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="5C0AC9FA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC2213" w14:paraId="2F749C16" w14:textId="77777777" w:rsidTr="00B34DBC">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="0310C734" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="2580"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="276BF795" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...84 lines deleted...]
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7405E751" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2188069D" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7275FF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>259</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1425A3FC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37 046</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="20517BBC" w14:textId="77777777">
-[...11 lines deleted...]
-              <w:ind w:left="10"/>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="7C677004" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B6C266" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C98DA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7890ACD9" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6143EFE0" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее педагогическое образование или профессиональное образование по направлению "Социальный педагог" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065645B6" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z2215"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности социального педагога: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет и педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="24CE26D2" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13B4066E" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="0D7526F9" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2741434A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_Hlk152337886"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBF2ED9" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AD1E6D" w14:textId="40BE6800" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="005F77D4" w:rsidP="005F77D4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006C455B" w:rsidRPr="006C455B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.08.2025-</w:t>
+            </w:r>
             <w:r>
-              <w:t>Құжаттарды</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="006C455B" w:rsidRPr="006C455B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.08.2025 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="12"/>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="384B2119" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6264DD2C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5285BC19" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E19A68D" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79173A26" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z171"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1EB639" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z172"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34416A45" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z173"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C96B06F" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z174"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFB6438" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z175"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0640A6A4" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z176"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7945A370" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z177"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9BF2EC" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z178"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC35607" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z179"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...29 lines deleted...]
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC7FBA0" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z180"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0CDBA0" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z181"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      12) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p w14:paraId="4452D1E5" w14:textId="2930542A" w:rsidR="00364A69" w:rsidRPr="00AB664F" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="3353F0E1" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35418CEE" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC85FED" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...860 lines deleted...]
-              <w:t>тұрақты</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5814DC4A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E034C4D" w14:textId="552765D0" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00BC2213">
+    <w:p w14:paraId="364CB417" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E05C20" w14:textId="2F92E6B6" w:rsidR="00BC2213" w:rsidRPr="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00BC2213">
+    <w:p w14:paraId="37A5B3B8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEC59C1" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083C3EFF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A49761C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F44CFDC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE713E5" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34F32464" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC7CEE4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0258F45F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29A39796" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FB1C61" w14:textId="77777777" w:rsidR="00364A69" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2C8B78" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CF80AF1" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69F2A68C" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3112A5E3" w14:textId="02C8BC76" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372CA49" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1803842A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="55C71DAC" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64745851" wp14:editId="5E6D0200">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AE1DE0" wp14:editId="17BCE0A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6351922" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="61EC4B2F" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFo3VMJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrUJXg8n5YjbnTBkJRW32Of+xffh0&#10;w5nzwhRCg1E5PyrH79YfP6w6m6kUKtCFQkZBjMs6m/PKe5sliZOVaoSbgVWGnCVgIzxtcZ8UKDqK&#10;3ugknc+XSQdYWASpnKPTzeDk6xi/LJX038vSKc90zqk2H1eM6y6syXolsj0KW9VyLEP8QxWNqA0l&#10;PYXaCC/YAeu/QjW1RHBQ+pmEJoGyrKWKHIjNYv6OzWslrIpcqDnOntrk/l9Y+dy+IKsL0o4zIxqS&#10;6HHsxiI0p7MuI8yrfcFAz9knkL8cOZI3nrBxI6YvsQlYIsf62OnjqdOq90zS4fLzVXr1hQSR5Fuk&#10;11GIRGTTXXlw/lFBjCPaJ+cHnYrJEtVkyd5MJpLaQWcddfackc7IGem8G3S2wod7obhgsu5cSDhr&#10;oFVbiF7/rnIq7ezV5hJFVBa3acrZxJKwA4KMkIZ6NRgxNdmX5LQJVVzfLm/i+DjQdfFQax2qcLjf&#10;3WtkrQjDG7/AgyK8gVl0fiNcNeCia4RpM+o0SBNE2kFxJME70jjn7vdBoOJMfzM0UuF5TAZOxm4y&#10;0Ot7iI8oNohybvufAi0L6XPuSdlnmAZWZJNogfoJG24a+HrwUNZB0ThDQ0XjhqY8EhxfZHhGl/uI&#10;Ov831n8AAAD//wMAUEsDBBQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMUlRLiVCgSVUEVEqEXbm6yJBHx2rLdNv17Nic4zuzT7Ey+Hs0gTuhD&#10;b0nBfJaAQKpt01OrYP/5crcCEaKmRg+WUMEFA6yL66tcZ4090weeqtgKDqGQaQVdjC6TMtQdGh1m&#10;1iHx7dt6oyNL38rG6zOHm0GmSbKURvfEHzrtsOyw/qmORoH/2m32bvu+eSzx7f7Vlhe3rSqlbm/G&#10;5ycQEcf4B8NUn6tDwZ0O9khNEAPr+WLBqII0XYKYAHYeQBwmZwWyyOX/CcUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAWjdUwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPt0woHfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6CA3089F" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F2AD64" wp14:editId="76F2A4AD">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44037568" wp14:editId="53BBF198">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="2C33513C" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CA3071" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B13A8A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771F91A7" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3033C0" wp14:editId="103E3D4C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="33EE786D" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC2397E" wp14:editId="3C24690C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="580C47FF" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1123A57D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F905C97" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003CDED5" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BDEB5C4" wp14:editId="09F01A31">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="2A54A9D9" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B297230" wp14:editId="600E719A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="17F2F524" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3D39EA" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E3AA1D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E01F62D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25291CCE" wp14:editId="3542C7FA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359650" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4AF743CE" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBF0JHTJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7e961mB+WwAVPw+SzlTBkJZWN2Bf+xefxy&#10;yxl6YUqhwaiCHxXy+9XnT8vO5moBNehSOUZBDOadLXjtvc2TBGWtWoEzsMqQswLXCk9bt0tKJzqK&#10;3upkkaZZ0oErrQOpEOl0PTj5KsavKiX996pC5ZkuONXm4+riug1rslqKfOeErRs5liH+oYpWNIaS&#10;nkKthRds75q/QrWNdIBQ+ZmENoGqaqSKHIjNPP3A5q0WVkUu1By0pzbh/wsrXw6vjjVlwRecGdGS&#10;RE9jNxahOZ3FnDBv9tUFemifQf5CciTvPGGDI6avXBuwRI71sdPHU6dV75mkw+wqS+cZCSLJN1/c&#10;RCESkU935R79k4IYRxye0Q86lZMl6smSvZlMR2oHnXXU2XNGOjvOSOftoLMVPtwLxQWTdedCwlkL&#10;B7WB6PUfKqfSzl5tLlHZ1fVddk1UJpaEHRBkhDTUq8GIqcm+JKdNqOLmLruN44Ogm/Kx0TpUgW63&#10;fdCOHUQY3vgFHhThHcw69GuB9YCLrhGmzajTIE0QaQvlkQTvSOOC4++9cIoz/c3QSIXnMRluMraT&#10;4bx+gPiIYoMo56b/KZxlIX3BPSn7AtPAinwSLVA/YcNNA1/3HqomKBpnaKho3NCUR4LjiwzP6HIf&#10;Uef/xuoPAAAA//8DAFBLAwQUAAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjpqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbB&#10;d44kiFkCDKl2uqNGwvf2/eEJmA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWf&#10;uR4p3o5usCpEOTRcD+oSw63h8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/&#10;G8tnYAHHcIVhqh+rQxE7HdyJtGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBF0JHTJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="7AE60C00" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F1F115" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="7C4DD571" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6137D4E3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="510239A0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A46866" wp14:editId="1F45EC18">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DFEA40D" wp14:editId="0CE86596">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="0F8706C1" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D69866A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345681CD" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75BE6186" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B03988" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A9BE6F4" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F80299" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A8DDD52" wp14:editId="3F70649C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="5FE4D046" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvl196JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5HzBmREN&#10;SfQ4dGMRmtNazAjzal9coIf2CeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkwX6XSWkiCSfLP5&#10;MgqRiGy8Kw/oHxXEOOL4hL7XqRgtUY2W7MxoOlI76Kyjzp4z0tlxRjrvep2t8OFeKC6YrL0UEs4a&#10;OKotRK//UDmVdvFqc41KF19vb5ZLzkaWhO0RZIQ01KveiKnJvianTahieZvexPFB0HXxUGsdqkC3&#10;391rx44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5uaKTC8xgNNxq7&#10;0XBe30N8RLFBlHPb/RTOspA+556UfYZxYEU2ihaon7HhpoFvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAh&#10;jh4liEUGzGDn9Yi9hM/N6809sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7F&#10;hZ8M0m3ng1OJZOi5DupI4c7yPMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+&#10;mptHYMnM6WyGEz6hQ01MW79HHZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvl196JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1DC51DF6" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="587F22CB" wp14:editId="2066A9ED">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55D09BFF" wp14:editId="3EFD71FC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3B092BFC" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbExL6KAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzkmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7ddo1mR4WuBpPz2WTKmTISitrsc/66vf+y&#10;5Mx5YQqhwaicvynHb9efP61am6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpf5SlU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;egq1EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm5dKWBW5UHOcPbXJ/b+w8un4jKwucn7NmREN&#10;SfQwdOM6NKe1LiPMi33GQM/ZR5C/HDmSd56wcQOmK7EJWCLHutjpt1OnVeeZpMP0Kp3OUhJEkm82&#10;X0QhEpGNd+XB+QcFMY44Pjrf61SMlqhGS3ZmNJHUDjrrqLPnjHRGzkjnXa+zFT7cC8UFk7XnQsJZ&#10;A0e1hej1Hyqn0s5ebS5R6dXXm+ViwdnIkrA9goyQhnrVGzE12ZfktAlVLG7SZRwfB7ou7mutQxUO&#10;97s7jewowvDGL/CgCO9gFp3fCFf1uOgaYNoMOvXSBJF2ULyR4C1pnHP3+yBQcaa/Gxqp8DxGA0dj&#10;Nxro9R3ERxQbRDm33U+BloX0Ofek7BOMAyuyUbRA/YQNNw18O3go66BonKG+omFDUx4JDi8yPKPL&#10;fUSd/xvrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMO&#10;vnMkQcwSYEi10x01Ej53b3crYD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+&#10;5nqkeDu6waoQ5dBwPahLDLeGz5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2&#10;ZiyfgAUcwx8MU/1YHYrY6eBOpD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAWxMS+igCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="23F672DC" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EEF4D0" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="0A8866E6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B329C11" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="2DE04BB0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...15 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F99FD1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="10C47961" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C713AEE" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D91BD52" wp14:editId="7B18AC8E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0A9D0D" wp14:editId="5E37C0A8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4135B307" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8/sCJJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SxGmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mR+WwBpPz2WTKmTISitrsc/5j+/jl&#10;ljP0whRCg1E5Pynk9+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpv5clKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbN4qYVXkQs1Be24T/r+w8uX46lhd5HzBmREN&#10;SfQ0dGMRmtNazAjzZl9doIf2GeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkxv0uksJUEk+Wbz&#10;ZRQiEdl4Vx7QPymIccTxGX2vUzFaohot2ZnRdKR20FlHnT1npLPjjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/oXIq7eLV5hqV3izubpdLzkaWhO0RZIQ01KveiKnJvianTahieZfexvFB0HXxWGsdqkC3&#10;3z1ox44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5maKTC8xgNNxq7&#10;0XBeP0B8RLFBlHPb/RTOspA+556UfYFxYEU2ihaon7HhpoGvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8/sCJJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6ACD1F98" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CA0C582" wp14:editId="3EC60B3B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BE6CB12" wp14:editId="00092372">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="00ABB207" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVybcdJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXOU85M6Ih&#10;iR6HbqShOa11GWFe7QsGes4+gfzlyJG884SNGzBdiU3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQfnHxXEOOL45HyvUzFaohot2ZnRRFI76Kyjzp4z0hk5I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vl4sFZyNLwvYIMkIa6lVvxNRkX5PTJlSxuE2XcXwc6Lp4qLUOVTjc&#10;7+41sqMIwxu/wIMivINZdH4jXNXjomuAaTPo1EsTRNpBcSLBW9I45+73QaDiTH83NFLheYwGjsZu&#10;NNDre4iPKDaIcm67nwItC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjjptAS4lQBAZV6I6UHbm68TSLsdRS7bfh7nBMcZ/ZpdiZfj9awMw6+&#10;cyRBzBJgSLXTHTUSPndvdytgPijSyjhCCT/oYV1cX+Uq0+5CH3iuQsNiCPlMSWhD6DPOfd2iVX7m&#10;eqR4O7rBqhDl0HA9qEsMt4bPk+SBW9VR/NCqHl9arL+rk5VQDruUympvkuPz+/J1s1VfS7GV8vZm&#10;LJ+ABRzDHwxT/Vgditjp4E6kPTNRizSNqITFfdw0AUIsHoEdJmcOvMj5/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCVybcdJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkxPhF3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="4BA764D6" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618FF935" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="7EEE9B3E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B583E84" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="22C6911C" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="54"/>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B9B51E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33634D1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="0D66007D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2D84EB" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="6CA36160" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7650E61D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1898CFF6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="396ED9B9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="51"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="58749E8B" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DB918A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6B4A1A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B06A1A9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CF325A6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F7FB0A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA9ABC7" wp14:editId="5E2FC6DC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A17ED6" wp14:editId="438BE150">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="1E5C5676" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyJGVuJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOV9wZkRD&#10;Ej0O3ViE5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQf0jwpiHHF8Qt/rVIyWqEZLdmY0HakddNZRZ88Z6ew4I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vlwvq3siSsD2CjJCGetUbMTXZ1+S0CVUsbtNlHB8EXRcPtdahCnT7&#10;3b127CjC8MYv8KAI72DWod8IrHpcdA0wbQademmCSDsoTiR4SxrnHH8fhFOc6e+GRio8j9Fwo7Eb&#10;Def1PcRHFBtEObfdT+EsC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEAbTKMb94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjBFEa4lQB8ZC6I6ULdtPYTSLicWS7bfh7nFVZ3pmjO2eK9WQGdtLO&#10;95YkiEUCTFNjVU+thK/t290jMB+QFA6WtIRf7WFdXl8VmCt7pk99qkPLYgn5HCV0IYw5577ptEG/&#10;sKOmuDtYZzDE6FquHJ5juRl4miQP3GBP8UKHo37pdPNTH42Eym0zqurdkBye35evHxv8XoqNlLc3&#10;U/UELOgpXGCY9aM6lNFpb4+kPBtiFlkWUQlpKoDNgBD3K2D7eZIBLwv+/4XyDwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPIkZW4nAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="311D00C5" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0391E818" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="52668F24" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="7F0F7D39" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438E301E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40D8D926" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0F5002" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="187D4854" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194C6BB3" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23CC79D0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>службы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7669D47C" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55099487" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B93E611" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23EE1104" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="5CE00605" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1043EB72" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AC3215" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210A15EA" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF77406" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222ABEA2" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1953DE5D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8187AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="41864285" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69ECD065" wp14:editId="3D0390CD">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="684F8E34" wp14:editId="4F0F606B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="4057AB85" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BF2C88F" wp14:editId="4C04C7B4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="4F696B57" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E6E0F3E" wp14:editId="0F4BA8F9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="71959BB5" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B2ACA6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F964F52" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646DCFA8" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="649E1E37" wp14:editId="20FA01F1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3FD68792" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8x13GJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOSehjGhI&#10;osehG8vQnNZiRphX++ICPbRPIH8hOZJ3nrDBAdOVrglYIse62OnTudOq80zSYXqTTmcpCSLJN5sv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF68216j05uvtcrHgbGRJ2B5BRkhDveqNmJrsa3LahCoWt+kyjg+CrouHWutQBbr9&#10;7l47dhRheOMXeFCEdzDr0G8EVj0uugaYNoNOvTRBpB0UJxK8JY1zjr8PwinO9HdDIxWex2i40diN&#10;hvP6HuIjig2inNvup3CWhfQ596TsM4wDK7JRtED9jA03DXw7eCjroGicob6iYUNTHgkOLzI8o+t9&#10;RF3+G+s/AAAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8x13GJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1FEE2296" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CD6E7B5" wp14:editId="6B83DF6C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32294BD9" wp14:editId="754FA0BD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3C85FB9A" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbKo+1JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzGmMOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Dl&#10;ljP0whRCW6NyflLI79afP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTS/yhLVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxWwqnIhZqD7twm/H9h5fPxBVhd5HzJmREN&#10;SfQ4dGMZmtM6zAjz6l4g0EP3ZOUvJEfyzhM2OGC6EpqAJXKsi50+nTutOs8kHaY36XSWkiCSfLP5&#10;IgqRiGy8Kw/oH5WNccTxCX2vUzFaohot2ZnRBFI76Kyjzp4z0hk4I513vc5O+HAvFBdM1l4KCWeN&#10;PaqtjV7/oXIq7eLV5hqV3nxd3i4WnI0sCdsjyAhpqFe9EVOTfU1Om1DFYpnexvFBq+viodY6VIGw&#10;391rYEcRhjd+gQdFeAdzgH4jsOpx0TXAtBl06qUJIu1scSLBW9I45/j7IEBxpr8bGqnwPEYDRmM3&#10;GuD1vY2PKDaIcm67nwIcC+lz7knZZzsOrMhG0QL1MzbcNPbbwduyDorGGeorGjY05ZHg8CLDM7re&#10;R9Tlv7H+AwAA//8DAFBLAwQUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBCiEOFVA/Ei9kdJDb27iJhH2OrLdNrw9mxOcVrM7mv2mWE3WsJP2&#10;YXAoQSwSYBob1w7YSfjavN08AAtRYauMQy3hRwdYlZcXhcpbd8ZPfapjxygEQ64k9DGOOeeh6bVV&#10;YeFGjXQ7OG9VJOk73np1pnBreJok99yqAelDr0b90uvmuz5aCZXfZFjVW5Mcnt+Xrx9rtVuKtZTX&#10;V1P1BCzqKf6ZYcYndCiJae+O2AZmSIssI6uENKU5G4S4fQS2nzd3wMuC/69Q/gIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBbKo+1JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="62DCF2AA" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1F15D1" wp14:editId="6C94B5D6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AD67BDC" wp14:editId="615A4A83">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="39B6659D" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7A/ElKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtqjxEN&#10;afQ4tINOqD2tw4xQr+4FAkF0T1b+QnIk7zxhgwOmK6EJWKLHutjr07nXqvNM0mF6k05nKeWU5JvN&#10;FzFXIrLxrjygf1Q2xhHHJ/S9UsVoiWq0ZGdGE0jvoLSOSnvOSGngjJTe9Uo74cO9UFwwWXspJJw1&#10;9qi2Nnr9h8qptItXm2tUevP1drlYcDayJGyPICOkoV71RkxN9jU5bUIVi9t0GQcIra6Lh1rrUAXC&#10;fnevgR1FGN/4BR4U4R3MAfqNwKrHRdcA02bQqZcmiLSzxYkkb0nknOPvgwDFmf5uaKjCAxkNGI3d&#10;aIDX9zY+o9ggyrntfgpwLKTPuSdln+04siIbRQvUz9hw09hvB2/LOigaZ6ivaNjQnEeCw5sMD+l6&#10;H1GXP8f6DwAAAP//AwBQSwMEFAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sDS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDb5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD7A/ElKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="53660AE1" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFA0DB2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="63C45C30" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09EC67BE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="7F117673" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BFA11E3" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238D11E6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75F475A0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_______________________________________________________      _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E51697F" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5448F60B" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E13D3B9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9CA3B6" w14:textId="0EEE786B" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:bookmarkStart w:id="25" w:name="z349"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(білім</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-14"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ұйымының</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-12"/>
+        <w:t>на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>атауы,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>от должностей первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>мекен-жайы</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>руководителей и педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(облыс,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:t>государственных организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>аудан,қала/ауыл)</w:t>
+        <w:t>образования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D54A416" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="3A4163B2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="118"/>
-[...244 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C4D329" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="799A70B0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>білім</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:t>или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-14"/>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ұйымның</w:t>
-[...335 lines deleted...]
-      </w:pPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblW w:w="9671" w:type="dxa"/>
+        <w:tblInd w:w="-432" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="446"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="4483042A" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1B3880A2" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:spacing w:val="-6"/>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p w14:paraId="34E205A7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFF98EE" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="319AC452" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196A39CF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="39677525" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AB96CC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC5090C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F8CB48" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9B4C4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CAA980" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D53538" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="53F899A4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5105D113" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6732AE6D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5A745A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2E51A0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFE320D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D30F23" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="61D4D798" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="032B0006" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AC98AF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6A3563" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188EF035" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA1E18B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6356657D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04805E01" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA30DED" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495A1477" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCFEB21" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="067C18EC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="620D8F41" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5FD575" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208CD148" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55458096" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6662D4A1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78841208" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB4AC2C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="173E0A26" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42181884" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31714916" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="4C3D71A1" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3DAEA5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0261B75A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C3AF24" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6322E1CD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5A844DD4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3D0680" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2F549B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений (за последние 3 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECDC51B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и конкурсов, научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770F6DF4" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FA1EFB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0783480C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526FA510" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201C3334" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E503F1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D51B48" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1A7B0669" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AAB275" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8CF052" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEC4E02" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="407982DC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наставник - 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109E0D90" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель методического объединения - 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="05450CB2" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB1AD5A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8**.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47545346" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090B8EC2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B70524A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F11A1FF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ или QAZAQ RESMI TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2280878F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37DD3D36" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D82064D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40388EF7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E642DE">
-[...37 lines deleted...]
-                <w:spacing w:val="-10"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D16F26" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="01A1E158" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E642DE">
-[...30 lines deleted...]
-                <w:spacing w:val="-5"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4EACF5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774E117D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0901CF97" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25858BFB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F57D189" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370E34D6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370DB4D5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23DF26F9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E6DEE5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E01D920" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F3639D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F414058" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354E66A8" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC50A15" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7120934E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C002B6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2634BED6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E642DE">
-[...9 lines deleted...]
-                <w:spacing w:val="-5"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E642DE">
-[...4 lines deleted...]
-              <w:t>мамандығы</w:t>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5089CC7E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5176D2D1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56827BFC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DB4724" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0614B542" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6BF47FCF" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...31 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4504A942" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDE2357" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFE9CB2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CE1534" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5110631A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB6B5E8" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="086D80D7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="637A5C0C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="1DD821E3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="112"/>
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...110 lines deleted...]
-        <w:t>күні):</w:t>
+      <w:bookmarkStart w:id="26" w:name="z401"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682A259A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="0798B458" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...3 lines deleted...]
-          <w:sz w:val="17"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F17EB4" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="084B5443" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="120"/>
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...20 lines deleted...]
-        <w:t>ӛтілі:</w:t>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52969F99" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="4CEC3BF9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...2 lines deleted...]
-          <w:sz w:val="6"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC58AB0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="85" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1196"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="6149"/>
+        <w:gridCol w:w="3944"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0B71C670" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="25C1A159" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="719"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...97 lines deleted...]
-              <w:ind w:left="281" w:right="272" w:hanging="1"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E664380" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...50 lines deleted...]
-              <w:ind w:left="115" w:right="108"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74385CDD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...61 lines deleted...]
-              <w:t>лауазымында</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="314F828C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="524FFCDD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61A4997A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02A0CC71" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DCFCCD6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F21A04" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DDCE7FC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EBCBB44" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4968D7F9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5632551B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F7CAFE" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3433587A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30D610DF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F51F89B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26BB11A0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="719FED41" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F5DD76B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E1DE0A3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1080CD39" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19ACE9E9" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37710D37" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43850681" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71E4FC08" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F237A58" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07B38A9A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="585F84CC" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B3FB2F9" w14:textId="0DD8FC9B" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="280FB37F" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48C0B734" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1057913A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6B12E6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D65CC93" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="244121D4" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:before="1"/>
-[...755 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:bookmarkStart w:id="27" w:name="z404"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>«Дербес</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>деректер</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>оларды</w:t>
-[...959 lines deleted...]
-      </w:pPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblW w:w="9934" w:type="dxa"/>
+        <w:tblInd w:w="-573" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="140737BD" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="19AF660A" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w14:paraId="71BB96FB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
-[...50 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="449C1AA3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B6B802" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BDE193" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26836466" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48ACC9EF" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EA3DF5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D57E646" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4029F873" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252D38A2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E2650F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524BD1DB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BE9D7E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="65A1B6D3" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CBA387" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4D3361" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB8F911" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6937B912" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C3D4B6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C4168C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="13ADA7E2" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EF9ED0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAC4318" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0196A5AC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5E6292" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF83F86" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A9DDC5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5CB95B7A" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080E505D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="282DA94C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC49435" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6276C005" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B168F2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"4"-3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3113B952" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6770278A" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF730BF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F15F43E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2847B4BC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61ED4B57" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="101D562F" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A9B84A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0FE2F3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1282459E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB580DD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="21B2C9BD" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50800FE1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEE1D87" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EFA85F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1B26AA" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A74604" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D35BD7A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="7C5E0E9B" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F21806" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C907924" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D84478C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B9AE3C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6AB9FEE4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F635635" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EEF982" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE6CA4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EB5F76" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="73BA3C63" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C746689" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188EA3B0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, QAZAQ RESMI TEST; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332A4B9D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; TOEFL; DELF; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...37 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...12 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в Python", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="78A3941B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003145D7">
-[...40 lines deleted...]
-              <w:t>дейін)</w:t>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3675DA5A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="624682FD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461C0B03" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDF4988" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D14BF45" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFAA43C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7BA0C2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD32232" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D3AB56" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4360CD8C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4E4905AA" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="17410EDB" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...4073 lines deleted...]
-            </w:r>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAB9B93" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="347C28C0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A341921" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB4D67C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43954889" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510C826A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67F403C2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D786E7A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+    <w:p w14:paraId="35E3B82F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
       <w:pPr>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...7928 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00215183" w:rsidRPr="00215183" w:rsidSect="0064260F">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="709" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Microsoft Sans Serif">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1733 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00592352"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00FC0BB5"/>
+    <w:rsidRoot w:val="007974AD"/>
+    <w:rsid w:val="0005306B"/>
+    <w:rsid w:val="00215183"/>
+    <w:rsid w:val="00220E35"/>
+    <w:rsid w:val="002C592E"/>
+    <w:rsid w:val="00364A69"/>
+    <w:rsid w:val="005610BA"/>
+    <w:rsid w:val="005E52E6"/>
+    <w:rsid w:val="005F77D4"/>
+    <w:rsid w:val="0064260F"/>
+    <w:rsid w:val="006C455B"/>
+    <w:rsid w:val="007974AD"/>
+    <w:rsid w:val="009960F6"/>
+    <w:rsid w:val="00A616C7"/>
+    <w:rsid w:val="00AB664F"/>
+    <w:rsid w:val="00B1317F"/>
+    <w:rsid w:val="00B84D38"/>
+    <w:rsid w:val="00BF552B"/>
+    <w:rsid w:val="00C3506C"/>
+    <w:rsid w:val="00D51ACE"/>
+    <w:rsid w:val="00EB7F78"/>
+    <w:rsid w:val="00FA0F7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59991963"/>
+  <w14:docId w14:val="49E2AD70"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -21070,199 +12409,226 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00364A69"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00364A69"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...22 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0064260F"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -21337,321 +12703,311 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00364A69"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00364A69"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...22 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0064260F"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -21783,83 +13139,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11084</Characters>
+  <Pages>8</Pages>
+  <Words>2254</Words>
+  <Characters>12854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Grizli777</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13002</CharactersWithSpaces>
+  <CharactersWithSpaces>15078</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>