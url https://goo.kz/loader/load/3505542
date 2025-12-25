--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,2785 +1,2009 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="143673D3">
+    <w:p w14:paraId="18C3247F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының М.Әлімбаев атындағы жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t>имени М.Алимбаева</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBDF13A">
+    <w:p w14:paraId="115BDD7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>директордың тәрбие жұмысы жөніндегі орынбасары  лауазымына конкурс жариялайды (</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя руководителя школы по воспитательной работе  (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жүктеме)</w:t>
+        <w:t xml:space="preserve"> ставка)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F9158F">
+    <w:p w14:paraId="4601E1CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...109 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:object>
+          <v:shape id="_x0000_i1025" o:spt="75" type="#_x0000_t75" style="height:30.65pt;width:501.75pt;" o:ole="t" filled="f" o:preferrelative="t" stroked="f" coordsize="21600,21600">
+            <v:path/>
+            <v:fill on="f" focussize="0,0"/>
+            <v:stroke on="f"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+            <o:lock v:ext="edit" aspectratio="f"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1468075725" r:id="rId6">
+            <o:LockedField>false</o:LockedField>
+          </o:OLEObject>
+        </w:object>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1018D751">
+      <w:tr w14:paraId="012C9C24">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="00A51C0B">
+          <w:p w14:paraId="0C4C53C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1BADCFC6">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6736FDEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B7E72E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының М. Әлімбаев атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени М.Алимбаева города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="77C2F39B">
+      <w:tr w14:paraId="1D651AF3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="7B35FBEB">
+          <w:p w14:paraId="276ECF0C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="646E2B83">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6109BB27">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="46503018">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067D7AEC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П.Васильева, строение №17/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5DAA8F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4FE2A830">
+      <w:tr w14:paraId="42E23A1D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="328" w:hRule="atLeast"/>
+          <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="63983802">
+          <w:p w14:paraId="4AC79E70">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5CE83815">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6716176F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="51563ED0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558DFAFA">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="49ACDF60">
+      <w:tr w14:paraId="5331ABE8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="68F85213">
+          <w:p w14:paraId="7BDC3696">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="2FA563D7">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A270058">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...26 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8E9FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>alimbaeva@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55450084">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>alimbaeva</w:t>
-[...18 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="390E884B">
+      <w:tr w14:paraId="29A3A53F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="527AD12E">
+          <w:p w14:paraId="339CC8F6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E7D22E2">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D64B81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="78F1F40A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="581B47F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...50 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t>жүктеме</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заместитель руководителя школы по воспитательной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2A140D41">
+      <w:tr w14:paraId="4ABB31DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="65574F79">
+          <w:p w14:paraId="06071A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3132DF9D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="598919EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="198548C5">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="191FEBAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4041A419">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечивает организацию воспитательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DDA04D6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1821"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      тәрбие жұмысын ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="656B7740">
+      организует текущее и перспективное планирование воспитательной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="7C34FB6D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1822"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-      аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="024455EA">
+      осуществляет планирование и контроль деятельности старших вожатых, воспитателей групп продленного дня, классных руководителей, педагогов-психологов, социальных педагогов и педагогов дополнительного образования; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="532A7B25">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1823"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="242D5592">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>
+      обеспечивает разработку документации по воспитательной работе, по подготовке и проведению культурно-воспитательных мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="1B565E1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1824"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      тәрбие процесінің мазмұны мен өткізілу сапасына жүйелі бақылауды жүзеге асырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01E1C620">
+      осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="60E1CD6D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1825"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      педагогтарды іріктеуге қатысады, кәсіби даму, педагогтердің біліктілігін және кәсіби құзыреттілігін арттыру бойынша жұмысты ұйымдастырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="421EAAEA">
+      участвует в подборе педагогов, организует работу по профессиональному развитию, повышению квалификации и профессиональной компетентности педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="3388B643">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1826"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      тәрбие процесін қамтамасыз ететін білім беру ұйымдары әкімшілігінің, әлеуметтік – психологиялық қызметтері мен бөлімшелерінің жұртшылық және құқық қорғау органдарының өкілдерімен, ата-аналар қоғамдастығының, қамқоршылық кеңестің өкілдерімен өзара іс-қимылын үйлестіреді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="58DD8DFC">
+      координирует взаимодействие администрации, социально – психологических служб и подразделений организаций образования, обеспечивающих воспитательный процесс, с представителями общественности и правоохранительных органов, представителями родительской общественности, попечительского совета;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="130272E9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1827"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      білім беру процесінің барлық қатысушыларының толерантты мінез-құлық мәдениетін қамтамасыз етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BBA2958">
+      обеспечивает толерантную культуру поведения всех участников образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="2C317C72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1828"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      психологиялық қызметтің жұмысын және білім алушылар мен тәрбиеленушілерді, оның ішінде ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық-педагогикалық сүйемелдеу процесін үйлестіреді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="34C84E03">
+      координирует деятельность психологической службы и процесс психолого-педагогического сопровождения обучающихся и воспитанников, в том числе с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="283D1965">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1829"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      мектеп-ата-ана қатынастарының жаңа нысандарын, мектеп пен отбасының толық өзара іс-қимылын қамтамасыз етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="16C351A7">
+      обеспечивает новые формы школьно-родительских отношений, полное взаимодействие школы и семьи;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="0FD33C1F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1830"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      білім алушыларға медициналық қызмет көрсету жағдайын бақылауды жүзеге асырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F401819">
+      осуществляет контроль за состоянием медицинского обслуживания обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="364863B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1831"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      тәрбие іс-шараларын өткізу кезінде ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C82EC81">
+      применяет информационно-коммуникационные технологии при проведении воспитательных мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="1AB10A4C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1832"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      киберкультураны (компьютерлік технологиялар мүмкіндіктерін пайдаланады) және кибергигиенаны дамытады (интернет желісінде жұмыс істеу дағдылары мен білімі бар);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="72DEE745">
+      развивает киберкультуру (использует возможности компьютерных технологий) и кибергигиену (имеет навыки и знания работы в сети интернет);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="626D7F8C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1833"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      білім алушылардың, педагогтердің конкурстарға, слеттерге, конференцияларға қатысуын қамтамасыз етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CD927EC">
+      обеспечивает участие обучающихся, педагогов в конкурсах, слетах, конференциях;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="1824704F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z1834"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="61C0FE16">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      проводит профориентационную работу; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="7FDC865C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z1835"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      есептік құжаттаманың сапалы және уақтылы тапсырылуын қамтамасыз етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D48A2DA">
+      обеспечивает качественную и своевременную сдачу отчетной документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="0B2FD8D7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z1836"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-      ата-аналар үшін педагогикалық консилиумдар ұйымдастырады және өткізеді;; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BC2572B">
+      организовывает и проводит педагогические консилиумы для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w14:paraId="374FF011">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z1837"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      мектеп парламентінің, дебат қозғалысының, оқушылардың өзін-өзі басқаруының, "Жас қыран", "Жас ұлан" балалар ұйымдарының жұмыстарын ұйымдастырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2F9942E3">
+      организует работы школьного парламента, дебатного движения, ученического самоуправления, детской организации "Жас қыран", "Жас ұлан";</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w14:paraId="2290A949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z1838"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      "Қоғамға қызмет ету", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет" қоғамдық-пайдалы жұмыстарын ұйымдастырады.;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BA1E6FC">
+      организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери";</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w14:paraId="2060B885">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z1839"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      адамгершілік-рухани білім беруді қамтамасыз етуде "өзін-өзі тану" пәнінің педагогымен өзара іс-қимыл жасайды;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B686944">
+      координирует работу по созданию и обеспечению деятельности ассоциации выпускников организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w14:paraId="6EA0F5DC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z1840"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      білім беру ұйымдары түлектерінің қауымдастығын құру және қызметін қамтамасыз ету бойынша жұмысты үйлестіреді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="63D577D5">
+      взаимодействует с ветеранами педагогического труда;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="1238CAD1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z1841"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>
-      педагогикалық еңбек ардагерлерімен өзара іс-қимыл жасайды;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11C4D0A3">
+      организует работу музея организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w14:paraId="2A172899">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z1842"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4572AE1D">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      организовывает туристические походы и экскурсии; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w14:paraId="2F59F4A2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z1843"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="121A632C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>
+      обеспечивает формирование у обучающихся патриотического воспитания, навыков делового общения, культуры питания;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w14:paraId="05AB761F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
-[...6 lines deleted...]
-                <w:rFonts w:hint="default" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii"/>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z1844"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="21"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w14:paraId="3C85FDF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2CCD5980">
+      <w:tr w14:paraId="7D18C624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="638" w:hRule="atLeast"/>
+          <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="63A08558">
+          <w:p w14:paraId="0A744A8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="7D7F0A73">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5C81E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="22932575">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF3DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A258980">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>172014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...68 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="223A17B2">
+      <w:tr w14:paraId="49C28BD0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D009441">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7660B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4DE8C133">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A684BD4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="315F6D75">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E31E293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...765 lines deleted...]
-              </w:tabs>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3805A9">
+            <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или документ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2337BF7C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подтверждающий педагогическую переподготовку, стаж педагогической работы не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>менее 3 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C265A6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационной категории" или "заместитель руководителя второй</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационной категории", или "заместитель руководителя первой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационной категории" организации образования, либо наличие квалификации "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3C5A2845">
+      <w:tr w14:paraId="4D84C7FD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="423" w:hRule="atLeast"/>
+          <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="31F7BC6A">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A83CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AE710D8">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F3620">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="426C3D9F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
@@ -2818,7959 +2042,7236 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.2025</w:t>
-[...38 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+              <w:t>.2025 г.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2FF0E6B2">
+      <w:tr w14:paraId="2B4C69BA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5D203CD9">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F91CD5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="214AD7E0">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D4151B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...23 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="373AA538">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE12B36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...26 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C439699">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...26 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F55F93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B6044C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073B2684">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...82 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03414D7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:p>
+          <w:p w14:paraId="7B460BA5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="053C60E5">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4939C057">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47949CB3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...52 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="10AFD42D">
+      <w:tr w14:paraId="5F8777F6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1A67C9D7">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D80D139">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5C5D9655">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E74A94">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6124E58F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>тұрақты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="730C2CE9">
+    <w:p w14:paraId="6B12107A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05BA1B7C">
+    <w:p w14:paraId="7E144888">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CCB0C33">
+    <w:p w14:paraId="6B2F826A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00875C31">
+    <w:p w14:paraId="18AB03D6">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B91379A">
+    <w:p w14:paraId="73BEEECC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA16489">
+    <w:p w14:paraId="7EDC01F0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23405F2A">
+    <w:p w14:paraId="594361BA">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C99C059">
+    <w:p w14:paraId="0908FB0F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="262CB74C">
+    <w:p w14:paraId="389423CD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="272098E6">
+    <w:p w14:paraId="262E2F8A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C2B6B47">
+    <w:p w14:paraId="54E28039">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64175C47">
+    <w:p w14:paraId="105DE24D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AE40C23">
+    <w:p w14:paraId="7CBF6468">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B26895A">
+    <w:p w14:paraId="557BF213">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23798C7D">
+    <w:p w14:paraId="0F02AC54">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C7EA30">
+    <w:p w14:paraId="7499DBCB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0134BC75">
+    <w:p w14:paraId="4D91ED50">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60A315D9">
+    <w:p w14:paraId="7249E58F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D746D51">
+    <w:p w14:paraId="17F89471">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F34270">
+    <w:p w14:paraId="36635F56">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="376DE408">
+    <w:p w14:paraId="1D4D2722">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C9378D8">
+    <w:p w14:paraId="33E3025E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...533 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w14:paraId="00D3A219">
+      <w:tr w14:paraId="5AB0790E">
         <w:tblPrEx>
           <w:tblBorders>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0EF8AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="5DC261DF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C66F576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2FDAA191">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 15 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E3B04B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="36B57876">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEF13F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="21DED19C">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07DE126C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="158EC2FE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D75807D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
-[...11 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCF31A5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CC0B3FE">
+    <w:p w14:paraId="3F21006D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701A367A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A8E134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13288DB7">
+    <w:p w14:paraId="41D45D89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B151BDA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DA2DD2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C7AC88">
+    <w:p w14:paraId="241CB0E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07661EC7">
+    <w:p w14:paraId="7BBB38B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C287C9">
+    <w:p w14:paraId="587B205D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06957B03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9CD2CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2712DF11">
+    <w:p w14:paraId="2E4F9222">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2C3A39">
+    <w:p w14:paraId="3DA5FAC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="239217EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ACE06D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0242F7AF">
+    <w:p w14:paraId="212A7CB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FEEDB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF17325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792FAA94">
-[...213 lines deleted...]
-    <w:p w14:paraId="1423BF5E">
+    <w:p w14:paraId="7CDB362B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B0D05F3">
+    <w:p w14:paraId="00BA06C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A2191F">
+    <w:p w14:paraId="7BA2131F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F8A1AB">
+    <w:p w14:paraId="13C47384">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EDF32F">
+    <w:p w14:paraId="72905981">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6332ED20">
+    <w:p w14:paraId="2CED51B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="9"/>
+        <w:tblStyle w:val="6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1CD9AD85">
+      <w:tr w14:paraId="36B0B550">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1052" w:hRule="atLeast"/>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD7AB19">
+          <w:p w14:paraId="5DA4BDEF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1FF72DB8">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14175C6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="21E30020">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F41C34C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="73B2FA2E">
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EE248E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="368D33F1">
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FD55A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BCB70BC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3CD920CC">
+      <w:tr w14:paraId="571B676F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="895" w:hRule="atLeast"/>
+          <w:trHeight w:val="749" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1460CC04">
+          <w:p w14:paraId="34288FCF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="12928E3C">
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1321D88F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="409FA670">
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147DB00E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="002C0D3C">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D7D537">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F405927">
+    <w:p w14:paraId="51777D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="311DDF07">
+    <w:p w14:paraId="7007F8A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02946534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-        <w:t>__________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AFBB0DF">
+    <w:p w14:paraId="11FB30DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C68E387">
+    <w:p w14:paraId="6C8E783C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A19BE2F">
+    <w:p w14:paraId="30A7807F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-        <w:t>___________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DB1603">
+    <w:p w14:paraId="24F954CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...63 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E36FDC3">
+    <w:p w14:paraId="0C369C42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D85D30B">
+    <w:p w14:paraId="182E51CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B427A3F">
+    <w:p w14:paraId="4404D0DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4C5BB3">
+    <w:p w14:paraId="43DA7A73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50718EB8">
+    <w:p w14:paraId="2F98563C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3445BDB7">
+    <w:p w14:paraId="02310814">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711942D3">
+    <w:p w14:paraId="4BB5C048">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...166 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
+        <w:t>«___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">_ </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:t>»_______________                ______________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w14:paraId="56578A4E">
+      <w:tr w14:paraId="517B63A3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="594CBE25">
+          <w:p w14:paraId="43B8A20E">
             <w:pPr>
               <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="32A8C5D0">
+          <w:p w14:paraId="1D2DD625">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027D01DE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="10278320">
+              <w:t>Приложение 16 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10BD4C83">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492CED2C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="777C6F3C">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B938893">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="03B8307A">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45EB5634">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 16-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3DDE44C7">
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7056EAD2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D1BA6DD">
+    <w:p w14:paraId="05AA4D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F76782A">
+    <w:p w14:paraId="715A56E4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>немесе</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C45600">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...132 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B39CD0">
-[...35 lines deleted...]
-    <w:p w14:paraId="53C4A0B1">
+    <w:p w14:paraId="54240A80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
-          <w:left w:w="108" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
-          <w:right w:w="108" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w14:paraId="7E6B3C4D">
+      <w:tr w14:paraId="58FD70BF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="521" w:hRule="atLeast"/>
+          <w:trHeight w:val="366" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1680F9A3">
+          </w:tcPr>
+          <w:p w14:paraId="05B3BBCD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B385F25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CA6E6B6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="49ED868B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="384F65B4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...154 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="57AC9F1D">
+      <w:tr w14:paraId="61042270">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="966" w:hRule="atLeast"/>
+          <w:trHeight w:val="1036" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B019EAC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0DDB3EBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A01CAF4">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="2F0262A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FA40DD6">
-[...125 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="098E7409">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="390643ED">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4068BFF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D98B9DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="371E9B3D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C365219">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF841E1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7B0AC9DD">
+      <w:tr w14:paraId="7AAA9E87">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76AA0A63">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="745D60C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D5703B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3677B2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9AB6F1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C68F5C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A96594">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="47877310">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E9090FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B16FBC7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BC5A7E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C6517C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B30C75B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="095CC893">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1F49FE61">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="586" w:hRule="atLeast"/>
+          <w:trHeight w:val="1447" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DE7AEB4">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3256077A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2969A4EB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54E89DCB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFA4717">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E862F18">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC9A1BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4E6012">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC863EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35ADC586">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667F8463">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4506BA95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E30C032">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5388F91A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="807" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74B09C43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3667AC0E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42405659">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="393D7630">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EBF1D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A8CBB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="319C4828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3B69E996">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E2D0FE6">
-[...38 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="48C93ABA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F5804DC">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6ADEDB11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11315754">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="028711CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C23A8B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404C96E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5545F36F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7798C928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="515E96E8">
+      <w:tr w14:paraId="2EB3D010">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="797" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07A79A37">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6932E240">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="601EAB62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13A1AB4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3503CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58DFF271">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2264B584">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9441FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="43A9F7F1">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4341D126">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D4E730D">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="4F0188C1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="414FF1CF">
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="08E827D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4C05EB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="788BDA6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="284710BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495A02CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2A0150">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F810C30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44BD7B22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34299E32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA6ABA5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0413BDB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="04622173">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="726F7C5D">
+      <w:tr w14:paraId="351F4C78">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="1694" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="334B66E6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6A99B71C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71ACDE17">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="26128FDB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="228BB8F4">
-[...52 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="31258081">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BF9455">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAA2E95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61CA02B0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...169 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD5FDD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="357719A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="72FDCB46">
+      <w:tr w14:paraId="379A74A1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
-        <w:trPr>
-[...4 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="715C4AF9">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0CC571A9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46B2056E">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="0DA6209D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2981F9E0">
-[...107 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="393DCDB3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="13091B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6C196D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5118457C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B2E8C8D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D2C348">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0FED86D5">
+      <w:tr w14:paraId="3D38A21F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="10729" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26BE7C48">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3B79054D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21126CF7">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="2CCD3962">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BCDF150">
-[...72 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="581F3958">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40E7CF84">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1810E009">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6F6E05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FDC8ADB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC7F9FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CDE6ED">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A20FCA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E892B2B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F49F9AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03FC0871">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76DC7924">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03204CB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="092C0564">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D778F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D477514">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="39637288">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372DA565">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2EF34C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2365EECC">
+      <w:tr w14:paraId="3233E78C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="2280" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C2E2404">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="40B04E50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C22CAA7">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="46B91EBD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78A280A5">
-[...86 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="46DD2408">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CBC2BE9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="49ED5DCA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="711444AD">
+      <w:tr w14:paraId="3F1C41EA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
-            <w:left w:w="108" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
-            <w:right w:w="108" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="185" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2588B95E">
-[...24 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="0C46C58C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09A82FB3">
-[...1919 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="12153D9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...51 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E97AE3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4FEDBFF1">
+    <w:p w14:paraId="3A19739E">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33115402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="737" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -10868,893 +9369,780 @@
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...131 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00033E1F"/>
+    <w:rsid w:val="000363B3"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E57C6"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="0010182E"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="00136ACE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="001661B4"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="00177AA2"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D5ECE"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00221A57"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
+    <w:rsid w:val="002505AF"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="00282F15"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6B2E"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304102"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
-    <w:rsid w:val="00335ACF"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
-    <w:rsid w:val="00456389"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
+    <w:rsid w:val="004752F1"/>
+    <w:rsid w:val="00477CA9"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2BCD"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005013F9"/>
+    <w:rsid w:val="005071C9"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
-    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
-    <w:rsid w:val="005E0267"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="006030DA"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670B8B"/>
+    <w:rsid w:val="0067100A"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00682CEA"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B0A85"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
-    <w:rsid w:val="006E408E"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F2112"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00701C5C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00702499"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="0075034F"/>
+    <w:rsid w:val="00751711"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="00771CF3"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E0B0F"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E605F"/>
+    <w:rsid w:val="007E3DF8"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="00804041"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="008540D3"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B4572"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008C02E3"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="009176F6"/>
+    <w:rsid w:val="00920B46"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="0094229D"/>
-    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A2FD3"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3B00"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A668A3"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA1274"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC0ADF"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD1DD9"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1212E"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B475E6"/>
-    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B67487"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC2D70"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C36141"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C55F69"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C7122C"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CE0AB8"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D25A77"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB2E41"/>
-    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB59B7"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E130D9"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E277AE"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E634C5"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E81742"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED44DD"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F1120C"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F50FF0"/>
     <w:rsid w:val="00F56B91"/>
-    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82876"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA482E"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD5A5F"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="0BE12C0F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="4DB85680"/>
+    <w:rsid w:val="1157132E"/>
+    <w:rsid w:val="117B658D"/>
+    <w:rsid w:val="3DB94774"/>
+    <w:rsid w:val="54600CD4"/>
+    <w:rsid w:val="669B2B1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
@@ -11772,404 +10160,328 @@
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 2"/>
     <w:lsdException w:uiPriority="39" w:name="toc 3"/>
     <w:lsdException w:uiPriority="39" w:name="toc 4"/>
     <w:lsdException w:uiPriority="39" w:name="toc 5"/>
     <w:lsdException w:uiPriority="39" w:name="toc 6"/>
     <w:lsdException w:uiPriority="39" w:name="toc 7"/>
     <w:lsdException w:uiPriority="39" w:name="toc 8"/>
     <w:lsdException w:uiPriority="39" w:name="toc 9"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
     <w:lsdException w:uiPriority="99" w:name="footnote text"/>
     <w:lsdException w:uiPriority="99" w:name="annotation text"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
     <w:lsdException w:uiPriority="99" w:name="index heading"/>
     <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
     <w:lsdException w:uiPriority="99" w:name="table of figures"/>
     <w:lsdException w:uiPriority="99" w:name="envelope address"/>
     <w:lsdException w:uiPriority="99" w:name="envelope return"/>
     <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
     <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
-    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="hlink"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="12"/>
+    <w:link w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
-[...61 lines deleted...]
-  <w:style w:type="table" w:styleId="9">
+  <w:style w:type="table" w:styleId="6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="3"/>
-    <w:qFormat/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7">
+    <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="Основ_Текст"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:hAnsi="NewtonC" w:eastAsia="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+  <w:style w:type="character" w:customStyle="1" w:styleId="9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="2"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="13">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="14">
+  <w:style w:type="character" w:styleId="11">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12419,69 +10731,69 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26713052-D93C-4EBB-B18C-D3B85E2A41CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8955AE2A-17B3-428E-932A-0141FB20AEBE}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Company>SPecialiST RePack</Company>
-  <Pages>7</Pages>
-[...3 lines deleted...]
-  <Paragraphs>26</Paragraphs>
+  <Pages>6</Pages>
+  <Words>2203</Words>
+  <Characters>12558</Characters>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13222</CharactersWithSpaces>
+  <CharactersWithSpaces>14732</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.21931_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>700F3569E623419190654745CD2FB916_13</vt:lpwstr>
+    <vt:lpwstr>061A9C39F55D485584FD28726B3E7106_13</vt:lpwstr>
   </property>
 </Properties>
 </file>