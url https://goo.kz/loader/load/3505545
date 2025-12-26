--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -2,1955 +2,2080 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="50BA3AFB">
+    <w:p w14:paraId="40C0769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> «Павлодар қаласының М.Әлімбаев атындағы жалпы орта білім беру мектебі» КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа имени М.Алимбаева города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E78BDB">
+    <w:p w14:paraId="4894D330">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орыс</w:t>
+        <w:t>педагога-ассистента с русским</w:t>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымына </w:t>
+        <w:t xml:space="preserve"> языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760A28CF">
+    <w:p w14:paraId="0AEBE106">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(бос лауазым орнына)</w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 жүктеме</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+        <w:t xml:space="preserve"> 1 ставка </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F9158F">
+    <w:p w14:paraId="4C48AF39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:tab/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>Педагогтерді</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:tab/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>лауазымдарға</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:tab/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>тағайындау</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>назначение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:tab/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>конкурсы</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>педагогов временно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:tab/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>уақытша қағаз түрінде қабылданады</w:t>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>бумажном варианте</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="6"/>
-        <w:tblW w:w="10137" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="11009" w:type="dxa"/>
+        <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
-        <w:tblLayout w:type="autofit"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="8032"/>
       </w:tblGrid>
-      <w:tr w14:paraId="2DDBAA33">
+      <w:tr w14:paraId="456C0966">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="22044CA9">
+          <w:p w14:paraId="254E204F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05B4C431">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9DB487">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3A2C8ABC">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3651B6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының М.Әлімбаев атындағы  жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени М.Алимбаева города Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1439FDC9">
+      <w:tr w14:paraId="1A58A872">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="34993756">
+          <w:p w14:paraId="0E696F1E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4CBB55CD">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193DA82A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5A787FF6">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36145225">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П.Васильева, строение №17/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34DDA2F9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="71825D61">
+      <w:tr w14:paraId="421434CA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="328" w:hRule="atLeast"/>
+          <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="75160B02">
+          <w:p w14:paraId="78357609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="754CA7BC">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="454E24D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="426B73F9">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="346A26BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2BBE6BE5">
+      <w:tr w14:paraId="53A2C6A7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="3556492F">
+          <w:p w14:paraId="458BE488">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3EFC3419">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491C48B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="438C53B4">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59205AFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>alimbaeva@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C3B1D3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="178F8F33">
+      <w:tr w14:paraId="331A6AE9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7D7009">
+          <w:p w14:paraId="2B0F9700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03331F21">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2D09D8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7563F848">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D5C23C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>педагог-ассистент</w:t>
-[...31 lines deleted...]
-          <w:p w14:paraId="43D2801C">
+              <w:t>педагог-ассистент, 1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4D939A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="31D8DFC8">
+      <w:tr w14:paraId="5942A6AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDABAAF">
+          <w:p w14:paraId="57698460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72931F73">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BE90AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5F6F0D7A">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FB5044">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осуществляет психолого-педагогическое сопровождение ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- психологиялық-медициналық-педагогикалық консультацияның</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="69A3B4DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с особыми образовательными потребностями по рекомендации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической консультации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39CD65D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>принимает участие в командной оценке специалистами и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ұсынымы бойынша ерекше білім беру қажеттіліктері бар баланы</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C34D733">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогами с целью оценки особых образовательных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>потребностей у детей, а также в составлении индивидуальных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>образовательных и развивающих программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F997652">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оказывает помощь детям с особыми образовательными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>психологиялық-педагогикалық сүйемелдеуді жүзеге асырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7BA7B414">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>потребностями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>во время организованной учебной и иной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деятельности в организации образования, в случае,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>когда их самостоятельная деятельность ограничена по состоянию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>здоровья и особенностям поведения, оказывает психолого-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA558D7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="6706C580">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогическое сопровождение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BE6F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осуществляет наблюдение и ведет сбор данных о ребенке с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мақсатында мамандар мен педагогтердің командалық бағалауына,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DFA8D4E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>особыми образовательными потребностями в процессе обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>воспитания и развивающей работы, проводит протоколирование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>результатов освоения образовательной программы, динамики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>формирования образовательных, социально-адаптивных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(поведенческих) навыков и предоставляет информацию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>воспитателям и специалистам для мониторинга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>процесса обучения и социализации ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75CD6AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>соблюдает условия безопасности жизнедеятельности и здоровья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сондай-ақ жеке білім беру және дамыту бағдарламаларын жасауға</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50A53CDD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ребенка с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="015F6F2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қатысады;</w:t>
-[...337 lines deleted...]
-              <w:t>- белгіленген нысан бойынша есепті құжаттаманы жүргізеді.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведет отчетную документацию по установленной форме. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="73861732">
+      <w:tr w14:paraId="58B497C3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="638" w:hRule="atLeast"/>
+          <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="3904F86C">
+          <w:p w14:paraId="64422FEF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BBC4823">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A266FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="12C75FDF">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="475D732F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="3F0257C8">
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5263E218">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 124586 теңге.</w:t>
+              <w:t>- высшее образование (min): 124586 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6C0BC6B2">
+      <w:tr w14:paraId="67F10FD9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3BF85A7F">
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0917CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="52A9F35D">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6E8AE9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="69020AC3">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C180CC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="21E89845">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="268A6C10">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D059F5B">
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60246562">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6C5C4FB5">
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29AF9618">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0E4E82F9">
+      <w:tr w14:paraId="42B44F2D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="423" w:hRule="atLeast"/>
+          <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="638F388B">
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2A9286">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50CF20D8">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5020C222">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3AE4D6CF">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADEB545">
             <w:pPr>
               <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
@@ -2003,9943 +2128,7232 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.2025</w:t>
-[...20 lines deleted...]
-              <w:t>ж.</w:t>
+              <w:t>.2025 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7FC32D7D">
+      <w:tr w14:paraId="72BC4405">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="09F875A7">
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CDA6E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="252EC54D">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383ED711">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="641DC919">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE13DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="09772C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65BB0877">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z181"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="568EFF73">
+          <w:p w14:paraId="080EF153">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z182"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> 3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="44A9A30B">
+          <w:p w14:paraId="0B44E903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...36 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z183"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="49616374">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z184"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="2B3E91AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z185"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="06BD6C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z186"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="58945EF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z187"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="27D28740">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z188"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkStart w:id="8" w:name="z189"/>
+          </w:p>
+          <w:p w14:paraId="340D89F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...125 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="3EF359F6">
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="42CD5AFE">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z190"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="00C907C0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1425 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z191"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="25247A56">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z192"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0A84808E">
+      <w:tr w14:paraId="2974F04D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="26760AF5">
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C00E48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="50515D95">
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A959287">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="6DF447F5">
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F56CF1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:t>на постоянной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E93A447">
+    <w:p w14:paraId="6AFAD44E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7422F475">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0516F72F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B5FC96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04254EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52F8BBC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E89BA7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF80F98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD60A5A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29FA9FBF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D8678B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0518ED6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A6D783">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E93847">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C625E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="75C91C78">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="781" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119EBACA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3441900F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 15 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011DDF82">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DEF50E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFE6FE2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0161097F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F7D979C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="62093EFA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18B9AD87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A572D4C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E5D0FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AE3A1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07999ABD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C87DEF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E0ED30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767B16BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BD48D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46317452">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3696977E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E2BDDA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6107B214">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...278 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="30136E00">
+    <w:p w14:paraId="02D6A119">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...133 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B46CBAC">
+    <w:p w14:paraId="214D1FA8">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5DB5B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3658CD75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6952D56D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FFF960">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE25544">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642092F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E68B25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27617C00">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDEAF95">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E950D41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403D54CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="2752"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="3D2DD581">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B3D8C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1263B19B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4618E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD51823">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB25D87">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545C2BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="12E1C0AA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="749" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310BBF15">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F9A7EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A052D34">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2005C6A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="159DF2D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="741BBB83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AC6BE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7915F702">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB9B7FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0467AB14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55885FF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD1D638">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47605013">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4860977D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E332A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AEFD93F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E083E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0377A4F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAB96DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B749F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F9CFE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C407EB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D9A1A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C27B990">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70994EDD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="728EFFB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19495FE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083B5D4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
-        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6087"/>
+        <w:gridCol w:w="3864"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="4901BAB0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FB7EBF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3659C974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="130BCAD8">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA317B2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D546AE8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="040E76D9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z364"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="10249" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3161"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w14:paraId="5CA885A5">
+      <w:tr w14:paraId="2B111058">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE2B944">
-[...22 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="0B67225E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789A9BA9">
-[...22 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w14:paraId="2A3E4BB5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA45A8E">
-[...19 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+          <w:p w14:paraId="5988D800">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39877910">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36287EA0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14707324">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5E1C84DF">
+      <w:tr w14:paraId="5BCC501D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05FE5456">
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="513AEB8B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA13391">
-[...24 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w14:paraId="31010B5A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767147C1">
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7E05F2DE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F7B3A4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77BF717E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF9E6AE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7127B6EA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2005D188">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E46774B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...86 lines deleted...]
-      <w:tr w14:paraId="640990C7">
+      <w:tr w14:paraId="188780F0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10F13C14">
-[...22 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="21C26B84">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C090560">
-[...22 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="45125330">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738265AA">
-[...22 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="51A4C586">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="612C3E33">
-[...22 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="630B61C4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3671AFCF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E27FED">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...25 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="6099D9CF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7D3D3296">
+      <w:tr w14:paraId="2F8C5E24">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045BF4F5">
-[...24 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="71AAF806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66285D40">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="77EBEA90">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19BCCA1D">
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="64BD66E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA576E0">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="08AB3C2C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...25 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE0FF68">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...561 lines deleted...]
-      <w:tr w14:paraId="48835B4F">
+      <w:tr w14:paraId="623883CD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5B58EB">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="29148632">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5844E8C4">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="7C5BFF38">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552ED2AD">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="7000DA92">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7722D206">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7639EF09">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54CDC835">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1652F7F5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E1DB2B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA96574">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E8370C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F1C640">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46EBA261">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="48175223">
+      <w:tr w14:paraId="620FC7E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D819AF1">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="356B5EA8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A6FE22">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="098A617F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CE3E41">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="5071E4CA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="163D2F60">
-[...77 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="04332482">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBA7CD1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3B261E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2949EDCD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="238C1F88">
+      <w:tr w14:paraId="1D60AE83">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5405D8CB">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="4030E952">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28A6BC3B">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="1603751A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C975704">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="1B302BF0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C27B84D">
-[...66 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4889D72E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5572BAFA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12B66503">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="73B07B53">
+      <w:tr w14:paraId="4243C28A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26AC9805">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="1E11896E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21A5412A">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="3225D079">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2078AA41">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="2AB9AF63">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6303EAE2">
-[...157 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="35C256B8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B13FD8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61D973DA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="72F28CAB">
+      <w:tr w14:paraId="6D5E86EA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA5BF39">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="5BE3027D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48A576A8">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="1E157FDD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7448370C">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="32D08A22">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51C9259B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D44135">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2E5C50">
-[...117 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1DEDB685">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00ECC7B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="217DA59D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C59DC36">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A56696">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E58A30">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="072F3FAF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3DAC5786">
+      <w:tr w14:paraId="4C407F0A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE3B12D">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="4ED75770">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED6F34B">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="0E3CA10F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0474856A">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="11EBE65E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B91895B">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="77C7D7CF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B38CD51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D34945C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4405DF78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="36F99690">
+      <w:tr w14:paraId="39BC48B9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA9F211">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="10BC3E20">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCCE64F">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="4E78C33E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4774601C">
-[...62 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="2E26875E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611CC73C">
-[...137 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="332A7042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A445372">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26E502B3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1531C927">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7077215A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B31CA0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6533CD6B">
+      <w:tr w14:paraId="79A308FE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACFF813">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFABBEB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2241F596">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43FC7AB3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C248B67">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFF56F4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FE98FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04934246">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08F7FAF2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F9AE7E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047BE8AD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4825C2DB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67FBFC46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B6DA82">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AAE2DAF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535397CC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799A4114">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22A0306A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA63A64">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0899E0C7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0B2284">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D223F1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0457F963">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035B06B2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0518D303">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="106790EB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A504529">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76D043E6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18126AB6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="536D730A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4726ADF6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсы на платформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F7BABC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C0887C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A70A29">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3240A2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CAFA32D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B062FBE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C734348">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11FD2CD8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05D02E7C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0103615D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5DC008">
-[...22 lines deleted...]
-            <w:tcW w:w="2074" w:type="dxa"/>
+          <w:p w14:paraId="247299D0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46585B46">
-[...22 lines deleted...]
-            <w:tcW w:w="2983" w:type="dxa"/>
+          <w:p w14:paraId="513AC2D8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEE93EE">
-[...22 lines deleted...]
-            <w:tcW w:w="3517" w:type="dxa"/>
+          <w:p w14:paraId="0559D1D9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66C258BA">
-[...75 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0A6566BF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51F00E63">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1FC4EDAF">
+      <w:tr w14:paraId="63DE4404">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
-[...1047 lines deleted...]
-            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcW w:w="2594" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE60CF8">
-[...22 lines deleted...]
-            <w:tcW w:w="6500" w:type="dxa"/>
+          <w:p w14:paraId="34DBEA1F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C4BEE4F">
-[...380 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+          <w:p w14:paraId="562A458C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A2EBDEF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2401 lines deleted...]
-          <w:p w14:paraId="072E3DBA">
+          </w:tcPr>
+          <w:p w14:paraId="75013070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="426E28AF">
+    <w:p w14:paraId="7F7073C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -12046,756 +9460,766 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsidRoot w:val="00172A27"/>
     <w:rsid w:val="000050AF"/>
-    <w:rsid w:val="0001006D"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="00065C11"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00076AB8"/>
+    <w:rsid w:val="00077E8F"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00095129"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000D2160"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E29FD"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
-    <w:rsid w:val="000E639E"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="001048CA"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00187882"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="002119D5"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00232297"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="002565D6"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275308"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DBF"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
-    <w:rsid w:val="002F5CAF"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="003038C3"/>
+    <w:rsid w:val="00303E82"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003157A1"/>
     <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00322746"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="00330B70"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00385BCF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A305A"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C4772"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
-    <w:rsid w:val="003C705B"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D0E0A"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="004013E2"/>
     <w:rsid w:val="00402778"/>
+    <w:rsid w:val="004036B5"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00442C2C"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445493"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A42CE"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C31FE"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D4DCA"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005504BE"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="0057727C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="00586333"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="006047CF"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00606A82"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665D06"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670456"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7561"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F2095"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00725022"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="007401C5"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00762DD4"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00781486"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A7845"/>
-    <w:rsid w:val="007B3269"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3C91"/>
-    <w:rsid w:val="007C642E"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E4D4B"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00807E7D"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="00894D1A"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D5DFF"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E6C72"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00903542"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
-    <w:rsid w:val="00923692"/>
+    <w:rsid w:val="009251D1"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967A43"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
-    <w:rsid w:val="009A3C6E"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
-    <w:rsid w:val="009C2F04"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
-    <w:rsid w:val="009E1FA7"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB6F80"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10912"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2ED6"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC32B5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C03B2E"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161F7"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C97F0F"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
-    <w:rsid w:val="00CB5E67"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC0647"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
-    <w:rsid w:val="00DB5CA9"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E64FC6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA6329"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
-    <w:rsid w:val="00ED328C"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F14AA8"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F317FE"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="13863317"/>
-[...1 lines deleted...]
-    <w:rsid w:val="616F12F5"/>
+    <w:rsid w:val="0A8C44C5"/>
+    <w:rsid w:val="6A96371E"/>
+    <w:rsid w:val="7D987818"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
@@ -13033,77 +10457,99 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="Основ_Текст"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:hAnsi="NewtonC" w:eastAsia="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="2"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="11">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -13359,68 +10805,68 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E53943-0346-4286-A499-85233CA7E86A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6893349C-83C0-4E36-A1FF-C2BA54676469}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Pages>7</Pages>
-[...3 lines deleted...]
-  <Paragraphs>28</Paragraphs>
+  <Pages>6</Pages>
+  <Words>2140</Words>
+  <Characters>12199</Characters>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14011</CharactersWithSpaces>
+  <CharactersWithSpaces>14311</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.21931_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>E16C629A80D049E0A3D8682C08AD89D3_13</vt:lpwstr>
+    <vt:lpwstr>DC6DA44D694441268E0C4965F69BD5C4_13</vt:lpwstr>
   </property>
 </Properties>
 </file>