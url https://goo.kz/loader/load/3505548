--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2,13779 +2,9357 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="4AAEEEBA">
+    <w:p w14:paraId="710C2932">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="495057"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа имени М.Алимбаева города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+        <w:t xml:space="preserve"> казахским </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74068400">
+    <w:p w14:paraId="2CA4416B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="505DFFB0">
+    <w:p w14:paraId="4C48AF39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Қазақ тілінде оқытатын математика пәні мұғалімі </w:t>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">лауазымына </w:t>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>назначение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>педагогов временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>бумажном варианте</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E6CBE0">
+    <w:p w14:paraId="460D3639">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...149 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w14:paraId="23AA8E43">
+      <w:tr w14:paraId="26D8850A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3C7A22">
+          <w:p w14:paraId="01D6F8D8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68D250F8">
+          <w:p w14:paraId="14343662">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5378F802">
+          <w:p w14:paraId="69AFDF2B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени М.Алимбаева  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0DAB5048">
+      <w:tr w14:paraId="74CD2E42">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="20A32E1E">
+          <w:p w14:paraId="3FDFA10E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B8EBFA">
+          <w:p w14:paraId="1C64436C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1FF1B8">
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4751318B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, П.Васильева көшесі, 17/2</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">П.Васильева, строение №17/2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="10D360A1">
+      <w:tr w14:paraId="7DF83F12">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="44876493">
+          <w:p w14:paraId="1D0638D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3022BAF7">
+          <w:p w14:paraId="721E0D70">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220F1228">
+          <w:p w14:paraId="407C3388">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4310AF8F">
+      <w:tr w14:paraId="000A31B2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="63EABEEE">
+          <w:p w14:paraId="6CD9D751">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65032666">
+          <w:p w14:paraId="70611049">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекен-жайы</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1230BB68">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7418C2E5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-              <w:t>goo.edu.kz</w:t>
+              </w:rPr>
+              <w:t>alimbaeva@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="233EF9C3">
+      <w:tr w14:paraId="245102FC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="19B0B5A3">
+          <w:p w14:paraId="14EDF1E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD4B841">
+          <w:p w14:paraId="0A386770">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293F9F12">
+          <w:p w14:paraId="287C77AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>учител</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілінде оқытатын математика пәні мұғалімі</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+              <w:t>математики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> казахским</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сағат</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5AA19A32">
+      <w:tr w14:paraId="6DEB5923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4F7C49">
+          <w:p w14:paraId="4DBB07AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2474BFD2">
+          <w:p w14:paraId="095DE3D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5709695B">
+          <w:p w14:paraId="49E413C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="1FEF386C">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7556A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4720425D">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1883"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="4B28F613">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="392F4A28">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1884"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="43CEDC91">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="786A1A51">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1885"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="3E8164AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="558B9625">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1886"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="57DDFB57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="30EA0FCC">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1887"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="4C34C431">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="70C4437E">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1888"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="3261CCCD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1889"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="182812AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1890"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="2CF90DE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1891"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="783305EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1892"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="3C62E9E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1893"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="35D30526">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1894"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="4E0B5F71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1895"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="18D34C20">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z1896"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="22332932">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z1897"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в педагогических консилиумах для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="3943B606">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z1898"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w14:paraId="53BB9F28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z1899"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w14:paraId="7B007B09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z1900"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w14:paraId="5DCE0351">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z1901"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w14:paraId="03B4C41B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z1902"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="283E5F89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z1903"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w14:paraId="278D858F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">      оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прививает антикоррупционную культуру,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="797178FF">
+      <w:tr w14:paraId="3C7F553E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="509B3F15">
+          <w:p w14:paraId="39AA96FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D7AC28">
+          <w:p w14:paraId="7508BD74">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C635C5">
+          <w:p w14:paraId="7CDF10D5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C590454">
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ADBEF37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+              <w:t>- высшее образование (min): от 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>181394</w:t>
+              <w:t>81394</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> т. бастап</w:t>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4ED0D1ED">
+      <w:tr w14:paraId="544A802C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19EF5038">
+          <w:p w14:paraId="30B428E6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8C27B4">
+          <w:p w14:paraId="563D8BF3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="166A419D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Үміткерге қойылатын педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген біліктілік талаптар</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52C7FC2C">
+          <w:p w14:paraId="6D3AEF04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="48D5899A">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z1915"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>XI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w14:paraId="167CCEE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7B30A5D8">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z1916"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w14:paraId="3961728A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z1917"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w14:paraId="41F2589B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="05C2D41A">
+      <w:tr w14:paraId="67952BFD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3117E4D6">
+          <w:p w14:paraId="7865A9B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="722BDE5C">
+          <w:p w14:paraId="651E4351">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B635B2B">
+          <w:p w14:paraId="385CCCA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025 г.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="38" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="38"/>
+          </w:p>
+          <w:p w14:paraId="6D7EE33D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...103 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="13465B42">
+      <w:tr w14:paraId="5A979A85">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED49EA6">
+          <w:p w14:paraId="7B512A45">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAF2A40">
+          <w:p w14:paraId="1E7A7C74">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>Қажетті құжаттар тізімі</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39811A43">
-[...41 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="00BDB0BD">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z180"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...27 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p w14:paraId="63D43A96">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z181"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...48 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p w14:paraId="71FC7AC9">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z182"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p w14:paraId="7D6DF80F">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z183"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w14:paraId="72B618B4">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z184"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p w14:paraId="3C361036">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="z185"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p w14:paraId="7103D9E5">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="30" w:name="z186"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p w14:paraId="0A9BA243">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z187"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p w14:paraId="620A6667">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="32" w:name="z188"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p w14:paraId="600955EB">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="33" w:name="z189"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2466 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p w14:paraId="45D471A5">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="34" w:name="z190"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1180 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p w14:paraId="1C7BC749">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="35" w:name="z191"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p w14:paraId="27F9F86A">
+            <w:pPr>
+              <w:pStyle w:val="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="36" w:name="z192"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2CB2B72C">
+      <w:tr w14:paraId="39A45720">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3856162F">
+          <w:p w14:paraId="641FF2E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34373057">
-[...43 lines deleted...]
-          <w:p w14:paraId="289285B9">
+          <w:p w14:paraId="236D6F1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B56F399">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="10"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тұрақты</w:t>
+              <w:t>На постоянной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D78CF3A">
+    <w:p w14:paraId="28A5C6BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="27DE551F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="781" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7710051D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3328D7C6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 15 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="521E1B50">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D420F6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA2C9BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8BF145">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D370013">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CBB0BAE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDC8F8A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C13863A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3D8227">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A524F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEA7752">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10261CA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F57981">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D919825">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A46A5A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68716FB5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F30612D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0595E302">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3010A30E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1231AE53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6480F1EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2BB511">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB4BC8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE98E49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4D625A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6517A485">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9D1CCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F50B4EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EA655B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B8A29E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FBE95DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F67DB3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="72C05E07">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD7ADEB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E42CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F3503C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="715E91D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEE4A08">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77463A40">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="7AF9BB95">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="749" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B79782">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="505D4291">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEE2E34">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="762CAAEE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="655833F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7480A1C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40119991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AC6450">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB5AAFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA252FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18239EF8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F91D22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189EA472">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F3C121">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F2A637">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E297D31">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B27EDD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF857BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30344F6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="685A3D46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6299B101">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22429CC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CE213F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3310F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19EB6C34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436E5043">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50175A71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BEFA73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6167"/>
+        <w:gridCol w:w="3898"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="0F640022">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="661987CC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D64C0DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="57162577">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="311422B4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E63FCD4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24A7207D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z364"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...369 lines deleted...]
-        <w:t>Өтініш</w:t>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...170 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
         <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3161"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w14:paraId="39270CDE">
+      <w:tr w14:paraId="7B80F442">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1CCF68">
-[...22 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="61308416">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42D0907E">
-[...22 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w14:paraId="6385470B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25B52638">
-[...19 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+          <w:p w14:paraId="404A2737">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9F5903">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CD93E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07886146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0AF944BC">
+      <w:tr w14:paraId="32D56593">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="330F015B">
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="035FCBEE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3040CEAC">
-[...24 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w14:paraId="0D478AEA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="556AF360">
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="594BA6B3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66292149">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA8B56B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="173FC060">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204349AD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AF51B4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09D51AA1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...122 lines deleted...]
-      <w:tr w14:paraId="6A45F603">
+      <w:tr w14:paraId="49127E61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="542CB008">
-[...22 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="24F2CCE3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F62AEED">
-[...22 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="34E1A70A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6516A870">
-[...22 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="0322AE7C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22FC8309">
-[...22 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="38A3588C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9CB547">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32574A4D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...25 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1AC2DDF7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="71FF3605">
+      <w:tr w14:paraId="434167A3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089B923E">
-[...24 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="697E0A8B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C21919A">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="403FDC31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BF58FB">
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="7A12A3AA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1D2E61">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="0761029B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...25 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          </w:tcPr>
+          <w:p w14:paraId="550D2D35">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...514 lines deleted...]
-      <w:tr w14:paraId="2FE91043">
+      <w:tr w14:paraId="0C2D47DF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="727B1AF1">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="3AFD22F7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78470052">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="1EBB8439">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722D8579">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="291114D5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA29519">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5B692309">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FC8356">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08AFDABE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B965890">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118FC0B6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C6B0AF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DE894C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="595DA72B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="151AD918">
+      <w:tr w14:paraId="26AFDF77">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6A106D">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="4E408251">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C6724F">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="0B4A6295">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C45D61D">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="780CD215">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37FCD1DC">
-[...77 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3B54CB3F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BEAF8F4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35BE36E7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F03D61B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0D41E7E3">
+      <w:tr w14:paraId="295342E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19FFA3B9">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="59E8C4DF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9F5D06">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="68BC6758">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74BD06B5">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="09494053">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41FF09A7">
-[...66 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6882090F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51D1CB40">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E5F48E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7996DB0F">
+      <w:tr w14:paraId="57125755">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A7145D">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="16091332">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="442CB7DC">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="3F08CF22">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBD96FE">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="35668855">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41D08BF4">
-[...157 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="264FF211">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8611E7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2071E3AD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5258759D">
+      <w:tr w14:paraId="03FCED35">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A57B248">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="14D5035C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABDD3DF">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="47B9C7AB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A657772">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="1C38330E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3868E43E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B28B3A6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3F6F29">
-[...117 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="133BDE9A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="464F48E8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5846E3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCA45DE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D1137D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69629715">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3627F2A8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2EEF51BD">
+      <w:tr w14:paraId="6C323BB9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7183CED0">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="2A080503">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09048F0B">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="7FCEEFDF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7288ED90">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="64B518E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47A944C4">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="51E19044">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372D1669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033ECC91">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EA3E0E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="03ABB0BC">
+      <w:tr w14:paraId="5C961061">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0709C822">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="6225DE08">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FBC638">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="3C92C1C7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A7BDCF">
-[...62 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="4FDA9501">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12C6D569">
-[...137 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="64951C01">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="756F4B28">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE65910">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690B41BB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8A0CDC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="747EEF25">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="67AF09A8">
+      <w:tr w14:paraId="4E957A35">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="558D259D">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="7BC448F5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06490D54">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="791FC11E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2278CCC2">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="793A2B68">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="426053FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14FC98CF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7469D97F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FFB920F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA92C15">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2355EE57">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29EABE72">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48AD3D9F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64928FDC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B728288">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB72091">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109B6BB1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C30DFF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581B34C4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D26D704">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA17BCE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F47746">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79CD9A70">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7D0EA7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C873C67">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B74257C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53B0A224">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="771B7703">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A35F165">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3058F48B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A74507">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E390413">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477E6C92">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсы на платформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC5109E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69923035">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA38435">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5D7741">
-[...75 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="38669C06">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F189DC8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38014DA7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2952452E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B422EB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B37246">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2DDF0B88">
+      <w:tr w14:paraId="5EBD8931">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="497B0C80">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="0577AC33">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56FB1948">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="435D7EE5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A1280E">
-[...22 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+          <w:p w14:paraId="0451A7E8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="480C1876">
-[...97 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4629C5B6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58A0A70B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7C0EED27">
+      <w:tr w14:paraId="4ECCF42C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
-[...793 lines deleted...]
-            <w:tcW w:w="4011" w:type="dxa"/>
+            <w:tcW w:w="2594" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249B167A">
-[...22 lines deleted...]
-            <w:tcW w:w="6521" w:type="dxa"/>
+          <w:p w14:paraId="2A7BB6CE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEDA628">
-[...380 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+          <w:p w14:paraId="06A48E08">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04C645E4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2408 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          </w:tcPr>
+          <w:p w14:paraId="18767BBB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1181D1F5">
+    <w:p w14:paraId="52883C02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221CA353">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="049577F3">
+    <w:p w14:paraId="46D75148">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7481AFB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13FE8E07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="349CA1F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
@@ -13908,772 +9486,739 @@
   <w:zoom w:percent="90"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00037146"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0B3D"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B2B5D"/>
-    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
-    <w:rsid w:val="000C38AC"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E3390"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="00126CE2"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="00143112"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E5831"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
-    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="0023504A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
+    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="0025728D"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
+    <w:rsid w:val="00385CF8"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
-    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D0D40"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D5ADF"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
-    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00425886"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
-    <w:rsid w:val="0044336F"/>
-    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C087F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00657484"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00682985"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00700ADC"/>
-    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
-    <w:rsid w:val="00711467"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="00772578"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
-    <w:rsid w:val="007A3856"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B15EA"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D36EC"/>
     <w:rsid w:val="007D5A26"/>
-    <w:rsid w:val="007D7AD9"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E5374"/>
     <w:rsid w:val="007F3DBC"/>
-    <w:rsid w:val="007F5A19"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="00804A65"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
-    <w:rsid w:val="008A18FB"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="009729E6"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F12D5"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
-    <w:rsid w:val="00A206B1"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A351FE"/>
+    <w:rsid w:val="00A3479B"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A63866"/>
-    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A860CE"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
-    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1E41"/>
-    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B21C01"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
-    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B760F5"/>
-    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C1099D"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C4160E"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
-    <w:rsid w:val="00C73522"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C83B05"/>
+    <w:rsid w:val="00C82EF9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
-    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC17EB"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE5731"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
-    <w:rsid w:val="00D065C9"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
-    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
-    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC72CA"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E1572D"/>
     <w:rsid w:val="00E16050"/>
-    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E30A3C"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EB7C4D"/>
+    <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82AA5"/>
+    <w:rsid w:val="00F82B68"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="4C564AF2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="7D6F2B3B"/>
+    <w:rsid w:val="21FB5A9C"/>
+    <w:rsid w:val="5C600AC6"/>
+    <w:rsid w:val="60B64D13"/>
+    <w:rsid w:val="61FC32E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
@@ -14725,51 +10270,51 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
@@ -14811,71 +10356,71 @@
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="No Spacing"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
@@ -14976,50 +10521,64 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="11">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -15276,69 +10835,69 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7D88E18-D632-4715-AFFC-8869E5498997}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8D42233-E3E3-4F02-BCA1-B42E87DB56BC}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Company>SPecialiST RePack</Company>
   <Pages>7</Pages>
-  <Words>2157</Words>
-[...2 lines deleted...]
-  <Paragraphs>28</Paragraphs>
+  <Words>2419</Words>
+  <Characters>13791</Characters>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14428</CharactersWithSpaces>
+  <CharactersWithSpaces>16178</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.21931_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>4F7B2D951B0743A29664054CA6EFF70A_13</vt:lpwstr>
+    <vt:lpwstr>48EE1EAED3BA40618937F3DE7A7149FE_13</vt:lpwstr>
   </property>
 </Properties>
 </file>