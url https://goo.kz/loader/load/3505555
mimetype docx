--- v0 (2025-12-06)
+++ v1 (2026-02-13)
@@ -1,8433 +1,3089 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3E4AFEC4" w14:textId="77777777" w:rsidR="00071678" w:rsidRPr="009E7BA7" w:rsidRDefault="00071678" w:rsidP="003160CB">
+    <w:p w14:paraId="3F5E1CAE" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7BA7">
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00E32064" w:rsidRPr="009E7BA7">
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">15 </w:t>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
       </w:r>
-      <w:r w:rsidR="00BA5524" w:rsidRPr="009E7BA7">
+      <w:r w:rsidR="00287DD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>№ 15</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E7BA7">
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1C809D" w14:textId="2D9B0CCB" w:rsidR="00071678" w:rsidRPr="009E7BA7" w:rsidRDefault="00071678" w:rsidP="00071678">
+    <w:p w14:paraId="187F0A71" w14:textId="77777777" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00D47C18" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағылшын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D919BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC0529D" w14:textId="7A19FC7C" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="002743D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұрақты лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592E2866" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7BA7">
-[...68 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7481"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="8357"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="66C71E6D" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00891482" w:rsidRPr="00E34419" w14:paraId="7389AC65" w14:textId="77777777" w:rsidTr="001C148F">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="067EF7F5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="009E7BA7" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="5AD0C950" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E7BA7">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFB1B37" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="009E7BA7" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="16C7F05C" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E7BA7">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F4FE312" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+          <w:p w14:paraId="0F5CBB4A" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E7BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E32064" w:rsidRPr="009E7BA7">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бө</w:t>
+            </w:r>
+            <w:r w:rsidR="00287DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009E7BA7">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лімінің «Павлодар қаласының № 15</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="289F8BD7" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="4A6D85DC" w14:textId="77777777" w:rsidTr="001C148F">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7FE72338" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="03A78679" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="613F2390" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+          <w:p w14:paraId="4CDE7319" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>Местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E442DD8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00B148B5">
+          <w:p w14:paraId="0CF26731" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,        </w:t>
+            </w:r>
+            <w:r w:rsidR="00287DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-              <w:t>Чокина,32</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Павлодар қаласы, Шокин көшесі, 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="53934F42" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="65576C69" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="66B53890" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5147DEE1" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3E2D29" w14:textId="63542EF9" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00287DD0" w:rsidP="00891482">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 20-93-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 87776599941</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="1BD7C507" w14:textId="77777777" w:rsidTr="001C148F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0BC47ED1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="65E6F546" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C41C4E3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="685C654E" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>Номеров телефонов</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="522AEB57" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+          <w:p w14:paraId="3BA74A3C" w14:textId="060998DD" w:rsidR="00891482" w:rsidRPr="006A0E62" w:rsidRDefault="006A0E62" w:rsidP="00891482">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t>209310</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>15scool@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="3FF947DE" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D47C18" w14:paraId="648351DC" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="55546AF8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="3FAE603B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAE843D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0513D29C" w14:textId="5CAF5B2C" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00D47C18" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:r w:rsidR="00D919BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,5</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E34419" w14:paraId="119900A1" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE83EB0" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22989DB0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="14B9B0A5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>Адреса электронной почты</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E62A80" w14:textId="26485458" w:rsidR="00D77C62" w:rsidRPr="00184FA4" w:rsidRDefault="00184FA4" w:rsidP="00855F33">
+          <w:p w14:paraId="32BA6117" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>15scool@mail.ru</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332B7D35" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266F2988" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="6B673D8C" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="5E809D37" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5946E18B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="35B9D923" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...174 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1835B9" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="35CBD37B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D1B506" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="677CDF43" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8DF56A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00E34419" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">129 258,89 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0CC8D0" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">159 626,94 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E34419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E34419" w14:paraId="2D4D0835" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="071C3607" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6051655C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DAA6AD1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD09915" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C1A9793" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="468DAD92" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1335A790" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="44488617" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="228951B8" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="7B940198" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B56F5BB" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="7F40A9A6" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="321DE0D9" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="6EB941AF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F47BD79" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="5419C47E" w14:textId="55B3F6B3" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="006A0E62" w:rsidP="00834BCF">
             <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...132 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="21F8334A" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E34419" w14:paraId="34973363" w14:textId="77777777" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0910B738" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="780E0CAA" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...8 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61519BBC" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...21 lines deleted...]
-          <w:p w14:paraId="12D06493" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="4E08DE0D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FAF16BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="453B8226" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D371B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкеснысанбойыншаКонкурсқақатысутуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B0871D4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="16FCB516" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жекебасынкуәландыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлыққұжаттарсервисіненалынғанэлектрондықұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E03C70D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="77BBD931" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...7 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрлардыесепкеалубойыншатолтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жекеіспарағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақтытұрғылықтымекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыстелефондарыкөрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C882296" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердіңүлгілікбіліктіліксипаттамаларыменбекітілгенлауазымғақойылатынбіліктілікталаптарынасәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімітуралықұжаттардыңкөшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA3C304" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E7D20EE" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтаусаласындағыесепкеалуқұжаттамасыныңнысандарынбекітутуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтауминистрініңміндетінатқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығыменбекітілгеннысанбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулықжағдайытуралыанықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0165384F" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232DED1E" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33EE5724" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттауданөту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелерітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төменемес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктіліксанатыныңболуытуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5991CABE" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бо</w:t>
+            </w:r>
+            <w:r w:rsidR="00D371B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">йынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="491BC83B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DD627D" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00D371B9" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12) 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D183432" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00D371B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="7F1E1210" w14:textId="77777777" w:rsidTr="00D77C62">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="074FF315" w14:textId="77777777" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49D45135" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="279B32E9" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
-[...8 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="713C485A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="07FCD53D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE67B3">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30B08654" w14:textId="3B8C7AB0" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="00184FA4" w:rsidP="00785977">
+          <w:p w14:paraId="098D284E" w14:textId="0115E7C2" w:rsidR="00D478D0" w:rsidRPr="006A0E62" w:rsidRDefault="006A0E62" w:rsidP="00B475E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...266 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...711 lines deleted...]
-              <w:t>постоянно</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24740842" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRPr="00EE67B3" w:rsidRDefault="00D917D6">
-[...298 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="212D2FB1" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...252 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE0ED2D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5D8B6294" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EE67B3">
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F79131" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
-[...114 lines deleted...]
-    <w:p w14:paraId="248F0C67" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="4751BA55" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1155 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE67B3">
+    </w:p>
+    <w:p w14:paraId="25661E4E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE67B3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A55E7E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2825526A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="3826DE8B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE67B3">
+    </w:p>
+    <w:p w14:paraId="46343B02" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD76920" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="5CC8A4A0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...4169 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1860735B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidSect="00247927">
+    <w:p w14:paraId="47362CBF" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="045F6831" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2CDA3E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BD7070" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="188F5274" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5AF6D8" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BC99FB" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6C0009" w14:textId="77777777" w:rsidR="00505A52" w:rsidRPr="001F4BA9" w:rsidRDefault="00505A52" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00505A52" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -8778,54 +3434,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9096,843 +3752,807 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1238978153">
+  <w:num w:numId="1" w16cid:durableId="636646684">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="782698591">
+  <w:num w:numId="2" w16cid:durableId="924458430">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1145853037">
+  <w:num w:numId="3" w16cid:durableId="578172942">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1339885604">
+  <w:num w:numId="4" w16cid:durableId="899905418">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1886671445">
+  <w:num w:numId="5" w16cid:durableId="1948803320">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1951936477">
+  <w:num w:numId="6" w16cid:durableId="1256210064">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
-    <w:rsid w:val="000170B7"/>
     <w:rsid w:val="00024BDF"/>
-    <w:rsid w:val="00027E67"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00037A03"/>
+    <w:rsid w:val="00035993"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="00063C0D"/>
+    <w:rsid w:val="00063D77"/>
     <w:rsid w:val="00065B9B"/>
-    <w:rsid w:val="00071678"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
-    <w:rsid w:val="000A610D"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
-    <w:rsid w:val="00121D26"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="00175139"/>
+    <w:rsid w:val="00170F59"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00177D26"/>
     <w:rsid w:val="00183FF8"/>
-    <w:rsid w:val="00184FA4"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C23B4"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
-    <w:rsid w:val="002018D2"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="00211287"/>
-    <w:rsid w:val="00213146"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
-    <w:rsid w:val="00225A31"/>
-    <w:rsid w:val="00230D3C"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
-    <w:rsid w:val="00263397"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="002743D5"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00277BC7"/>
+    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
-    <w:rsid w:val="002846C9"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="0029406B"/>
+    <w:rsid w:val="00287DD0"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="00294646"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
-    <w:rsid w:val="002B4952"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00352942"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00360F7E"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
-    <w:rsid w:val="00375D13"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
-    <w:rsid w:val="003917E3"/>
     <w:rsid w:val="003920E0"/>
-    <w:rsid w:val="00392745"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1F91"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F62B0"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="00435795"/>
     <w:rsid w:val="00437A2D"/>
-    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
-    <w:rsid w:val="00451EB5"/>
     <w:rsid w:val="00452A41"/>
-    <w:rsid w:val="00455531"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
-    <w:rsid w:val="00476E49"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D0D1E"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00505A52"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005160CC"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="005216AE"/>
+    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
-    <w:rsid w:val="00523400"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
-    <w:rsid w:val="005A2E87"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005B25C3"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3E08"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="006016E4"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="00604B4C"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00634DBA"/>
+    <w:rsid w:val="00636D08"/>
+    <w:rsid w:val="00637085"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="006513D4"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670B1B"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
-    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0E62"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B5B70"/>
+    <w:rsid w:val="006B15F9"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006C6F9D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="0071431C"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00735A6A"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00756818"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00785977"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00795FB9"/>
     <w:rsid w:val="007A2085"/>
-    <w:rsid w:val="007A2C3E"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D1993"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007E3D91"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00833793"/>
+    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00840411"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="0085010B"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F33"/>
+    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891482"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
-    <w:rsid w:val="008A2F3C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008A76B3"/>
-    <w:rsid w:val="008B241F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008C48C3"/>
+    <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00905D5D"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00944B8C"/>
+    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="0098612F"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B5B5D"/>
     <w:rsid w:val="009C2DEB"/>
-    <w:rsid w:val="009C5A14"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E7BA7"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A1050E"/>
-    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
-    <w:rsid w:val="00A337E0"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD31E2"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE6408"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B148B5"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B651E7"/>
+    <w:rsid w:val="00B64CEB"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
-    <w:rsid w:val="00BA5524"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC7A18"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE5CDE"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BE6E56"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00BF7891"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C11B5E"/>
+    <w:rsid w:val="00C066CE"/>
+    <w:rsid w:val="00C159EF"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
-    <w:rsid w:val="00C4601C"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C53CC1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C6039D"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C7419F"/>
-    <w:rsid w:val="00C76EA2"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CD21B9"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D371B9"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47C18"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5571D"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D77C62"/>
-    <w:rsid w:val="00D82186"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
-    <w:rsid w:val="00D90938"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D917D6"/>
+    <w:rsid w:val="00D919BA"/>
+    <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB47BC"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
-    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E2088C"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E32064"/>
-    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E34419"/>
+    <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC40C9"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00ED6653"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EE67B3"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
-    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F54F84"/>
+    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F75E74"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F925D4"/>
-    <w:rsid w:val="00FA0627"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD7FF9"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE72F8"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="080E12BE"/>
-  <w15:docId w15:val="{665E421B-2530-4C43-A593-3ABC0E9C9020}"/>
+  <w14:docId w14:val="2F99EE8F"/>
+  <w15:docId w15:val="{090E9A26-7F20-47FB-8EE1-98E35487122E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10064,51 +4684,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10290,51 +4910,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A2E87"/>
+    <w:rsid w:val="00637085"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -10405,183 +5025,130 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-[...25 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="90006935">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1933468713">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10832,79 +5399,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{163B2C09-0381-4BF9-8DBD-E599B6F0A8EB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90BDC573-B168-4D19-AC31-50D0D80068F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11401</Characters>
+  <Pages>2</Pages>
+  <Words>643</Words>
+  <Characters>3671</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13375</CharactersWithSpaces>
+  <CharactersWithSpaces>4306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>