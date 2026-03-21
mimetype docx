--- v0 (2025-12-06)
+++ v1 (2026-03-21)
@@ -2,9826 +2,13673 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="0F55ADE8">
+    <w:p w14:paraId="34204E0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="495057"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">русским </w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">часов. </w:t>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C48AF39">
+    <w:p w14:paraId="32D2AE0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПРИМЕЧАНИЕ:</w:t>
+        <w:t xml:space="preserve"> «Павлодар қаласының М.Әлімбаев атындағы жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF9435D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орыс тілде оқытатын бастауыш сынып мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F18F59D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...181 lines deleted...]
-        <w:t>бумажном варианте</w:t>
+        <w:t xml:space="preserve"> - 16 сағат. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DBC9C1">
+    <w:p w14:paraId="13D70C8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ЕСКЕРТПЕ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Педагогтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>лауазымдарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>конкурсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>уақытша қағаз түрінде қабылданады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338DFAAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3426E95D">
+      <w:tr w14:paraId="6C051B7A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCC6AE0">
+          <w:p w14:paraId="5DE73200">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29ABD77A">
+          <w:p w14:paraId="6EB2319A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79FC0965">
+          <w:p w14:paraId="63DD0A51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени М.Алимбаева  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Әлімбаев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3C727E17">
+      <w:tr w14:paraId="2591D295">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9D17AE">
+          <w:p w14:paraId="67F63012">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD7CEA4">
+          <w:p w14:paraId="1D78B455">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1528AD18">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="61C59290">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">П.Васильева, строение №17/2 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, П.Васильева көшесі, 17/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="10E19E6E">
+      <w:tr w14:paraId="317890BA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3AEE36">
+          <w:p w14:paraId="5971D0E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CF81F7">
+          <w:p w14:paraId="1D1B0DDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23824D01">
+          <w:p w14:paraId="7E0996D6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3E2C7DAD">
+      <w:tr w14:paraId="5D1E90E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="189DD847">
+          <w:p w14:paraId="1BE02673">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5617F88D">
+          <w:p w14:paraId="73B783B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F840C7F">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="7994F2BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
-[...4 lines deleted...]
-              <w:t>alimbaeva@goo.edu.kz</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>alimbaeva</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2DE3E772">
+      <w:tr w14:paraId="746D686F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="38BB33CD">
+          <w:p w14:paraId="3373825F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7948F61C">
+          <w:p w14:paraId="539C5C94">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF22816">
+          <w:p w14:paraId="23799E49">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:bCs/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">русским </w:t>
-[...29 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілде оқытатын бастауыш сынып мұғалімі, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A79C82">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5363F525">
+      <w:tr w14:paraId="4C7DE717">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="731AF20A">
+          <w:p w14:paraId="0916CDF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671821AC">
+          <w:p w14:paraId="13041903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CB39E5">
+          <w:p w14:paraId="3114B6DD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="31B4B916">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E189D9A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="6472BE5E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DAC12F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="6030D731">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AE580D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="3E53CBB7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1605065D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="6540FCA7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342C83C8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="7686D7DA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="489616F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="3D2B2760">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      журналдарды (қағаз немесе электрондық)толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EDB5CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...595 lines deleted...]
-              <w:t xml:space="preserve"> прививает антикоррупционную культуру,</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="756753C9">
+      <w:tr w14:paraId="27D4BA6F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w14:paraId="03A109D7">
+          <w:p w14:paraId="4631ABFA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4CADFE">
+          <w:p w14:paraId="20852ACD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10945C7A">
+          <w:p w14:paraId="6AB41F07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="36FBBB55">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A973FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>- высшее образование (min): от 145115 тенге</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 145115 т. бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4592EF25">
+      <w:tr w14:paraId="113D5ABD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D08DC84">
+          <w:p w14:paraId="65E3F850">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B6B1E5">
-[...22 lines deleted...]
-          <w:p w14:paraId="1DAB7696">
+          <w:p w14:paraId="7C816E87">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Үміткерге қойылатын педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE24202">
+          <w:p w14:paraId="5CA95222">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...45 lines deleted...]
-          <w:p w14:paraId="57AC4D67">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3547BE86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="6C6797EB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42220D8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...38 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="687A3D77">
+      <w:tr w14:paraId="73A8DB5C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6B82AD">
+          <w:p w14:paraId="79847979">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFE37D2">
+          <w:p w14:paraId="77E12874">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="385CCCA6">
-[...96 lines deleted...]
-          <w:p w14:paraId="4B5E5A93">
+          <w:p w14:paraId="4E8629E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="38"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="01E21AB2">
+      <w:tr w14:paraId="228D89CE">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3736CF7F">
+          <w:p w14:paraId="5E942D40">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7DEE5C">
+          <w:p w14:paraId="715B6956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3F983E">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F2E3135">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36FFA767">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z169"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="55FBEFDE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z170"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="16C4F197">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z171"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...112 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="2BFACE68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z172"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+          <w:p w14:paraId="0C1E27EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      6) "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ДСМ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4304C4F7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z174"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      7) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="310A9B75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z175"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="208183BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z176"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      9) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="186418F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z177"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шекті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90% </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Celta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>интернетке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>негізделген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IWT)) - 60-65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>керек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="04840D3A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z178"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...62 lines deleted...]
-            <w:bookmarkEnd w:id="36"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="6D161DB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       12) 11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="542BF09D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z180"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      13) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тәжірибе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 x 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="04B04683">
+      <w:tr w14:paraId="6702B6BF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C7346B">
+          <w:p w14:paraId="5AFF8334">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="198565A5">
-            <w:pPr>
+          <w:p w14:paraId="1B642F2E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1173995A">
+          <w:p w14:paraId="4F36BA37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>На постоянной основе</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="_Hlk110257937"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36FA1991">
-[...498 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1725F75C">
+      <w:tr w14:paraId="56FACBB3">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5664" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="429A6427">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A4BF8A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07E3D67F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z207"/>
+    </w:p>
+    <w:p w14:paraId="77D24592">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="518612A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FF8BBB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="145378E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55886BA5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5E62C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="095F01C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BCDDBFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2886AF01">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B4052E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D50A6CE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="534C7E03">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4172B64D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A7048DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637B9711">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF5CE70">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113F324A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77659BB3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0E6597">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533B26A7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B6B8117">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3321CAD3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="6FE22C38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36895759">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2BCDD7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333605F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319CE6FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазіргі кезде ________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68721BC5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2990A153">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7033F53C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1250DAE6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3161"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="49F094FA">
         <w:tblPrEx>
           <w:tblBorders>
-            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...2 lines deleted...]
-            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="781" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71BFEFB9">
-[...13 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7444FF08">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0D177F">
-[...140 lines deleted...]
-              <w:t>Форма</w:t>
+          <w:p w14:paraId="6ED6230D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC0965E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="977"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:right="2037"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...709 lines deleted...]
-      <w:tr w14:paraId="21B73867">
+      <w:tr w14:paraId="3F4D2C79">
         <w:tblPrEx>
           <w:tblBorders>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="760" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD5C290">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="403FEF30">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5819C094">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB25903">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7BD80276">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="615C07E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="698FD3E9">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="417EB2B9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5AE37C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="243B82A5">
+    </w:tbl>
+    <w:p w14:paraId="4FA54235">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C35578">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A2C793">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="05292BE2">
         <w:tblPrEx>
           <w:tblBorders>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="749" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67829928">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3CDFE19F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="076C8078">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6259D215">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622F59FA">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="03362C35">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24D5292B">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="2115DAE8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C73BD17">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4930E5DC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E881CAD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D3808F3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49966D53">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5858DE2A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E769602">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E9A5C00">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1734A4A7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="523DA9A1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A50695D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6471C8E8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2144CA58">
+    <w:p w14:paraId="7F2C65B9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
-[...24 lines deleted...]
-        <w:t>_____________</w:t>
+        <w:t>   Мынадай жұмыс нәтижелерім бар: ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1ED24F">
+    <w:p w14:paraId="760D1E51">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF242FC">
+    <w:p w14:paraId="7A163775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Стаж педагогической работы:</w:t>
-[...24 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E64BEAC">
+    <w:p w14:paraId="3063111D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Имею следующие результаты работы:</w:t>
-[...16 lines deleted...]
-        <w:t>__________________________________________________</w:t>
+        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6C50AC">
+    <w:p w14:paraId="2249CC17">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>      (ТАӘ (бар болса)) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7325DA8E">
+    <w:p w14:paraId="6B65E96B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...68 lines deleted...]
-        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>"____"______________20___жыл __________ /қолы/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F10301C">
-[...259 lines deleted...]
-    <w:p w14:paraId="0267104F">
+    <w:p w14:paraId="50D10469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506009E7">
-[...9 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6167"/>
-        <w:gridCol w:w="3898"/>
+        <w:gridCol w:w="6172"/>
+        <w:gridCol w:w="3893"/>
       </w:tblGrid>
-      <w:tr w14:paraId="6052F90B">
+      <w:tr w14:paraId="581B7AF9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3229C487">
+          <w:p w14:paraId="2C58636B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E201548">
+          <w:p w14:paraId="21F54476">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">образования </w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4E2EDA53">
+      <w:tr w14:paraId="79B088A3">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E633B0">
+          <w:p w14:paraId="14D87D9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3085C9AE">
+          <w:p w14:paraId="27600CE2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3123A5B6">
+    <w:p w14:paraId="1CE150C0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="z364"/>
+      <w:bookmarkStart w:id="12" w:name="z234"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t xml:space="preserve"> Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="632178D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve"> _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C42A68">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
-[...13 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t xml:space="preserve"> (Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
         <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w14:paraId="266D197F">
+      <w:tr w14:paraId="38C17207">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6875DAEB">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="266E8A53">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73436DF2">
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="0682E592">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCB64F2">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+          <w:p w14:paraId="59BC3587">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3683B33C">
-[...63 lines deleted...]
-              <w:t>Баллы кандидата</w:t>
+          <w:p w14:paraId="43A7F908">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE7A9D6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4B06AD12">
+      <w:tr w14:paraId="578F891A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DEB3584">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="025095B0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B646EDB">
-[...16 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="51E92A7A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7FF194">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="04E64CC9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD204D8">
-[...110 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4EF050A5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB65EA8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8F6F2E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары үздік = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774E3E8F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="70DDF9E9">
+      <w:tr w14:paraId="74FE5E63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C79AA40">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="3D57B3BD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="443201CC">
-[...16 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="4C3AD0E8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC1DFFC">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="763359F8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185E2A9B">
-[...13 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="414B587A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...63 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429012EB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C13032A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="58E4F7F3">
+      <w:tr w14:paraId="493A4ED0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="067F77A7">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="61ED47EC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32581CC5">
-[...14 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="1F8D4390">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDC92FD">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="595F8C99">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="558CFCD6">
-[...38 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5925E760">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="560B6C6F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E362F29">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F86E6A3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64841B54">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E34DFC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының үшінші біліктілік санатындағы орынбасары = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14274B27">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының екінші біліктілік санатындағы орынбасары = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="184A867C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының бірінші біліктілік санатындағы орынбасары = 7 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="629D24CF">
+      <w:tr w14:paraId="2E04C2D8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C791D7">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="295654DE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25939210">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+          <w:p w14:paraId="12451105">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9DFDB3">
-[...16 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="1147DDC3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін алмастыратын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6F900D">
-[...146 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3EB3B356">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі 2 жылға дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4823BCBF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі екі жылдан көп = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4BF066">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі 2 жылға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E07E9B8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі екі жылдан көп = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11BB3C8B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылға дейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="207C918C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылдан көп = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6D333F43">
+      <w:tr w14:paraId="348020E0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6BBCDC">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="2EFFEE98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725D38C4">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+          <w:p w14:paraId="5A5D66A0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34301867">
-[...14 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="5223025C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F8AEDF">
-[...74 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="25441688">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2B3FC407">
+      <w:tr w14:paraId="286792B3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34C7E17D">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="06AA8BC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18E17CC9">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+          <w:p w14:paraId="02CF1C95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағы кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="680B92EF">
-[...14 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="7661D150">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4628C096">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7119E8BA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="258006D4">
-[...58 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="27E34634">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFCC686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19359170">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2) ғылыми жобалар: қалалық/аудандық = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD07F56">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E8C6A3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3) "Үздік педагог" конкурсына қатысушы = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5120812F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4) "Үздік педагог" конкурсының жеңімпазы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F790B2A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5) "Қазақстанның еңбек сіңірген ұстазы" медалінің иегері = 10 балл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="26D88653">
+      <w:tr w14:paraId="70C3FDAB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CD6DED">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="5B111366">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35ED3F91">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+          <w:p w14:paraId="3731004C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7718B3D8">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+          <w:p w14:paraId="3C7876E8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-авторлық жұмыстары мен жарияланымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="394B6C08">
-[...56 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1DCB85B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2A423E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="630EB77D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5ED2E7BA">
+      <w:tr w14:paraId="37A386B7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44FA8F1D">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="36BC7533">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="478F3A17">
-[...16 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="1C397402">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32A4DFFD">
-[...52 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="1EE70ED6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7DBA55">
-[...128 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2755DC41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78FF8306">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16028960">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>екі тілде сабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63CE5A25">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B43A3F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="76F5EEC0">
+      <w:tr w14:paraId="0D2A0942">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5A691B">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="13F02B61">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250345FC">
-[...16 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="76209635">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E49C622">
-[...16 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="0EFE4FCF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- пәндік даярлық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8B6DCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F4B856">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B76D7A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE4C9AC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612B0467">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A2A90D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" бағдарламалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E97B3FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E849247">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0894F3E3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AA90D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A2CF88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AE9BF09">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB342CD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590CC311">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708A7FAC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0180A748">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEEC06E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A38D89">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B73717">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F6A983">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617B8890">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C222A57">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B9DD97">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D4DF6F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347DE6D9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE8DD12">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA2A4C1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="596D77A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсы на платформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DE4C50">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A533CF6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A27177E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F7DACA">
-[...91 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0D74B8A6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары = 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6E9DF596">
+      <w:tr w14:paraId="45BE99D6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="4011" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4B505C">
-[...16 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w14:paraId="6C6CB9E4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2D6B47">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="66642B30">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="332EAA76">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="01739C76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF2E1EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6172"/>
+        <w:gridCol w:w="3893"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="6B06E10D">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEE58AA">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+          <w:p w14:paraId="5F8955EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D219778">
-[...86 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="4AC1F499">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2A69182B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCB80D4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7921DB2D">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4B738394">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="716FE217">
+    </w:tbl>
+    <w:p w14:paraId="31E62DDC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z236"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="7C1B7C3D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F8E1AD">
-[...16 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w14:paraId="0D3B9B05">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72F59E48">
-[...16 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="2D6FB392">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10337F9C">
-[...768 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+          <w:p w14:paraId="09DC30B0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A99AC5E">
-[...112 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4E1472FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51CB58C0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2BD575E8">
+      <w:tr w14:paraId="6C84A1AA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2292136F">
-[...16 lines deleted...]
-              <w:t>12.</w:t>
+          <w:p w14:paraId="4C3B78AF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14AF5AE0">
-[...31 lines deleted...]
-              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="17D83CDD">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78524006">
-[...14 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="254D05C7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D07AAC1">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45195507">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D114C7B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік үздік = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3485ED5F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB974E4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5C8466CF">
+      <w:tr w14:paraId="7BCE6E09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7F29A4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569B4928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28EA37E4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5427624F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D97298E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08239E22">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="090AA9D9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="625F20D8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2EF0A4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан өту нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2888565E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722749C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712D36AA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06782A4E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0DD50889">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="232021F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9EAD52">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Педагогикалық/ кәсіби практика нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39708758">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B92580">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09B33C39">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A58C15">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="016153B8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2498D3B1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="303B66FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнынан ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5C35B9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="525DAFD5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="7F54CB53">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7847B504">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEE12E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Волонтерлік жұмысқа қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3088AA42">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="264D1CE6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6282A50A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FABA104">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AD7383">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы бар интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED31411">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2985B0B4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 жылға дейін -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642BF2EF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="366C0EA8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 жылдан жоғары -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1E18A3F0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7CAF0D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D36925B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ADB268">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D9F719">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="061B6FA0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D936024">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="694BE9A2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25055C18">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қатысу құжаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58909CAE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="664E4DE7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54006BDB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="083F0F86">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; Goethe Zertifikat сертификаттары, "Python бағдарламаның негіздері", "Microsoftта жұмыс істеуге үйрету" бағдарламалары бойынша оқыту </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F64D84">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604CFD1F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A293FE9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E821B45">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3ADF8F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70EE2240">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67EDFE35">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C791EAB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD001D7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F6F9DB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A6C1BA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсына бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3C400170">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4011" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD7A651">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="0B05B2C0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="CFCFCF" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4782C20E">
-[...39 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="7ABAFFC4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C19458F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="281CCF0F">
+    <w:p w14:paraId="1141A291">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4501DFA2">
+    <w:p w14:paraId="38A6C58B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...35 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
@@ -9873,66 +13720,52 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="86"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...12 lines deleted...]
-    <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="02000505000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="20000001" w:csb1="00000000"/>
   </w:font>
@@ -9969,760 +13802,793 @@
   <w:zoom w:percent="90"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037146"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B2B5D"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
-    <w:rsid w:val="000E3390"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00126CE2"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E5831"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="0023504A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="0025728D"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
-    <w:rsid w:val="00385CF8"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D0D40"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
-    <w:rsid w:val="003D5ADF"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00425886"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="0044336F"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
-    <w:rsid w:val="004C087F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
-    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="00657484"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00682985"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700ADC"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00711467"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
-    <w:rsid w:val="00772578"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3856"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007D36EC"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D7AD9"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007E5374"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F5A19"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A18FB"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009729E6"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F12D5"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A206B1"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A3479B"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A63866"/>
+    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A860CE"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B21C01"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C1099D"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C4160E"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
+    <w:rsid w:val="00C73522"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C82EF9"/>
+    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC17EB"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CE5731"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D065C9"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC72CA"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E1572D"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E30A3C"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
-    <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="31120BD3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="67FB5873"/>
+    <w:rsid w:val="0D182DBD"/>
+    <w:rsid w:val="40B21F86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
@@ -10749,163 +14615,163 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:uiPriority="1" w:semiHidden="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="No Spacing"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="hlink"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
@@ -10999,64 +14865,50 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="11">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -11313,68 +15165,69 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDD8E153-385A-4924-A554-963219252EEF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31E24C4B-05D4-4793-B399-6FA3F75AF9A0}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Pages>8</Pages>
-[...3 lines deleted...]
-  <Paragraphs>32</Paragraphs>
+  <Company>SPecialiST RePack</Company>
+  <Pages>7</Pages>
+  <Words>2152</Words>
+  <Characters>12273</Characters>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16166</CharactersWithSpaces>
+  <CharactersWithSpaces>14397</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.21931_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>2E26CC89CBC94741BA4962616828C466_13</vt:lpwstr>
+    <vt:lpwstr>AD7CD3DAEF6E4FD5A3E9A7FA589A0259_13</vt:lpwstr>
   </property>
 </Properties>
 </file>