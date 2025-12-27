--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,12604 +1,10303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="102F7052" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="6360634E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
-[...89 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="06F4B270" w14:textId="14095A3F" w:rsidR="00B00E9A" w:rsidRDefault="00A31917" w:rsidP="00B00E9A">
+    <w:p w14:paraId="03CE8872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...82 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="746E3273" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00E41FA4" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
+    <w:p w14:paraId="2555407A" w14:textId="4F6BFF50" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>КГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Кенжекольская с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редняя общеобразовательная школа  города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8343F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>русского языка и литературы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>в классах с</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>о смешанным</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="32BBF197" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="52975199" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12224D27" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F67A3A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00E23E0F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC18D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенжекольская с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">редняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="30A079A3" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6F30049F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="202E2EA4" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C00C31" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00BC18D5" w:rsidRDefault="00A40329" w:rsidP="00873C6B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC18D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">село Кенжеколь, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC18D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата Заң</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC18D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,  строение 1/7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="69244E10" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="176720C8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6165D5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="358C79AA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC18D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35-34-61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="2BA68C8C" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="30D3BDD0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4625B405" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F780D64" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00BC18D5" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2F11" w:rsidRPr="00EB2F11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="61CC0BE3" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6A9AD2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C23A77" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6149A857" w14:textId="145E9376" w:rsidR="00A40329" w:rsidRPr="00BC18D5" w:rsidRDefault="00A74D26" w:rsidP="00E8343F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8343F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8343F" w:rsidRPr="00E8343F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003143FA" w:rsidRPr="00E8343F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="46F549AA" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF0EE16" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EAAE0B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A238CC7" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DC6B4A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="730CA3D0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00821DF7" w14:paraId="57FBE388" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4B17D633" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C813B64" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D05581" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00260194" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376CF82D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00872C2F" w:rsidRDefault="00260194" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00821DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>85653</w:t>
+            </w:r>
+            <w:r w:rsidR="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A79A6AB" w14:textId="3367856D" w:rsidR="00A40329" w:rsidRPr="00260194" w:rsidRDefault="00A40329" w:rsidP="00821DF7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>181394</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00260194" w:rsidRPr="00872C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="1275E9A9" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7554CA72" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E762C9" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57C59E19" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534F0032" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="000B74EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C75336" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00276140">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CFF850" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="001F4BA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="4E20669B" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5091AEA4" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE5B6E5" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA66FEB" w14:textId="31A74676" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="003B65BE" w:rsidP="004767B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="003143FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003143FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="5554FB61" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0D3926" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="008D234C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325655C6" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35256725" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по форме согласно приложению 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F2C497" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6CC000" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="190EB69D" w14:textId="657A5343" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64806D1D" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DE6E7B3" w14:textId="37809779" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>по форме</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F" w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 075/у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F" w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>а также инструкций по их заполнению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5382AA" w14:textId="47F21199" w:rsidR="00BF0E89" w:rsidRPr="001A386F" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справ</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ка об отсутствии </w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F" w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамического наблюдения больных с психическими поведенческими расстройствами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C875EC" w14:textId="7EAAB9E5" w:rsidR="00BF0E89" w:rsidRPr="001A386F" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справк</w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а об отсутствии </w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F" w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамического наблюдения наркологических больных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0960A120" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">категории </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B9F8783" w14:textId="58F935B3" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8343F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации</w:t>
+            </w:r>
+            <w:r w:rsidR="003259A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>по предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="121E9F02" w14:textId="169357D9" w:rsidR="00BF0E89" w:rsidRPr="00B97888" w:rsidRDefault="00BF0E89" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003259A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по форме согласно </w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r w:rsidR="003259A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,1</w:t>
+            </w:r>
+            <w:r w:rsidR="003259A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC6D137" w14:textId="1AEB6D6F" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00C91DC4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003259A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="383C8E42" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="429255B8" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
-      <w:pPr>
+    <w:p w14:paraId="062A4189" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1E20EA28" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00790B31" w14:paraId="24C975BA" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC3BBA6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4302B535" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EE8D4A" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FAF4453" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DCE1F7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D5BB50" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F7FCC32" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FB6390F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0043153B" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB7E224" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656B7C48" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678BC413" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EDF8A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0038586E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F68D9C8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7477D9FE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F2EDB8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66967CD7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36402B82" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D1E72D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9E9817" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583D9607" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB1650E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297EB41C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD070D5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63859356" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1672431B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я, адрес (область, район, город/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388515C3" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A0A118" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01510BF6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D44819C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682CFBB6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C169BF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3702807B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7607BC15" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00790B31" w14:paraId="02E37993" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C763D2" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="794D423B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F2D48F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D146FE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389D5E55" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0838B77A" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00790B31" w14:paraId="4355D1BA" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBB9CFE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1782BD01" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D999C2B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5908D810" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E5BA655" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D08FBF2" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификационной категории (дата </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB6506D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09383374" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1A920D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3261DD4E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F73D858" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A3F8E19" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A31917" w14:paraId="0E03B5F5" w14:textId="77777777" w:rsidTr="009540D9">
-[...65 lines deleted...]
-          <w:p w14:paraId="65732949" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
+      <w:tr w:rsidR="00B97888" w14:paraId="4A2C3E22" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="033B1EBE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E170158" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidR="00E41FA4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогический </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239B47CB" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж государственной  службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="171DF16B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C351F6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В данной организации образования в том числе должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A31917" w14:paraId="0DAE8548" w14:textId="77777777" w:rsidTr="009540D9">
-[...72 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+      <w:tr w:rsidR="00B97888" w14:paraId="758E5983" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E586A42" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F11987" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6D28AE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E41FA4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BE96D9" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...72 lines deleted...]
-              </w:tabs>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ADAB37" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...2213 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22B378BF" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="710CE315" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16709D6F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79546817" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362A201C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091E9F6D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D6D67C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEF5499" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A8D4DAB" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E97C06" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D47E963" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD17ACA" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51609317" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F7AF01" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39015E14" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="004D07D1" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0482FF42" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2082">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30874BB0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="516F6811" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00CF2082" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2082">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан  “ О персональных данных и их защите» даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерсональных данных (для использо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2082">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вания фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F838CE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00CF2082" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2082">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я согласен (-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A80E82" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00CF2082" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04413246" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54325EE1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии))   (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6EB818" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51993D85" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A2C02EA" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="7ED9F81F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B7C0592" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="0B10B12E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1A69E530" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B8A341B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8337"/>
-        <w:gridCol w:w="5043"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00816949" w:rsidRPr="00A31917" w14:paraId="1EC67969" w14:textId="77777777" w:rsidTr="00AD4371">
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="6CC7345A" w14:textId="77777777" w:rsidTr="00350F2D">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="3420" w:type="dxa"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFDEF90" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...176 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BDC359D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...161 lines deleted...]
-              <w:t>байланыс телефоны</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A019AC2" w14:textId="34A7EE42" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163" w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9ACC54" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9DBA23" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FAA1DE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A206A43" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3899510D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00D522D7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D522D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3367B57A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="313053F0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CA9E0B0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...7 lines deleted...]
-          <w:spacing w:val="2"/>
+    <w:p w14:paraId="2610DFC0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со стажем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Мені _______________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1D91D6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...20 lines deleted...]
-        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+    <w:p w14:paraId="7064A01D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657086AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...166 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5F5F70CB" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-        </w:tblBorders>
-[...1285 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="395"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="426B17A8" w14:textId="77777777" w:rsidTr="00AD4371">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="363F153D" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="795D2FEB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="6B770A1D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0704487B" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="50CBE9BA" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A5D3EC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="39D273B1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59AD0F16" w14:textId="35F01767" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(от 1 до </w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Баға</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F28AB43" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="5E570E5E" w14:textId="77777777" w:rsidTr="00AD4371">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="12C79FBD" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="217758F5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="2D1E8E37" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0842B1A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01A5BC5F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E38292E" w14:textId="17AD2C83" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ехническое и профессиональное </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B90AB0B" w14:textId="1736E86B" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ысшее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57FEA86D" w14:textId="2E7CFF74" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ысшее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с отличием </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9038DC" w14:textId="6558A63D" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE232E7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="56BEB2A2" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A9C6912" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="0F47C4A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F9D25" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D77CEF9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="3C4C7EEA" w14:textId="08C4901A" w:rsidR="00B97888" w:rsidRPr="007C2163" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163" w:rsidRPr="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аттестат о присвоении ученного звания </w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163" w:rsidRPr="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ученной степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="566F82C9" w14:textId="4B25ADCF" w:rsidR="007C2163" w:rsidRPr="007C2163" w:rsidRDefault="007C2163" w:rsidP="00A5710B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук-15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DD0BC1" w14:textId="6BEC5E6F" w:rsidR="00A5710B" w:rsidRPr="00A5710B" w:rsidRDefault="00B97888" w:rsidP="00A5710B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B" w:rsidRPr="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B" w:rsidRPr="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B" w:rsidRPr="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DADB51E" w14:textId="616E44AB" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00A5710B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">доктор </w:t>
+            </w:r>
+            <w:r w:rsidR="00A5710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B593005" w14:textId="2579C26F" w:rsidR="00A5710B" w:rsidRPr="00B25802" w:rsidRDefault="00A5710B" w:rsidP="00A5710B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Магистр по педагогическому направлению-          5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0794138D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="2A4B90D8" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CD7C358" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C6E06A6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1401D591" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256AC530" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1B8E0B" w14:textId="4C8D01FE" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z613"/>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="1824FA0A" w14:textId="6CD9FB51" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератор </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D991464" w14:textId="0A361AA4" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-эксперт </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54B03A76" w14:textId="290034AB" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07BF9D8F" w14:textId="64EF28F2" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-мастер </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0C1E83" w14:textId="76960F13" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"заместитель ру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ководителя третьей квалификационной категории" </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 баллов, "заместитель руководителя второй квалификационной категории" </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 баллов, "заместитель руководителя первой квалификационной категории" </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FB5DD5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="5A7567DB" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3000677E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A8F0905" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C59B9CA" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19396456" w14:textId="0F7F812B" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="z623"/>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методист, стаж в должности до двух лет </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="49CAE4B9" w14:textId="2A258F15" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более двух лет</w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07B570DE" w14:textId="1AE47E5B" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора стаж в должности до двух </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B79817" w14:textId="415D9D61" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора стаж в должности более двух лет </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C5280F9" w14:textId="74828DD0" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор стаж в должности до двух лет </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642AA965" w14:textId="531E8794" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор стаж в должности более двух лет </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B178D5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="71111767" w14:textId="77777777" w:rsidTr="00AD4371">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="30A138A6" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CCF151F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w14:paraId="651E2CA6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51A3D251" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14C84A7D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо (по должности педагога </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DE67D0" w14:textId="471D66AC" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09417E91" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="7F6C1856" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34070615" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C811BF0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (за последние 5лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50198487" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFE0DAD" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165F8F80" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B10D978" w14:textId="6D9820E7" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) призеры городских/районных олимпиад и конкурсов </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0073C4BD" w14:textId="5A1CA1E4" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">областных </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 балл, республиканских </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 балла, международных </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744F28C0" w14:textId="77B47418" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) научных проектов: городской/районный </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BDB4065" w14:textId="38640384" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) участник конкурса "Лучший педагог" </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="148FB354" w14:textId="264B78BF" w:rsidR="00A872D3" w:rsidRPr="00A872D3" w:rsidRDefault="00B97888" w:rsidP="00A872D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) призер конкурса "Лучший педагог" </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DF5FD3" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="0593B977" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="62BC50F8" w14:textId="3C580F51" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D7B26E3" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="288FC8C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F164CF1" w14:textId="64408043" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наставник </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05927A71" w14:textId="7069E019" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руковод</w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>итель методического объединения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="040FB55E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66BF5CCC" w14:textId="1950791C" w:rsidR="00763811" w:rsidRPr="0020641A" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5657E908" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B672D9" w14:paraId="47A5ECBF" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F3ED0BE" w14:textId="317D1B0D" w:rsidR="00B97888" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77DAB993" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AE3236C" w14:textId="2B6F6481" w:rsidR="00B97888" w:rsidRPr="00763811" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> QAZAQ RESMI- TEST; IELTS; TOEFL; DELF; - GoetheZertifikat, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Python», «</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft» </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCC9EA6" w14:textId="7D10CAB5" w:rsidR="00763811" w:rsidRPr="00B672D9" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EF3A39" w14:textId="576721C8" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балла (каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F99502F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B672D9" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="141FB498" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F6A3275" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="437834C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2545" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E4F70F6" w14:textId="0CF7C0C7" w:rsidR="00816949" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
-[...3292 lines deleted...]
-          <w:p w14:paraId="400258E5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+          <w:p w14:paraId="758D8484" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="3519103A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5121AE11" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30C324DD" w14:textId="7B5A0489" w:rsidR="00816949" w:rsidRDefault="00F16E36" w:rsidP="00816949">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    <w:p w14:paraId="1F5FECB5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A2CC98" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00B97888" w:rsidP="00763811">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z699"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763811">
+        <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02092E68" w14:textId="7E656A0F" w:rsidR="00B97888" w:rsidRDefault="00763811" w:rsidP="00763811">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>ЕСКЕРТПЕ: * 6-тармақта жеңімпаздар санына қарамастан, соңғы 3 (үш) жылдағы - олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық – 2 балл, халықаралық – 3 балл; - ғылыми жобалар: қалалық/аудандық – 1 балл, облыстық – 1 балл, республикалық – 2 балл, халықаралық – тиісінше 3 балл; - республикалық олимпиадалар мен конкурстардың жүлдегерлері – 3 балл. ** 8-тармақта соңғы 3 (үш) жылдағы біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары – 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+        <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97888">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97888">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>(три) года – 0,5 балл (за каждый отдельно).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1F582D" w14:textId="77777777" w:rsidR="00F16E36" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00816949">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2DEC3B22" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00763811">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="6051"/>
+        <w:gridCol w:w="3900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="445368C8" w14:textId="77777777" w:rsidTr="00AD4371">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B97888" w:rsidRPr="000A7922" w14:paraId="1F427867" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...21 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354600D5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D66B733" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C5B27E8" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F85BD1E" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16EDC730" w14:textId="77777777" w:rsidR="003259A1" w:rsidRDefault="003259A1" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C5684BC" w14:textId="77777777" w:rsidR="003259A1" w:rsidRDefault="003259A1" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="599AB5EF" w14:textId="3AFF39BB" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00763811">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="3C616864" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5411D471" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0FE8C3" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EE79C98" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+    <w:p w14:paraId="7FEE9F36" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A7922">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную или временно вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005EE77D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E3461B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="266F5693" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+    <w:p w14:paraId="51054D48" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...35 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="533"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="2382"/>
+        <w:gridCol w:w="3997"/>
+        <w:gridCol w:w="954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00816949" w:rsidRPr="00A31917" w14:paraId="245E18CF" w14:textId="77777777" w:rsidTr="00AD4371">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00B97888" w14:paraId="03A4BE21" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5372925B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6586AC" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC579D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EA07DE" w14:textId="38AE5B9C" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(от 1 до </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383C7D6E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="009C146B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="75AE067E" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="621EB14F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E84FBD0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBD4BC7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F10FCBE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z712"/>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="69BCCAA1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB678E1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="154802EB" w14:textId="5D8049AC" w:rsidR="00F523E7" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее с отличие 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A4A72C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="1260BDA7" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303C02DD" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0946B221" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782C474B" w14:textId="107121A3" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E7" w:rsidRPr="00F523E7">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="742742CE" w14:textId="4E78F81B" w:rsidR="00B97888" w:rsidRPr="00F523E7" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доктор наук – 15 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат наук, доктор PhD, доктор по профилю - 10 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B97AB1" w14:textId="5F242ED9" w:rsidR="00F523E7" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA4C684" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="1BBDABDC" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24586159" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9B5737" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6DC88C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB38E88" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z727"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="2C6FD1FF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D7EE44" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDC7D3E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="09ACD57B" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676E5F8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A614D23" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D8FCB9" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C642A36" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z734"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="19B42DC4" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4" - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304C6B01" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB1E50B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="6F2F38AC" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4686742C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F23A76F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с места учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DB12F0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40722AD9" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E2A05E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="76839738" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="019E0883" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B93DF7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8B054C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F570E6A" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D0B384" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="4A8CA330" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314D33BF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C6F3EF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="608917F3" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0668B67F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z751"/>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="7A2DEB38" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA5AF51" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45438686" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="4A0A2EFB" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="105D407B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="647F7291" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="085B143F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29247A1F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="776DCACE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="1E678CB4" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B92DA0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72180FD0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2023A3B6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="124C4E6B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1469156C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B97888" w14:paraId="23808AE0" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058D9F46" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2523F7A7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие сертификатов КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE0967C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>лауазымдарға тағайындау,</w:t>
-[...48 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FA0491" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338DE959" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="663DB76C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68B29DFF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="276431D4" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D864F6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA60E22" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3678DCE2" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55BE9C39" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7C138C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F06975D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6793B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE9726D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D77672" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7922">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE7CBC1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816949" w:rsidRPr="00A31917" w14:paraId="051FE9E0" w14:textId="77777777" w:rsidTr="00AD4371">
-[...64 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B97888" w14:paraId="0D975005" w14:textId="77777777" w:rsidTr="00350F2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155C6C19" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15ABC1D1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИТОГО:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79373462" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E17C0D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4660E0A7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="345BE32F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...8 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w14:paraId="00E59222" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="009C146B" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00816949">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...2754 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0223CC51" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="17E616D9" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3261E81D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71073D59" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="711277B6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DC97A37" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="6C876422" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7562659F" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="21195ADF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AE17634" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="64BFF3DA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16808308" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="32FAE00B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B2F9116" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="5D71C469" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ADDE843" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="7088D5BF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E242210" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4C7CE5EA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3BA3D8" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="6E8D20A4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A095BC1" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="372A1D3A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2411BD21" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="65B01867" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57914F70" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00816949">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2FA51B8F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CA15B38" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
-[...479 lines deleted...]
-    <w:sectPr w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -13270,900 +10969,812 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="738483399">
+  <w:num w:numId="1" w16cid:durableId="321474823">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="758865713">
+  <w:num w:numId="2" w16cid:durableId="759108360">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="836534078">
+  <w:num w:numId="3" w16cid:durableId="250898443">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="936017030">
+  <w:num w:numId="4" w16cid:durableId="967929200">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1562909480">
+  <w:num w:numId="5" w16cid:durableId="1843616453">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1691102995">
+  <w:num w:numId="6" w16cid:durableId="527185877">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
-    <w:rsid w:val="000A2B82"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
-    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
-    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00286A2F"/>
-    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
-    <w:rsid w:val="002B3FF7"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D0A49"/>
     <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
-    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
-    <w:rsid w:val="002F0038"/>
-    <w:rsid w:val="002F3553"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003259A1"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B65BE"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
+    <w:rsid w:val="004767B0"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
-    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="00661339"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
-    <w:rsid w:val="0075257A"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="00780A27"/>
+    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C2163"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C6FBA"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B32EA"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
-    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
-    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25A42"/>
-    <w:rsid w:val="00A27C55"/>
     <w:rsid w:val="00A3160D"/>
-    <w:rsid w:val="00A31917"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5710B"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A74D26"/>
     <w:rsid w:val="00A76515"/>
-    <w:rsid w:val="00A76561"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A8114F"/>
     <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A872D3"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
-    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB0061"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
-    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA3BFF"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D9255C"/>
+    <w:rsid w:val="00D93CEA"/>
+    <w:rsid w:val="00D9619F"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E85754"/>
+    <w:rsid w:val="00E8343F"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F16E36"/>
+    <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F523E7"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD1AF7"/>
+    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E7E0642"/>
-  <w15:docId w15:val="{3AAB1CC2-70AF-45BF-8310-37BAA884E647}"/>
+  <w14:docId w14:val="79532E2B"/>
+  <w15:docId w15:val="{E8F52649-640B-409B-AEDA-48D385F41252}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14521,51 +12132,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00034D7D"/>
+    <w:rsid w:val="00F655AB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -14719,72 +12330,59 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1420372113">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15035,78 +12633,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0904EEF9-E0BC-4F74-B896-1D6E5A3D068D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19553842-BBDD-4C5B-8F28-DAAAAA41D7EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2067</Words>
-  <Characters>11784</Characters>
+  <Words>2418</Words>
+  <Characters>13788</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13824</CharactersWithSpaces>
+  <CharactersWithSpaces>16174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>