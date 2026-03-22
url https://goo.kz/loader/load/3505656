--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -1,10286 +1,12528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6360634E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="102F7052" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кенжекөл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F4B270" w14:textId="3FF97471" w:rsidR="00B00E9A" w:rsidRDefault="000D76A5" w:rsidP="00B00E9A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аралас</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілде оқытатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хореограф</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746E3273" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00E41FA4" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429255B8" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="000920C9" w14:paraId="0E03B5F5" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EF5C13" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ABEB6B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65732949" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенжекөл</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="000920C9" w14:paraId="0DAE8548" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6822B7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19088E7D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="784F1A3D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00873C6B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенжекөл ауылы, Ата Заң алаңы көшесі, 1/7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="588EBB6F" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3BDD04" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429AD5B1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4904CF3A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>353461</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="0A2A55BF" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="76B98995" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E0076C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B89A276" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00E41FA4" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2F11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009719E7" w14:paraId="29142CA2" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="152841CD" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44711EE7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E8FE2A" w14:textId="77777777" w:rsidR="009719E7" w:rsidRDefault="009719E7" w:rsidP="009D7D51">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42BB5E0F" w14:textId="24F16AA4" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="000D76A5" w:rsidP="009D7D51">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хореограф 1 ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="000920C9" w14:paraId="32C2D9E7" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="06010BC3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712CE133" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C8458E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B21454E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266CB0AE" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E85754" w14:paraId="77B1CB11" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="782E52D3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242C55AD" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53DF8C69" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421A8BAF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>85653</w:t>
+            </w:r>
+            <w:r w:rsidR="00260194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F6D95DD" w14:textId="49C48E03" w:rsidR="008E7665" w:rsidRDefault="008E7665" w:rsidP="00235479">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D76A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>146885</w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1AF83A" w14:textId="77777777" w:rsidR="00286A2F" w:rsidRPr="001F4BA9" w:rsidRDefault="00286A2F" w:rsidP="00BC15F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="000920C9" w14:paraId="26C914D4" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC85112" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85754">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DB1027" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C07A8AB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDE95BE" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122369FA" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A54806" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="19D724A5" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B30CC3B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A17A449" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28066ED8" w14:textId="73B1856A" w:rsidR="00B1578A" w:rsidRPr="00235479" w:rsidRDefault="000920C9" w:rsidP="002B3FF7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="004B754D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00235479">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="004B754D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004B754D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="004B754D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00235479">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="000920C9" w14:paraId="481D2F7C" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA58F0D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="036DE002" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="293770FD" w14:textId="77E117D8" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF65F98" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBE2136" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="050CEA0A" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B7B37CE" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2118C031" w14:textId="64B4B71D" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>075</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D91CFEC" w14:textId="09652245" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мінез</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құлықтық бұзылушылықтары</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар аурудың динамикалық бақылауда жоқтығы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE26C72" w14:textId="7DB910DA" w:rsidR="00932150" w:rsidRPr="008C6FBA" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аурудың </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>динамикалық бақылауда жоқтығы</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226737D8" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="009719E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD618A2" w14:textId="274D42AF" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidR="000D76A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хореограф</w:t>
+            </w:r>
+            <w:r w:rsidR="00816949">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66E9E7F9" w14:textId="0CE96D79" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561" w:rsidRPr="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36752BC7" w14:textId="560BAA48" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00816949">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="003A21E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22B378BF" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03CE8872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="5A2C02EA" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2555407A" w14:textId="4CABDACB" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="3B7C0592" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
-[...107 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...4383 lines deleted...]
-    <w:p w14:paraId="51993D85" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="1326B873" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8337"/>
+        <w:gridCol w:w="5043"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="1EC67969" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FEE9492" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="31DD9F32" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2C78DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28251684" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="124670F2" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E310174" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59119322" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>конкурс жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>/ Кандидаттың Т. А. Ә,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(лауазымы, жұмыс орны)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Нақты тұрғылықты жері,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>тіркелген мекенжайы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>байланыс телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3367B57A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>«___</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w14:paraId="2CA9E0B0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        <w:t>      Мені _______________________________________________________________</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="0C1D91D6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w14:paraId="657086AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED9F81F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="28EB5CB6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68507EFE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазіргі кезде _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7324BE0C" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639BC227" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69742C4E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D499E2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4460"/>
+        <w:gridCol w:w="2748"/>
+        <w:gridCol w:w="6172"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="5B2F367B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F203C01" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12AAE874" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41A467CF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="0F0CA1AF" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D49F50F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594B1B43" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3161B8E0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CFE338F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="72A37AE8" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AF094D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A047B8E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="761"/>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="2212"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="6359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="3E8B2744" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2904D359" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="392CD23A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0789CD32" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C91ADA3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBF2215" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="0394D125" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6E38E9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8A4159" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28F9D32B" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1326D850" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="544537AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E75ADAD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F281F53" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мынадай жұмыс нәтижелерім бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4146BDC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EB09E7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="0094340E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E7CCDE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мен келісемін ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AB3459" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E03E9B0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1728D6FD" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B10B12E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="14CC576B" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A69E530" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7E425D7D" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B8A341B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="53097866" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5CC1CA" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8328F7" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C7699D" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9147" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="6CC7345A" w14:textId="77777777" w:rsidTr="00350F2D">
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="21286C9B" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="727" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5112F33A" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19EB851C" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...44 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67DF15EC" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14D19385" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="212B9CBB" w14:textId="7458FC3D" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002F3553">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D522D7">
-[...14 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="495A521E" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26DB3267" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422966D2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...90 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="313053F0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="290D1BD9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F20A3A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7F4E54" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ECBEB7" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...85 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="2533"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="363F153D" w14:textId="77777777" w:rsidTr="00350F2D">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="426B17A8" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B770A1D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="795D2FEB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50CBE9BA" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0704487B" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39D273B1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4A5D3EC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="763DEC39" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409C2CAF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...51 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="12C79FBD" w14:textId="77777777" w:rsidTr="00350F2D">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="5E570E5E" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D1E8E37" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="217758F5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...265 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F47C4A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="7A9C6912" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...72 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C4C7EEA" w14:textId="08C4901A" w:rsidR="00B97888" w:rsidRPr="007C2163" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...274 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5D77CEF9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="584C14FA" w14:textId="47150366" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары үздік = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79CD9196" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="2A4B90D8" w14:textId="77777777" w:rsidTr="00350F2D">
-[...671 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="71111767" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="651E2CA6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="4CCF151F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1170 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437834C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...25 lines deleted...]
-            <w:tcW w:w="6521" w:type="dxa"/>
+          <w:p w14:paraId="3F6A3275" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="758D8484" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="7E4F70F6" w14:textId="0CF7C0C7" w:rsidR="00816949" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері/ ғылыми атағын/ ғылыми дәрежесін/дәрежесін беру туралы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681E976E" w14:textId="0C302EBC" w:rsidR="009B32EA" w:rsidRPr="002B1130" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B1947DE" w14:textId="6506CB30" w:rsidR="00816949" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>PhD докторы – 15 балл                                                    Ғылым докторы, Ғылым кандидаты, профиль бойынша докторы – 10 балл                                                  Педагогикалық бағыты бойынша магистр – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A44A7F" w14:textId="17AB49AB" w:rsidR="009B32EA" w:rsidRPr="002B1130" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51CAEDC9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="404C1229" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37BBAD06" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35E99A85" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD9A3E6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0171A89E" w14:textId="1EF04E29" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог-модератор </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог-сарапшы </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог-зерттеуші </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог-шебер </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Басшының үшінші біліктілік санатындағы орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшының екінші біліктілік санатындағы орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшының бірінші біліктілік санатындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары-7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="005E64C2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="294CFC93" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41619043" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56E834DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әкімшілік және әдістемелік қызметтегі жұмыс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25407939" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Еңбек кітапшасы/еңбек қызметін алмастыратын басқа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35773402" w14:textId="36468ED5" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Әдіскер, лауазымдағы жұмыс өтілі 2 жылға дейін </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Әдіскер, лауазымдағы жұмыс өтілі екі жылдан көп </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Директордың орынбасары, лауазымдағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">жұмыс өтілі 2 жылға дейін </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Директордың орынбасары, лауазымдағы жұмыс өтілі екі жылдан көп </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Директор, лауазымдағы жұмыс өтілі 2 жылға дейін </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор, лауазымдағы жұмыс өтілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 жылдан коп – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39130253" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="29867CC3" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098265C1" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A864220" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA3BB7D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="135C798A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DAF4F6A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="49315353" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276D03DB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C39B92F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағы кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8204A2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF89C69" w14:textId="48717919" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">облыстық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, республикалық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) ғылыми жобалар: қалалық/аудандық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">облыстық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, республикалық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3) "Үздік педагог" конкурсына қатысушы </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">4) "Үздік педагог" конкурсының жеңімпазы </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F952ECD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="58A40562" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="187597FA" w14:textId="74513B1B" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72540CF0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D813918" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01780266" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ басшылығы = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>екі тілде сабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>үш тілде сабақ беру (қазақ, орыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7400AAC4" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="5DE6FE06" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276F6070" w14:textId="47492BD6" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76D36860" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275813DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">"Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate In Teaching Young Learners and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78FE581A" w14:textId="53FB1680" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36" w:rsidRPr="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5086C957" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="1D90530B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1276" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01AC09D8" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="400258E5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="5121AE11" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4558" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3519103A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F5FECB5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="30C324DD" w14:textId="7B5A0489" w:rsidR="00816949" w:rsidRDefault="00F16E36" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z699"/>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
+        <w:t>ЕСКЕРТПЕ: * 6-тармақта жеңімпаздар санына қарамастан, соңғы 3 (үш) жылдағы - олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық – 2 балл, халықаралық – 3 балл; - ғылыми жобалар: қалалық/аудандық – 1 балл, облыстық – 1 балл, республикалық – 2 балл, халықаралық – тиісінше 3 балл; - республикалық олимпиадалар мен конкурстардың жүлдегерлері – 3 балл. ** 8-тармақта соңғы 3 (үш) жылдағы біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары – 0,5 балл (әрқайсысы бойынша жеке)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02092E68" w14:textId="7E656A0F" w:rsidR="00B97888" w:rsidRDefault="00763811" w:rsidP="00763811">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7A1F582D" w14:textId="77777777" w:rsidR="00F16E36" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6051"/>
-        <w:gridCol w:w="3900"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="000A7922" w14:paraId="1F427867" w14:textId="77777777" w:rsidTr="00350F2D">
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="445368C8" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4969F02D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="002FC98A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z235"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4EE79C98" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266F5693" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185919B3" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D3BA8C4" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="245E18CF" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64C63EA4" w14:textId="3B674D11" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-            <w:tcW w:w="4600" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="000920C9" w14:paraId="051FE9E0" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48EA8102" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...151 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67641253" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...6 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FEE9F36" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="345BE32F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7922">
+      <w:r w:rsidRPr="00816949">
         <w:rPr>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную или временно вакантную должность</w:t>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005EE77D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10565" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="62DEF087" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44274D61" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32D04AC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD13ACF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24CA0FD6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76CE494C" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="3AF69A48" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBE5811" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4542AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1B6054" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58E4195C" w14:textId="44632AC3" w:rsidR="00816949" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық және кәсіптік үздік –2 балл Жоғары –3 балл                                                     Жоғары үздік–4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B4B57EC" w14:textId="2F812601" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5478D7AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="557EBF4F" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="218989DC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="347A7E43" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DBBAB5" w14:textId="661E70B8" w:rsidR="00816949" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері/ ғылыми атағын/ ғылыми дәрежесін/дәрежесін беру туралы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A4A92CD" w14:textId="33B80288" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7053B2AD" w14:textId="62089861" w:rsidR="00816949" w:rsidRDefault="002F0038" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>PhD докторы–15 балл                                       Ғылым докторы, ғылым кандидаты, профиль бойынша докторы– 10 балл                            Педагогикалық бағыты бойынша магистрі –5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EEA0BB" w14:textId="2B6C57FA" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5299131A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="1498992B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7E24FE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="545E28AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан өту нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4B26D3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1D4C69" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7809373A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="69675F4E" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D38CC15" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46FA03B7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006D6544" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD296C0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEE34AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="7386980C" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC035B6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D9630F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнынан ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB9E50E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0595232E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45734E10" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="112C093D" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D83F534" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6294A6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлік жұмысқа қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52ED6617" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78726CA0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58BE2205" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="7CB96001" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="616B2075" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65C9044A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалық қызмет туралы жарияланымы бар интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жобалар, сабақтар, семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB67847" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52311D20" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 жылға дейін -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылдан жоғары -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41372CAA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="05C2A797" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA4F5EE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="497B9722" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2561CDF1" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3426612E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6AF841" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="06259A6F" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A3F465" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07E38470" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C6393" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7964E2A7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E582238" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="454AE9AC" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA250DD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D05257F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe Zertifikat </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>", "Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">CELT-S (Certificate in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TKT"Teaching Knowledge Test</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="597C52AD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="117C9303" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсына бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73209D99" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="697F6E38" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65F34552" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40B752D3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53F1420A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="58B44C75" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E3461B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="17E616D9" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B25802">
+    </w:p>
+    <w:p w14:paraId="71073D59" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC97A37" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7562659F" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(при его наличии))</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="51054D48" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="5AE17634" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...1804 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="16808308" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0223CC51" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5B2F9116" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3261E81D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="4ADDE843" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="711277B6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="3E242210" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C876422" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="0B3BA3D8" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21195ADF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="0A095BC1" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64BFF3DA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="2411BD21" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32FAE00B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="57914F70" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D71C469" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7CA15B38" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7088D5BF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="553563E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7CE5EA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7C45CEB5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E8D20A4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1D17EE64" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372A1D3A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="3A2136E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B01867" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="27438406" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FA51B8F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="642CA0AF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
+    <w:p w14:paraId="1F1D56DB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4399DE02" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E6D363" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32483C95" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1848DBC7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E241063" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="089572CF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686219E8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1688C7A7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18601A80" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E56942" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3103CAC4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7986871C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FA2912" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70066097" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB484E1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5A87AE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B13CCD1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A54704" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA23D2B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671176DB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2409A067" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205B5807" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B4CB864" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794AC8D7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10952,824 +13194,912 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="321474823">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E3E7F85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0DE2EA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="738483399">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="759108360">
+  <w:num w:numId="2" w16cid:durableId="758865713">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="250898443">
+  <w:num w:numId="3" w16cid:durableId="836534078">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="967929200">
+  <w:num w:numId="4" w16cid:durableId="936017030">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1843616453">
+  <w:num w:numId="5" w16cid:durableId="1562909480">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="527185877">
+  <w:num w:numId="6" w16cid:durableId="1691102995">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1512833838">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
-    <w:rsid w:val="00004ACA"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00083153"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000920C9"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A2B82"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C4DC4"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D76A5"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
-    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286A2F"/>
+    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B3FF7"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0A49"/>
+    <w:rsid w:val="002D45D4"/>
     <w:rsid w:val="002D5996"/>
-    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F0038"/>
+    <w:rsid w:val="002F3553"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
-    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003259A1"/>
-    <w:rsid w:val="00330267"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
-    <w:rsid w:val="004767B0"/>
-    <w:rsid w:val="00476DC1"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F32F4"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005005F3"/>
+    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005166D3"/>
-    <w:rsid w:val="00516C27"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
-    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="0064337C"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661339"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00724736"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00780A27"/>
-    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790C65"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A5D1E"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C2163"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872C2F"/>
+    <w:rsid w:val="00872B8E"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C6FBA"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="0093719E"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009719E7"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B32EA"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A301B6"/>
+    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A27C55"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A5710B"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A74D26"/>
     <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A76561"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A8114F"/>
     <w:rsid w:val="00A86EE1"/>
-    <w:rsid w:val="00A872D3"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB2900"/>
+    <w:rsid w:val="00BB0061"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
-    <w:rsid w:val="00BD2C62"/>
+    <w:rsid w:val="00BD353D"/>
     <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
-    <w:rsid w:val="00BF36F0"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C372BB"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA3BFF"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D93CEA"/>
-    <w:rsid w:val="00D9619F"/>
+    <w:rsid w:val="00D9255C"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DE5FEB"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
-    <w:rsid w:val="00E02244"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E8343F"/>
+    <w:rsid w:val="00E85754"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB154C"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC2D0B"/>
+    <w:rsid w:val="00EB795A"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F16E36"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24096"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F523E7"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
-    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79532E2B"/>
-  <w15:docId w15:val="{E8F52649-640B-409B-AEDA-48D385F41252}"/>
+  <w14:docId w14:val="3E7E0642"/>
+  <w15:docId w15:val="{3AAB1CC2-70AF-45BF-8310-37BAA884E647}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12127,51 +14457,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F655AB"/>
+    <w:rsid w:val="00034D7D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12325,59 +14655,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1420372113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12628,78 +14971,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19553842-BBDD-4C5B-8F28-DAAAAA41D7EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0904EEF9-E0BC-4F74-B896-1D6E5A3D068D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2408</Words>
-  <Characters>13727</Characters>
+  <Words>2055</Words>
+  <Characters>11717</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16103</CharactersWithSpaces>
+  <CharactersWithSpaces>13745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>